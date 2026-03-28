--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Emblanch </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CV</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Since 1998,  Assistant professor, Avignon Université 36° section.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1994 - 1997 PhD in Hydrogeology : &amp;quot;Les équilibres chimiques et isotopiques du carbone dans les aquifères karstiques : étude en région méditerranéenne de montagne&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mandates & responsabilities</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Since 2016 Doyen UFR STS Avignon University and member of ce formation concil of Avignon University</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013 - 2016 Vice doyen Formation UFR STS Avignon University</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013 - 2016 Member of the STS UFR concil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Since 2010 Member of the Scientific concil of the UMS LSBB (Low Nois Undergrand Laboratory)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Research Topics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karst Aquifers</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">natural tracing - carbon cycle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unsaturated zone</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">environment Observatory</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Use of Fluorescent Organic Matter as a Natural Transit Time Tracer in the Unsaturated Zone of the Fontaine De Vaucluse Karst System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Serène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milanka Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/hydrology12020024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04925964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-frequency hydrodynamic and hydrochemical data from karst unsaturated zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Serène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cinkus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Decitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 61, pp.111812. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2025.111812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescence data of natural organic matter in groundwater from the Fontaine de Vaucluse karst system (2020 to 2021): Excitation-emission matrix (EEM) and 2D spectra at 254 nm excitation wavelength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Serène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.111493. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2025.111493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05004262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karst recharge-discharge semi distributed model to assess spatial variability of flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Olioso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 703, pp.134368. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.134368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global warming and acid atmospheric deposition impacts on carbonate dissolution and CO2 fluxes in French karst hydrosystems: evidence from hydrochemical monitoring in recent decades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Seidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 270, pp.184-200. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2019.11.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking into Account both Explicit Conduits and the Unsaturated Zone in Karst Reservoir Hybrid Models: Impact on the Outlet Hydrograph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Dal Soglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Massonnat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (11), pp.3221. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w12113221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the Matrix-Conduit Exchanges in Both the Epikarst and the Transmission Zone of Karst Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Dal Soglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Massonnat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (11), pp.3219. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w12113219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A QGIS Plugin Based on the PaPRIKa Method for Karst Aquifer Vulnerability Mapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groundwater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57 (2), pp.201-204. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gwat.12855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02004758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and Limitations of Karst Aquifer Vulnerability Mapping Based on the PaPRIKa Method-Application to a Large European Karst Aquifer (Fontaine de Vaucluse, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerantzis Kazakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (3), </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/environments6030039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02080741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karst flow processes explored through analysis of long-term unsaturated-zone discharge hydrochemistry: a 10-year study in Rustrel, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Perineau Barbel-Périneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barbiero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (5), pp.1711 - 1723. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-019-01965-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02082742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIc–Abacus: An in–situ tool for estimating SIc and Pco2 in the context of carbonate karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Peyraube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lastennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Minvielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Houillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 568, pp.891-903. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2018.11.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01936654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OZCAR : The French Network of Critical Zone Observatories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gaillardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatim Hankard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vadose Zone Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (1), pp.1-24. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2136/vzj2018.04.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01944414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrochemical constraints between the karst Tabular Middle Atlas Causses and the Sais basin (Morocco): implications of groundwater circulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Miche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Saracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Qarqori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Rouai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (1), pp.71-87. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-017-1675-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01970695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Service National d'Observation du KARST (SNO KARST)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jourde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 195, pp.38-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01846314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SNO KARST: A French Network of Observatories for the Multidisciplinary Study of Critical Zone Processes in Karst Watersheds and Aquifers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jourde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vadose Zone Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (1), </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2136/vzj2018.04.0094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrochimie des sources karstiques du SNO KARST : impact des pollutions atmosphériques acides sur la ressource en eau.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Seidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 195, pp.52 - 54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of porous matrix in water flow regulation within a karst unsaturated zone: an integrated hydrogeophysical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Davi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 24 (7), pp.1905-1918. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-016-1425-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01403396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la recharge des hydrosystèmes karstiques à l’échelle de la parcelle : modélisation et analyse de corrélation - Site du Laboratoire souterrain à bas bruit de Rustrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Courdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariotte Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Courrier scientifique du Parc naturel régional du Lubéron et de la réserve de biosphère Luberon-Lure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 13, pp.72-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Electrical Resistivity Tomography and Ground Penetrating Radar to study geological structuring of karst Unsaturated Zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jappgeo.2013.03.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrological and hydrochemical processes observed during a large-scale infiltration experiment at the Super-Sauze mudslide (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. -H. Debieche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. A. Bogaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. M. Krzeminska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 26 (14), pp.2157 - 2170. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.7843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ruy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Klotz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ruy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Klotz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 26 (14), pp.2171-2186. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.9273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrological and hydrochemical processes observed during a large-scale infiltration experiment at the Super-Sauze mudslide (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.H Debieche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.A Bogaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.M. Krzeminska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt du Laboratoire Souterrain à Bas Bruit dans l'étude du fonctionnement des eaux souterraines karstiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Barbel-Périneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Poupeney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cavaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études vauclusiennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Le Laboratoire Souterrain à Bas Bruit (LSBB) de Rustrel - Pays d’Apt, 79, pp.13-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punctual and continuous estimation of transit time from dissolved organic matter fluorescence properties in karst aquifers, application to groundwaters of 'Fontaine de Vaucluse' experimental basin (SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dudal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 65 (8), pp.2299 - 2309. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12665-012-1562-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation hydrogéophysique de la zone non saturée du karst. Application de la tomographie électrique au droit du Laboratoire Souterrain à Bas Bruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Chapelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études vauclusiennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Le Laboratoire Souterrain à Bas Bruit (LSBB) de Rustrel - Pays d’Apt, 79, pp.23-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transit Time Environmental Tracing from Dissolved Organic Matter Fluorescence Properties in Karstic Aquifers. Application to Different Flows of Fontaine de Vaucluse Experimental Basin (SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dudal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Travi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Research in Karst Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1, pp.143-149. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-12486-0_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00585731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter as a potential complementary tool for δ 18 O data interpretation in heterogeneous aquifers†</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Travi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dudal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Isotopes in Environmental and Health Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (1), pp.27-36. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10256010903415601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement particulier lors des montées de crues dans les aquifères karstiques, mise en évidence d'une double fracturation et/ou de circulation profonde : exemple de la Fontaine de Vaucluse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M Zuppi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Puig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eclogae Geologicae Helvetiae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 92 (2), pp.251-257. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5169/seals-168666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groundwater chemical characterization of a Rio de Janeiro coastal aquifer, SE – Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanoel Silva-Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Sobral Barcellos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Maria Sella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of South American Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 27 (1), pp.100-108. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsames.2008.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of artificial galleries to knowledge of karstic system behaviour in addition to natural cavern data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Garry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bilgot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 37 (1), pp.75-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying origin of groundwater and flow processes in complex landslides affecting black marls in southern French Alps: insights from an hydrochemistry survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. de Montety</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32, pp. 32-48. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.1370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogeochemistry in landslide research: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thom Bogaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Guglielmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 178 (2), pp.113-126. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gssgfbull.178.2.113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00364754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des marqueurs isotopiques et biogéochimiques dans la reconstitution du paléoenvironnement de la grotte du Lazaret (Nice, Alpes-Maritimes) au cours du Pléistocène supérieur (stade isotopique 5)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Falguères</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 337 (15), pp.1348-1354. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crte.2005.08.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbone organique total (COT) et magnésium (Mg2+) : deux traceurs complémentaires du temps de séjour dans l'aquifère karstique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Blavoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 335 (2), pp.205-214. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1631-0713(03)00027-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous seismic and magnetic measurements in the Low Noise Underground Laboratory (LSBB) of Rustrel, France, during the 2001, 26th january Indian earthquake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Guglielmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Virieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Waysand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Journal International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 155 (3), pp.981-990. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-246X.2003.02095.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00407000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of time tracers (Mg 2+ , TOC, δ 13 C TDIC , NO 3 − ) to understand the role of the unsaturated zone: A case study-Karst aquifers in the Doubs valley, eastern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle-Jeanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Charmoille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 30 (6), </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2002GL016781⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon 13 of TDIC to quantify the role of the unsaturated zone: the example of the Vaucluse karst systems (Southeastern France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M Zuppi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 279 (1-4), pp.262-274. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0022-1694(03)00180-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of Total Organic Carbon (TOC) as tracer of diffuse infiltration in a dolomitic karstic system: The Nerja Cave (Andalusia, southern Spain)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Liñán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartolomé Andreo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 30 (22), </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2003GL018546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissolved organic carbon of infiltration within the autogenic Karst Hydrosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Puig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 25 (9), pp.1459-1462. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/98GL01056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marquage de la zone non saturée du karst à l'aide du carbone 13</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Puig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Couren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus de l'Académie des Sciences - Series IIA - Earth and Planetary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 326 (5), pp.327-332. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1251-8050(98)80302-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Backscattering behavior and simulation comparison over bare soils using SIR-C/X-SAR and ERASME 1994 data over Orgeval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehrez Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Hégarat-Mascle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vidal-Madjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing of Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 59 (2), pp.256 - 266. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0034-4257(96)00158-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01756239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking into account vegetation effects to estimate soil moisture from C-band radar measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vidal Madjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Normand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing of Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 56 (1), pp.52-56. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0034-4257(95)00212-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02578877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la zone non saturée sur le fonctionnement des systèmes karstiques. Mise en évidence dans les sources du Nord Vaucluse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Puig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lastennet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, pp.57-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compartimentation karstique : l'impact des failles sur l'hydrodynamique de Fontaine de Vaucluse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Adrien, Darius Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youri Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Fourno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29e Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géologique de France, Oct 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05521159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geophysical constraints on the groundwater circulation and its renewal at the main Bittit spring, supplying Meknes and its region (Sais Basin): Characterization &amp; conceptual model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gineth Saracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Rouai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelilah Dekayir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Miche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Annual Meeting MedGU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nabil Khélifi &amp; Attila Çiner, Nov 2022, Marrakech, Morocco. pp.170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into karst genesis processes in unsaturated zone thanks to process-like modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Dal Soglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Massonnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th IAH Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02340340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KaRaMel: a semi-distributed Rainfall-Recharge-Discharge model toassess the spatial variability of flows in karst aquifers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Olioso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inter-disciplinary characterisation of carbonate reservoirs. ALBION, a multi-scales dynamic analogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Massonnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Tendil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Dal Soglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th IAH Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogeological and hydrogeophysical insights into karst aquifer unsaturated zone. Challenges and limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th IAH congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of recharge in karst aquifer using improved evapotranspiration monitoring thanks to remote sensing data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Olioso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Velluet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The part of global warming and acid atmospheric pollution inputs on carbonate dissolution and associated CO2 sink fluxes enhancement: evidences from 40 years of monitoring in karstic systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Seidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROKARST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03307805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication of Guigo and L'Hajeb Causses in the renewal and circulations of Saïs basin groundwaters (Middle-Atlas Causses, Morocco).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Miche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Saracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Qarqori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Rouai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting, Session H4B: Characterization, Modeling, and Remediation of Karst and Structurally Variable Flow Systems in a Changing Environment II, H54B-05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, New Orleans, LA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of karst hydrosystem recharge at the parcel scale, using modeling and correlation analysis - Low Noise Underground Laboratory of Rustrel site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Davi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Neuchâtel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processes modelling applied to evaluation of karst hydrosystem recharge at the stand scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Davi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Neuchâtel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02315558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochemical and isotopical analyzes of groundwater in a karst system - the case study of Fez-Meknès basin (Morocco).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Miche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Saracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Qarqori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Rouai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd IAH Congress, Groundwater and society: 60 years of IAH; Session 8.05- KARST ; Abstract n° 1535</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging the LSBB environment form GPR Data, along the tunnel and from the surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I-Dust - Inter-Disciplinary Underground Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, APT, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial and temporal hydrodynamic variations of flow in the karst vadose zone (Rustrel, France) in function of depth and fracturing density</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barbel-Perineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Karst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water in karst hydrosystems unsaturated zone; MRS evidences within an integrated hydrogeophysical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatoli Legchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th European Meeting of Environmental and Engineering Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Athènes, Greece. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3997/2214-4609.20142013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging the lsbb environment from GPR data, along the tunnel and from the surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E3S Web of Conferences - 5th I-DUST conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Apt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility and limits of Electrical Resistivity Tomography to monitor water infiltration through karst medium during a rainy event</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Karst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geophysical investigations at the LSBB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Zeyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E3S Web of Conferences - 5th I-DUST conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LSBB Laboratoire souterrain à bas bruit, 2014, APT, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of flows in the vadose zone by direct measurements in karst aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barbel-Perineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Hierarchical Flow Systems in Karst Regions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Head of the Organising Committee: Anita Erőss, Sep 2013, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complementarity of Electrical Resistivity Tomography and Ground Penetrating Radar to Study Karst Unsaturated Zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Near Surface Geoscience 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Geoscientists &amp; Engineers, Sep 2012, Paris, France. pp.724, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3997/2214-4609.20143402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogeophysical study of karst unsaturated zone structure and functionning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iDUST, Inter Disciplinary Underground Science and Technology conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LSBB,Laboratoire souterrain à bas bruit, May 2012, Apt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling hydrogeological and speleological data : interest of the approach through a comparison between the studies in LSBB and statements made in the sinkhole of Autrans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iDUST,Inter-Disciplinary Underground Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lsbb, 2012, Apt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation du magnésium et du carbone organique total dans l'estimation du volume d'eau écoulé avant l'arrivée des eaux d'infiltration &amp;quot;directe&amp;quot; en période de crue.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Garry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Perineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Colloque d'Hydrogéologie en Pays Calcaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of recharge processes in soft clay shales unsable hillslope (French South Alps); Proposition of a 3 reservoirs conceptual model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ruy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geoscience Union 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00803032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement hydrologique et hydro-géochimique des versants marneux de Terres Noires. La vallée de l’Ubaye : un territoire unique pour les recherches en géosciences.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.H Debieche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Montety</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cervi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> colloque d’ouverture "Les Cahiers de Seolane N°1"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Barcelonnette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamic organisation of the flows in the unsaturated zone of the Fontaine de Vaucluse karst system. First results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Perineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pozzo-Di-Borgo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">inter-Disciplinary Underground Science &amp; Technology Conference (i-DUST 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lsbb, laboratoire souterrain à bas bruit, Jun 2010, Apt, France. pp.01001, </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/idust/201101001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01319065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter as a potential complementary tool for 18O data interpretation in heterogeneous aquifers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Travi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dudal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2 Joint European Stable Isotobe User Meeting (JESIUM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Presqu'ile de Giens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité du comportement hydrique du sapin pectiné (Abies alba Mill.) selon les conditions micro-stationnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Nourtier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Cailleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yingge Xie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Davi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologie 2010. Colloque National d'Ecologie Scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Montpellier, France. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Great Flood on the Functioning of Karst Aquifer: Example of the Fontaine de Vaucluse Karst System (SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Garry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV International Symposium on Karst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of the LSBB to develop a new method of natural tracing using organic matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dudal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pepin-Donat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iDUST,The inter-Disciplinary Underground Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, APT, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complementarity of monitoring sites in natural caves and man-made galleries in the knowledge of flowpath organization within fissured medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand C.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iDUST, The inter-Disciplinary Underground Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LSBB, Laboratoire souterrain à bas bruit, Apr 2008, Apt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karstic system in perimediterranean region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Travi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M. Zuppi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iDUST, The inter-Disciplinary Underground Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LSBB, laboratoire souterrain à bas bruit, Apr 2008, Apt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts du traçage naturel et artificiel pour l'étude in situ des écoulements dans les matériaux très hétérogènes - le cas des marnes noires de Super-Sauze et Draix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.H Debieche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings 1ère Journée 'Alea Gravitaire'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Orléans, France. pp. 29-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field-scale infiltration experiments to understand landslide hydrology and mechanics: multi-source results obtained on the Super-Sauze and Laval landslides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Travelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. M. Pradzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Hocine-Debieche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité du type et de la qualité de l'information issue du traçage naturel en fonction des caractéristiques des systèmes étudiés. Quelques exemples français et espagnols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Charmoille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartolomé Andreo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on Limestone Hydrogeology, Neuchâtel (Switzerland)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Neuchâtel, Suisse. pp.101-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00464624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historical monthly rainfall-runoff database on Fontaine de Vaucluse karst system: review and lessons,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gevaudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIe Symposium International Sur le Karst “Groundwater in the Mediterranean Countries”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Malaga, Spain. pp.465-475</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differentiation of the role of the unsaturated and the saturated zones in the hydrogeological behaviour of carbonate aquifers from Southern Spain, by means of the use δ13CTDIC, Total Organic Carbon (TOC) and several hydrodynamical parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartolomé Andreo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on Limestone Hydrogeology, Neuchâtel (Switzerland)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Switzerland. pp.147-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00464608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation du 13CCMTD dans la discrimination des écoulements de la Zone Non Saturée des systèmes karstiques. Cas du système de Vaucluse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Garry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Cras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Auguste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Neuchatel, Suisse, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04751731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports conjoints de suivis climatologique et hydrochimique sur le rôle de filtre des aquifères karstiques dans l’étude de la problématique de changement climatique; Application au système de la Fontaine de Vaucluse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gevaudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Neuchâtel, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minéralisation de l’eau de la zone non-saturée du karst : résultats de prélèvements dans des cavités du plateau d’albion (Vaucluse & Alpes de Haute Provence,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Puig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boucher C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Terre et Eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Annaba, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter in karstic aquifers: a potential tracer in the carbon cycle. A small-scale laboratory model approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Simler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TraM'2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAHS International association of hydrological sciences, May 2000, Liège, Belgium. pp.459-463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Backscattering over bare soils : measurements and simulations using SIRC-XSAR and ERASME 1994 data over Orgeval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehrez Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Hegarat Mascle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vidal Madjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGARSS '96. 1996 International Geoscience and Remote Sensing Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1996, Lincoln, United States. pp.1067-1069, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IGARSS.1996.516568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02575725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléments complémentaires sur la compartimentation karstique : l'impact des failles sur l'hydrodynamique de Fontaine de Vaucluse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Adrien, Darius Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youri Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Fourno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29e Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Montpellier, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05521162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of atmospheric pollution inputs and climate change on dissolved inorganic carbon fluxes in karst aquifers: evidences from a 36 years past monitoring of karstic watersheds.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Seidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability mapping of a vast karst hydrosystem. Application and adjustments of PaPRIKa method to the Fontaine‐de‐Vaucluse catchment (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Neuchätel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability mapping of a vast karst hydrosystem. Application and adjustments of PaPRIKa method to the Fontaine-de-Vaucluse catchment (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Neuchâtel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of water infiltration in soft clay-shale unstable hillslopes (South French Alps): proposition of a three reservoirs conceptual model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ruy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Abstracts, Vol. 13, EGU General Assembly 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water resource management: the multi-technique approach of LSBB and its muon detection projects (chapter 7)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignácio Lázaro Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rosas-Carbajal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muography: Exploring Earth's Subsurface with Elementary Particles Geophysical Monograph Series - ISBN-13:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Geophysical Union, 2022, 9781119723028 ; 1119723027</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing Natural Organic Matter at the Scale of Drainage Basins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pepin-Donat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Protière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electron Paramagnetic Resonance Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.29-50, 2020, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-39668-8_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process-Based Vegetation Models Improve Karst Recharge Simulation Under Mediterranean Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Davi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroKarst 2016, Neuchâtel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 12, Editions Springer, 2017, Advances in Karst Science, 978-3-319-45464-1. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-45465-8_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility and limits of Electrical Resistivity Tomography to monitor water infiltration through karst mediumduring a rainy event</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeological and Environmental Investigations in Karst Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.45-55, 2015, Environmental Earth Sciences, 978-3-642-17434-6. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-17435-3_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial and Temporal Hydrodynamic Variations of Flow in the Karst Vadose Zone (Rustrel, France) in Function of Depth and Fracturing Density</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barbel-Perineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Danquigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeological and Environmental Investigations in Karst Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.11-18, 2015, </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-17435-3_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traçage de la matière organique naturelle à l'échelle de bassins versants. Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Pepin-Donat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Protiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La spectroscopie de résonance paramagnétique électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eco Sciences, pp. 27-47, 2014, Grenoble Sciences, 978-2-7598-1191-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01023763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of great flood on the functionning of karst aquifer: example of the Fontaine de Vaucluse karst system (SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Garry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in research in karst media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer - Verlag, 2011, 9783642124853. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-12486-0_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groundwater Tracing Using Stable Isotope in the Western Mediterranean (Case of Rif Chain in the North of Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Qurtobi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Marah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Mahboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst Media. Environmental Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.183-188, 2010, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-12486-0_28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of roughness and moisture algorithms using multiparameter spaceborne SAR and application to surface hydrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vidal-Madjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Le Hégarat-Mascle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehrez Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science results from the spaceborne imaging radar-C-X band synthetic aperture radar (SIR-C-X-SAR) : progress report, D.L.Evans, J.J.Plaut Editors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.201-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02582202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId340"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Emblanch </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CV</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Since 1998,  Assistant professor, Avignon Université 36° section.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1994 - 1997 PhD in Hydrogeology : &amp;quot;Les équilibres chimiques et isotopiques du carbone dans les aquifères karstiques : étude en région méditerranéenne de montagne&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mandates & responsabilities</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Since 2016 Doyen UFR STS Avignon University and member of ce formation concil of Avignon University</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013 - 2016 Vice doyen Formation UFR STS Avignon University</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013 - 2016 Member of the STS UFR concil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Since 2010 Member of the Scientific concil of the UMS LSBB (Low Nois Undergrand Laboratory)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Research Topics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karst Aquifers</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">natural tracing - carbon cycle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unsaturated zone</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">environment Observatory</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Use of Fluorescent Organic Matter as a Natural Transit Time Tracer in the Unsaturated Zone of the Fontaine De Vaucluse Karst System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Serène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milanka Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/hydrology12020024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04925964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescence data of natural organic matter in groundwater from the Fontaine de Vaucluse karst system (2020 to 2021): Excitation-emission matrix (EEM) and 2D spectra at 254 nm excitation wavelength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Serène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.111493. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2025.111493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05004262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-frequency hydrodynamic and hydrochemical data from karst unsaturated zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leïla Serène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cinkus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Decitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 61, pp.111812. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2025.111812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global warming and acid atmospheric deposition impacts on carbonate dissolution and CO2 fluxes in French karst hydrosystems: evidence from hydrochemical monitoring in recent decades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Seidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 270, pp.184-200. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2019.11.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karst recharge-discharge semi distributed model to assess spatial variability of flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Olioso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 703, pp.134368. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.134368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking into Account both Explicit Conduits and the Unsaturated Zone in Karst Reservoir Hybrid Models: Impact on the Outlet Hydrograph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Dal Soglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Massonnat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (11), pp.3221. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w12113221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the Matrix-Conduit Exchanges in Both the Epikarst and the Transmission Zone of Karst Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Dal Soglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Massonnat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (11), pp.3219. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w12113219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and Limitations of Karst Aquifer Vulnerability Mapping Based on the PaPRIKa Method-Application to a Large European Karst Aquifer (Fontaine de Vaucluse, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerantzis Kazakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (3), </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/environments6030039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02080741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A QGIS Plugin Based on the PaPRIKa Method for Karst Aquifer Vulnerability Mapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groundwater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57 (2), pp.201-204. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gwat.12855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02004758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karst flow processes explored through analysis of long-term unsaturated-zone discharge hydrochemistry: a 10-year study in Rustrel, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Perineau Barbel-Périneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barbiero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (5), pp.1711 - 1723. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-019-01965-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02082742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIc–Abacus: An in–situ tool for estimating SIc and Pco2 in the context of carbonate karst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Peyraube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lastennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Minvielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Houillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 568, pp.891-903. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2018.11.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01936654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OZCAR : The French Network of Critical Zone Observatories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gaillardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatim Hankard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vadose Zone Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (1), pp.1-24. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2136/vzj2018.04.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01944414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrochemical constraints between the karst Tabular Middle Atlas Causses and the Sais basin (Morocco): implications of groundwater circulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Miche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Saracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Qarqori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Rouai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (1), pp.71-87. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-017-1675-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01970695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SNO KARST: A French Network of Observatories for the Multidisciplinary Study of Critical Zone Processes in Karst Watersheds and Aquifers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jourde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vadose Zone Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (1), </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2136/vzj2018.04.0094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Service National d'Observation du KARST (SNO KARST)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jourde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Massei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 195, pp.38-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01846314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrochimie des sources karstiques du SNO KARST : impact des pollutions atmosphériques acides sur la ressource en eau.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Seidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 195, pp.52 - 54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of porous matrix in water flow regulation within a karst unsaturated zone: an integrated hydrogeophysical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Davi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 24 (7), pp.1905-1918. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-016-1425-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01403396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la recharge des hydrosystèmes karstiques à l’échelle de la parcelle : modélisation et analyse de corrélation - Site du Laboratoire souterrain à bas bruit de Rustrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Courdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariotte Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Courrier scientifique du Parc naturel régional du Lubéron et de la réserve de biosphère Luberon-Lure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 13, pp.72-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Electrical Resistivity Tomography and Ground Penetrating Radar to study geological structuring of karst Unsaturated Zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jappgeo.2013.03.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ruy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Klotz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 26 (14), pp.2171-2186. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.9273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrological and hydrochemical processes observed during a large-scale infiltration experiment at the Super-Sauze mudslide (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.H Debieche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.A Bogaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.M. Krzeminska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ruy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Klotz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrological and hydrochemical processes observed during a large-scale infiltration experiment at the Super-Sauze mudslide (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. -H. Debieche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. A. Bogaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. M. Krzeminska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 26 (14), pp.2157 - 2170. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.7843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt du Laboratoire Souterrain à Bas Bruit dans l'étude du fonctionnement des eaux souterraines karstiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Barbel-Périneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Poupeney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cavaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études vauclusiennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Le Laboratoire Souterrain à Bas Bruit (LSBB) de Rustrel - Pays d’Apt, 79, pp.13-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punctual and continuous estimation of transit time from dissolved organic matter fluorescence properties in karst aquifers, application to groundwaters of 'Fontaine de Vaucluse' experimental basin (SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dudal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 65 (8), pp.2299 - 2309. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12665-012-1562-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation hydrogéophysique de la zone non saturée du karst. Application de la tomographie électrique au droit du Laboratoire Souterrain à Bas Bruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Chapelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études vauclusiennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Le Laboratoire Souterrain à Bas Bruit (LSBB) de Rustrel - Pays d’Apt, 79, pp.23-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transit Time Environmental Tracing from Dissolved Organic Matter Fluorescence Properties in Karstic Aquifers. Application to Different Flows of Fontaine de Vaucluse Experimental Basin (SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dudal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Travi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Research in Karst Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1, pp.143-149. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-12486-0_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00585731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter as a potential complementary tool for δ 18 O data interpretation in heterogeneous aquifers†</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Travi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dudal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Isotopes in Environmental and Health Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (1), pp.27-36. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10256010903415601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement particulier lors des montées de crues dans les aquifères karstiques, mise en évidence d'une double fracturation et/ou de circulation profonde : exemple de la Fontaine de Vaucluse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M Zuppi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Puig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eclogae Geologicae Helvetiae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 92 (2), pp.251-257. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5169/seals-168666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groundwater chemical characterization of a Rio de Janeiro coastal aquifer, SE – Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanoel Silva-Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Sobral Barcellos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Maria Sella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of South American Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 27 (1), pp.100-108. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsames.2008.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of artificial galleries to knowledge of karstic system behaviour in addition to natural cavern data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Garry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bilgot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speleology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 37 (1), pp.75-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogeochemistry in landslide research: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thom Bogaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Guglielmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 178 (2), pp.113-126. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gssgfbull.178.2.113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00364754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying origin of groundwater and flow processes in complex landslides affecting black marls in southern French Alps: insights from an hydrochemistry survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. de Montety</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32, pp. 32-48. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.1370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des marqueurs isotopiques et biogéochimiques dans la reconstitution du paléoenvironnement de la grotte du Lazaret (Nice, Alpes-Maritimes) au cours du Pléistocène supérieur (stade isotopique 5)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Falguères</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Genty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 337 (15), pp.1348-1354. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crte.2005.08.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbone organique total (COT) et magnésium (Mg2+) : deux traceurs complémentaires du temps de séjour dans l'aquifère karstique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Blavoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 335 (2), pp.205-214. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1631-0713(03)00027-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous seismic and magnetic measurements in the Low Noise Underground Laboratory (LSBB) of Rustrel, France, during the 2001, 26th january Indian earthquake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Guglielmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Virieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Waysand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Chwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Journal International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 155 (3), pp.981-990. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-246X.2003.02095.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00407000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon 13 of TDIC to quantify the role of the unsaturated zone: the example of the Vaucluse karst systems (Southeastern France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M Zuppi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 279 (1-4), pp.262-274. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0022-1694(03)00180-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of time tracers (Mg 2+ , TOC, δ 13 C TDIC , NO 3 − ) to understand the role of the unsaturated zone: A case study-Karst aquifers in the Doubs valley, eastern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle-Jeanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Charmoille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 30 (6), </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2002GL016781⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of Total Organic Carbon (TOC) as tracer of diffuse infiltration in a dolomitic karstic system: The Nerja Cave (Andalusia, southern Spain)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Liñán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartolomé Andreo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 30 (22), </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2003GL018546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissolved organic carbon of infiltration within the autogenic Karst Hydrosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Puig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 25 (9), pp.1459-1462. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/98GL01056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marquage de la zone non saturée du karst à l'aide du carbone 13</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Puig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Couren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus de l'Académie des Sciences - Series IIA - Earth and Planetary Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 326 (5), pp.327-332. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1251-8050(98)80302-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Backscattering behavior and simulation comparison over bare soils using SIR-C/X-SAR and ERASME 1994 data over Orgeval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehrez Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Hégarat-Mascle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vidal-Madjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing of Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 59 (2), pp.256 - 266. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0034-4257(96)00158-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01756239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking into account vegetation effects to estimate soil moisture from C-band radar measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vidal Madjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Normand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing of Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 56 (1), pp.52-56. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0034-4257(95)00212-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02578877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la zone non saturée sur le fonctionnement des systèmes karstiques. Mise en évidence dans les sources du Nord Vaucluse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Puig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lastennet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, pp.57-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compartimentation karstique : l'impact des failles sur l'hydrodynamique de Fontaine de Vaucluse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Adrien, Darius Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youri Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Fourno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29e Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géologique de France, Oct 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05521159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geophysical constraints on the groundwater circulation and its renewal at the main Bittit spring, supplying Meknes and its region (Sais Basin): Characterization &amp; conceptual model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gineth Saracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Rouai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelilah Dekayir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Miche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Annual Meeting MedGU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nabil Khélifi &amp; Attila Çiner, Nov 2022, Marrakech, Morocco. pp.170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into karst genesis processes in unsaturated zone thanks to process-like modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Dal Soglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Massonnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th IAH Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02340340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KaRaMel: a semi-distributed Rainfall-Recharge-Discharge model toassess the spatial variability of flows in karst aquifers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Olioso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inter-disciplinary characterisation of carbonate reservoirs. ALBION, a multi-scales dynamic analogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Massonnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Tendil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Dal Soglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th IAH Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogeological and hydrogeophysical insights into karst aquifer unsaturated zone. Challenges and limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th IAH congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02303609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of recharge in karst aquifer using improved evapotranspiration monitoring thanks to remote sensing data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Olioso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Velluet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The part of global warming and acid atmospheric pollution inputs on carbonate dissolution and associated CO2 sink fluxes enhancement: evidences from 40 years of monitoring in karstic systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Seidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROKARST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03307805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication of Guigo and L'Hajeb Causses in the renewal and circulations of Saïs basin groundwaters (Middle-Atlas Causses, Morocco).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Miche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Saracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Qarqori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Rouai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting, Session H4B: Characterization, Modeling, and Remediation of Karst and Structurally Variable Flow Systems in a Changing Environment II, H54B-05</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, New Orleans, LA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of karst hydrosystem recharge at the parcel scale, using modeling and correlation analysis - Low Noise Underground Laboratory of Rustrel site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Davi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Neuchâtel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processes modelling applied to evaluation of karst hydrosystem recharge at the stand scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Davi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Neuchâtel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02315558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochemical and isotopical analyzes of groundwater in a karst system - the case study of Fez-Meknès basin (Morocco).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Miche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Saracco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Qarqori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Rouai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd IAH Congress, Groundwater and society: 60 years of IAH; Session 8.05- KARST ; Abstract n° 1535</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial and temporal hydrodynamic variations of flow in the karst vadose zone (Rustrel, France) in function of depth and fracturing density</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barbel-Perineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Karst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging the LSBB environment form GPR Data, along the tunnel and from the surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I-Dust - Inter-Disciplinary Underground Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, APT, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water in karst hydrosystems unsaturated zone; MRS evidences within an integrated hydrogeophysical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatoli Legchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th European Meeting of Environmental and Engineering Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Athènes, Greece. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3997/2214-4609.20142013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging the lsbb environment from GPR data, along the tunnel and from the surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E3S Web of Conferences - 5th I-DUST conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Apt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility and limits of Electrical Resistivity Tomography to monitor water infiltration through karst medium during a rainy event</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Karst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geophysical investigations at the LSBB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Zeyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E3S Web of Conferences - 5th I-DUST conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LSBB Laboratoire souterrain à bas bruit, 2014, APT, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of flows in the vadose zone by direct measurements in karst aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barbel-Perineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Hierarchical Flow Systems in Karst Regions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Head of the Organising Committee: Anita Erőss, Sep 2013, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complementarity of Electrical Resistivity Tomography and Ground Penetrating Radar to Study Karst Unsaturated Zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sénéchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Near Surface Geoscience 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Geoscientists &amp; Engineers, Sep 2012, Paris, France. pp.724, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3997/2214-4609.20143402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogeophysical study of karst unsaturated zone structure and functionning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iDUST, Inter Disciplinary Underground Science and Technology conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LSBB,Laboratoire souterrain à bas bruit, May 2012, Apt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling hydrogeological and speleological data : interest of the approach through a comparison between the studies in LSBB and statements made in the sinkhole of Autrans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iDUST,Inter-Disciplinary Underground Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lsbb, 2012, Apt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation du magnésium et du carbone organique total dans l'estimation du volume d'eau écoulé avant l'arrivée des eaux d'infiltration &amp;quot;directe&amp;quot; en période de crue.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Garry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Perineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Colloque d'Hydrogéologie en Pays Calcaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of recharge processes in soft clay shales unsable hillslope (French South Alps); Proposition of a 3 reservoirs conceptual model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ruy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geoscience Union 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00803032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement hydrologique et hydro-géochimique des versants marneux de Terres Noires. La vallée de l’Ubaye : un territoire unique pour les recherches en géosciences.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.H Debieche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Montety</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cervi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> colloque d’ouverture "Les Cahiers de Seolane N°1"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Barcelonnette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01338681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamic organisation of the flows in the unsaturated zone of the Fontaine de Vaucluse karst system. First results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Perineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pozzo-Di-Borgo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">inter-Disciplinary Underground Science &amp; Technology Conference (i-DUST 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lsbb, laboratoire souterrain à bas bruit, Jun 2010, Apt, France. pp.01001, </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/idust/201101001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01319065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter as a potential complementary tool for 18O data interpretation in heterogeneous aquifers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Travi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dudal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2 Joint European Stable Isotobe User Meeting (JESIUM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Presqu'ile de Giens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité du comportement hydrique du sapin pectiné (Abies alba Mill.) selon les conditions micro-stationnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Nourtier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Cailleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yingge Xie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Davi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologie 2010. Colloque National d'Ecologie Scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Montpellier, France. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Great Flood on the Functioning of Karst Aquifer: Example of the Fontaine de Vaucluse Karst System (SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Garry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV International Symposium on Karst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of the LSBB to develop a new method of natural tracing using organic matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Dudal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pepin-Donat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iDUST,The inter-Disciplinary Underground Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, APT, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complementarity of monitoring sites in natural caves and man-made galleries in the knowledge of flowpath organization within fissured medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand C.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iDUST, The inter-Disciplinary Underground Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LSBB, Laboratoire souterrain à bas bruit, Apr 2008, Apt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts du traçage naturel et artificiel pour l'étude in situ des écoulements dans les matériaux très hétérogènes - le cas des marnes noires de Super-Sauze et Draix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.H Debieche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings 1ère Journée 'Alea Gravitaire'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Orléans, France. pp. 29-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karstic system in perimediterranean region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Travi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.M. Zuppi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iDUST, The inter-Disciplinary Underground Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LSBB, laboratoire souterrain à bas bruit, Apr 2008, Apt, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field-scale infiltration experiments to understand landslide hydrology and mechanics: multi-source results obtained on the Super-Sauze and Laval landslides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Travelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. M. Pradzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Hocine-Debieche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité du type et de la qualité de l'information issue du traçage naturel en fonction des caractéristiques des systèmes étudiés. Quelques exemples français et espagnols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Charmoille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartolomé Andreo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on Limestone Hydrogeology, Neuchâtel (Switzerland)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Neuchâtel, Suisse. pp.101-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00464624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historical monthly rainfall-runoff database on Fontaine de Vaucluse karst system: review and lessons,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gevaudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIe Symposium International Sur le Karst “Groundwater in the Mediterranean Countries”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Malaga, Spain. pp.465-475</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differentiation of the role of the unsaturated and the saturated zones in the hydrogeological behaviour of carbonate aquifers from Southern Spain, by means of the use δ13CTDIC, Total Organic Carbon (TOC) and several hydrodynamical parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartolomé Andreo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Mudry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on Limestone Hydrogeology, Neuchâtel (Switzerland)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Switzerland. pp.147-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00464608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation du 13CCMTD dans la discrimination des écoulements de la Zone Non Saturée des systèmes karstiques. Cas du système de Vaucluse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Garry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Cras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Auguste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Neuchatel, Suisse, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04751731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports conjoints de suivis climatologique et hydrochimique sur le rôle de filtre des aquifères karstiques dans l’étude de la problématique de changement climatique; Application au système de la Fontaine de Vaucluse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gevaudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on Limestone Hydrogeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Neuchâtel, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minéralisation de l’eau de la zone non-saturée du karst : résultats de prélèvements dans des cavités du plateau d’albion (Vaucluse & Alpes de Haute Provence,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Puig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boucher C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Terre et Eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Annaba, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic matter in karstic aquifers: a potential tracer in the carbon cycle. A small-scale laboratory model approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Blavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Simler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TraM'2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAHS International association of hydrological sciences, May 2000, Liège, Belgium. pp.459-463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Backscattering over bare soils : measurements and simulations using SIRC-XSAR and ERASME 1994 data over Orgeval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehrez Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Hegarat Mascle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vidal Madjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGARSS '96. 1996 International Geoscience and Remote Sensing Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1996, Lincoln, United States. pp.1067-1069, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IGARSS.1996.516568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02575725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléments complémentaires sur la compartimentation karstique : l'impact des failles sur l'hydrodynamique de Fontaine de Vaucluse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Adrien, Darius Rinaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youri Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Fourno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29e Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Montpellier, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05521162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of atmospheric pollution inputs and climate change on dissolved inorganic carbon fluxes in karst aquifers: evidences from a 36 years past monitoring of karstic watersheds.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Batiot-Guilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Seidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability mapping of a vast karst hydrosystem. Application and adjustments of PaPRIKa method to the Fontaine‐de‐Vaucluse catchment (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Neuchätel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability mapping of a vast karst hydrosystem. Application and adjustments of PaPRIKa method to the Fontaine-de-Vaucluse catchment (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Neuchâtel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of water infiltration in soft clay-shale unstable hillslopes (South French Alps): proposition of a three reservoirs conceptual model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Marc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ruy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Abstracts, Vol. 13, EGU General Assembly 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water resource management: the multi-technique approach of LSBB and its muon detection projects (chapter 7)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignácio Lázaro Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Mazzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rosas-Carbajal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muography: Exploring Earth's Subsurface with Elementary Particles Geophysical Monograph Series - ISBN-13:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Geophysical Union, 2022, 9781119723028 ; 1119723027</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing Natural Organic Matter at the Scale of Drainage Basins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Pepin-Donat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Protière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electron Paramagnetic Resonance Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.29-50, 2020, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-39668-8_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process-Based Vegetation Models Improve Karst Recharge Simulation Under Mediterranean Forest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Damien Carriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Davi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroKarst 2016, Neuchâtel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 12, Editions Springer, 2017, Advances in Karst Science, 978-3-319-45464-1. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-45465-8_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility and limits of Electrical Resistivity Tomography to monitor water infiltration through karst mediumduring a rainy event</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.D. Carrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Chalikakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeological and Environmental Investigations in Karst Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.45-55, 2015, Environmental Earth Sciences, 978-3-642-17434-6. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-17435-3_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial and Temporal Hydrodynamic Variations of Flow in the Karst Vadose Zone (Rustrel, France) in Function of Depth and Fracturing Density</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barbel-Perineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Danquigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeological and Environmental Investigations in Karst Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.11-18, 2015, </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-17435-3_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traçage de la matière organique naturelle à l'échelle de bassins versants. Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Pepin-Donat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Protiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La spectroscopie de résonance paramagnétique électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eco Sciences, pp. 27-47, 2014, Grenoble Sciences, 978-2-7598-1191-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01023763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of great flood on the functionning of karst aquifer: example of the Fontaine de Vaucluse karst system (SE France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Danquigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Emblanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Garry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in research in karst media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer - Verlag, 2011, 9783642124853. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-12486-0_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groundwater Tracing Using Stable Isotope in the Western Mediterranean (Case of Rif Chain in the North of Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Qurtobi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Marah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Mahboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Emblanch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Karst Media. Environmental Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.183-188, 2010, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-12486-0_28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test of roughness and moisture algorithms using multiparameter spaceborne SAR and application to surface hydrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vidal-Madjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Taconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Le Hégarat-Mascle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehrez Zribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science results from the spaceborne imaging radar-C-X band synthetic aperture radar (SIR-C-X-SAR) : progress report, D.L.Evans, J.J.Plaut Editors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.201-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02582202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId340"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04925964v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Ser&#232;ne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Mazzilli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Emblanch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milanka Babic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/hydrology12020024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137363v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cinkus" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Decitre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111812" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004262v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111493" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309565v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ollivier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chalikakis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Carri&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.134368" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387529v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Binet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Probst" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Seidel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Emblanch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.11.021" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014383v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dal Soglio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Danquigny" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Massonnat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12113221" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014395v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12113219" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004758v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lecomte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.12855" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080741v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerantzis Kazakis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/environments6030039" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082742v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Perineau Barbel-P&#233;rineau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barbiero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-019-01965-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01936654v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Peyraube" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lastennet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Minvielle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Houillon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2018.11.042" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970695v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Miche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Saracco" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Mayer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Qarqori" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rouai" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-017-1675-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846314v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jourde" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massei" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Labat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966716v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0094" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289182v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403396v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Carriere" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Davi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-016-1425-8" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751845v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Courdier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariotte Nicolas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315358v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Damien Carriere Carriere" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2013.03.014" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CP5F4082-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648113v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. -H. Debieche" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. A. Bogaard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Krzeminska" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7843" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JJGDCZJ9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336709v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cognard-Plancq" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Klotz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294345v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Cognard-Plancq" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.9273" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/05B249261B58B0348075F01F02E21A2C151DE7D1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321482v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H Debieche" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.A Bogaard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Marc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M. Krzeminska" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751815v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Barbel-P&#233;rineau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Poupeney" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boyer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cavaillou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268354v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Blondel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dudal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boyer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-012-1562-x" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z4L3TJGS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751838v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chapelet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585731v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blondel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dudal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Travi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12486-0_22" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294584v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Blondel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10256010903415601" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02296783v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M Zuppi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Puig" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-168666" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295151v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanoel Silva-Filho" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Sobral Barcellos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blavoux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Maria Sella" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2008.11.004" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTM3WKMC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656941v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Garry" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sudre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bilgot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533663v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. de Montety" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertrand" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.1370" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-21PDT4RJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364754v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thom Bogaard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guglielmi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.178.2.113" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295153v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rousseau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Beauchamp" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2005.08.006" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295158v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0713(03)00027-0" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KG0G1WM-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407000v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaffet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guglielmi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Virieux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Waysand" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chwala" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2003.02095.x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295162v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle-Jeanton" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mudry" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charmoille" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002GL016781" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295156v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Blavoux" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-1694(03)00180-X" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VKWDBQ9-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295168v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Li&#241;&#225;n" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartolom&#233; Andreo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Carrasco" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003GL018546" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02296885v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mudry" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/98GL01056" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02296833v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Couren" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1251-8050(98)80302-9" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QC804BKB-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756239v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Zribi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Taconet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le H&#233;garat-Mascle" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vidal-Madjar" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0034-4257(96)00158-7" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W0XT7BTK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578877v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vidal Madjar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Normand" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0034-4257(95)00212-X" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-13ZWRLNV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02296969v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lastennet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521159v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Adrien, Darius Rinaudo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri Hamon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Fourno" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831266v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gineth Saracco" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Dekayir" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340340v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Massonnat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115210v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751867v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Tendil" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cochard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303609v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Damien Carriere" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844642v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Velluet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307805v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546253v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751831v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02315558v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Davi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ollivier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544527v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309722v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousset" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309365v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbel-Perineau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315380v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoli Legchenko" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.20142013" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816792v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carriere" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chalikakis" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Danquigny" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309385v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cl&#233;ment" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816796v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zeyen" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309278v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309195v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.20143402" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309447v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309226v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336419v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Garry" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perineau" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803032v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338681v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Montety" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cervi" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319065v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pozzo-Di-Borgo" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Boyer" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/idust/201101001" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822060v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823211v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nourtier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cailleret" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingge Xie" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751847v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Roch" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02301914v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Blondel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pepin-Donat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02301909v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand C." TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02302450v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Zuppi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533975v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110082v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Travelletti" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Pradzynska" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Hocine-Debieche" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464624v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Charmoille" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Jimenez" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02301901v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Cognard-Plancq" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gevaudan" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464608v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04751731v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cras" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Auguste" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02301899v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02301806v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boucher C." TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02296754v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Simler" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02575725v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Hegarat Mascle" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.1996.516568" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521162v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02101144v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751875v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844620v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336720v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453118v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ign&#225;cio L&#225;zaro Roche" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pasquet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rosas-Carbajal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482349v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Poulenard" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lombard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Proti&#232;re" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39668-8_2" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606484v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45465-8_12" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605721v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Carri&#232;re" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17435-3_6" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294288v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17435-3_2" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023763v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pepin-Donat" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lombard" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Protiere" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809575v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Roch" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12486-0_18" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02318010v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Qurtobi" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Marah" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Mahboul" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12486-0_28" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582202v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le H&#233;garat-Mascle" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04925964v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Ser&#232;ne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Mazzilli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Emblanch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milanka Babic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/hydrology12020024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004262v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111493" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137363v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cinkus" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Decitre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111812" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387529v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Binet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Probst" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Seidel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Emblanch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.11.021" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309565v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ollivier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chalikakis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Carri&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.134368" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014383v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dal Soglio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Danquigny" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Massonnat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12113221" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014395v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12113219" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080741v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerantzis Kazakis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lecomte" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/environments6030039" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004758v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.12855" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082742v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Perineau Barbel-P&#233;rineau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barbiero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-019-01965-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01936654v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Peyraube" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lastennet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Minvielle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Houillon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2018.11.042" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970695v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Miche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Saracco" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Mayer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Qarqori" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rouai" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-017-1675-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966716v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jourde" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massei" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Batiot-Guilhe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0094" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846314v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Labat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289182v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403396v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Carriere" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Davi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-016-1425-8" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751845v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Courdier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariotte Nicolas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315358v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Damien Carriere Carriere" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2013.03.014" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CP5F4082-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294345v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Cognard-Plancq" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Klotz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.9273" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/05B249261B58B0348075F01F02E21A2C151DE7D1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321482v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H Debieche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.A Bogaard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Marc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M. Krzeminska" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336709v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cognard-Plancq" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648113v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. -H. Debieche" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. A. Bogaard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Krzeminska" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7843" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JJGDCZJ9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751815v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Barbel-P&#233;rineau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Poupeney" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boyer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cavaillou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268354v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Blondel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dudal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boyer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-012-1562-x" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z4L3TJGS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751838v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chapelet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585731v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blondel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dudal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Travi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12486-0_22" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294584v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Blondel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10256010903415601" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02296783v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M Zuppi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Puig" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-168666" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295151v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanoel Silva-Filho" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Sobral Barcellos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blavoux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Maria Sella" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2008.11.004" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTM3WKMC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656941v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Garry" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sudre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bilgot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364754v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thom Bogaard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guglielmi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.178.2.113" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533663v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. de Montety" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertrand" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.1370" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-21PDT4RJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295153v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rousseau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Beauchamp" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2005.08.006" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295158v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0713(03)00027-0" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KG0G1WM-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407000v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaffet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guglielmi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Virieux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Waysand" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chwala" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2003.02095.x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295156v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mudry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Blavoux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-1694(03)00180-X" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VKWDBQ9-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295162v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle-Jeanton" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charmoille" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002GL016781" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02295168v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Li&#241;&#225;n" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartolom&#233; Andreo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Carrasco" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003GL018546" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02296885v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mudry" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/98GL01056" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02296833v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Couren" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1251-8050(98)80302-9" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QC804BKB-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756239v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Zribi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Taconet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le H&#233;garat-Mascle" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vidal-Madjar" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0034-4257(96)00158-7" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W0XT7BTK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578877v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vidal Madjar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Normand" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0034-4257(95)00212-X" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-13ZWRLNV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02296969v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lastennet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521159v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Adrien, Darius Rinaudo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri Hamon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Fourno" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831266v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gineth Saracco" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Dekayir" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340340v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Massonnat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115210v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751867v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Tendil" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cochard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303609v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Damien Carriere" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844642v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Velluet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307805v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546253v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751831v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02315558v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Davi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ollivier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544527v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309365v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbel-Perineau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309722v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousset" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315380v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoli Legchenko" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.20142013" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816792v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carriere" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chalikakis" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Danquigny" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309385v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cl&#233;ment" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816796v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zeyen" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309278v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309195v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.20143402" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309447v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02309226v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336419v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Garry" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perineau" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803032v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338681v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Montety" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cervi" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319065v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pozzo-Di-Borgo" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Boyer" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/idust/201101001" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822060v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823211v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nourtier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cailleret" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingge Xie" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751847v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Roch" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02301914v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Blondel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pepin-Donat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02301909v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand C." TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533975v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02302450v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Zuppi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110082v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Travelletti" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Pradzynska" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Hocine-Debieche" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464624v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Charmoille" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Jimenez" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02301901v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Cognard-Plancq" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gevaudan" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464608v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04751731v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cras" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Auguste" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02301899v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02301806v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boucher C." TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02296754v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Simler" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02575725v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Hegarat Mascle" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.1996.516568" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521162v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02101144v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751875v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844620v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336720v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453118v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ign&#225;cio L&#225;zaro Roche" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pasquet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rosas-Carbajal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482349v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Poulenard" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lombard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Proti&#232;re" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39668-8_2" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606484v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45465-8_12" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605721v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Carri&#232;re" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17435-3_6" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294288v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17435-3_2" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023763v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pepin-Donat" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lombard" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Protiere" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809575v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Roch" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12486-0_18" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02318010v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Qurtobi" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Marah" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Mahboul" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12486-0_28" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582202v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le H&#233;garat-Mascle" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>