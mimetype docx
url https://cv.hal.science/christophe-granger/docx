--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:130.61224489796px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Granger </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maître de conférences HDR Université Paris-Saclay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EA 4532 CIAMS - Complexité, Innovation, Activités Motrices et Sportives</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mot est faible. Sciences humaines et auto-défense sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications [EHESS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 114 (1), pp.185-195. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/commu.114.0185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04586276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rule Matters: On Sport, Violence, and the Law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (2), pp.172-194. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12759/hsr.49.2024.18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04586279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bannir le drapeau du pape (v. 1910).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Vol. 53 (2), pp.195-210. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.232.0195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Race et différence des corps en situation coloniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Surun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monde(s). Histoire, Espaces, Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 24 (2), pp.7-21. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mond1.224.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les odeurs de la rue de la Rousselle, ou comment faire de l’histoire avec du quotidien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications [EHESS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 112 (1), pp.145-158. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/commu.112.0145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04447718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quoi un corps peut-il bien être l'aveu ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hypothèses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (1), pp.287-300. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/hyp.191.0287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse du film nazi Hitlerjunge Quex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Bateson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 154 (2), pp.111-139. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.154.0111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire les corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abigail Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Lire les corps, 123 (2), pp.3-7. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gen.123.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages du temps libre : approches historiennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'histoire culturelle. XVIIIe-XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rhc.593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mort sur le stade. L'affaire Taillantou et le droit à la violence dans le rugby d'entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, N° 149 (1), pp.19-33. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.149.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bruits et chuchotement. À l’écoute des formes sonores de l’intimité (Introduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monjaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 41, pp.9-22. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-anthropologie.6552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie « Bruits et chuchotements »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monjaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre de l'InSHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendre voix aux gens du passé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Backouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Gensburger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monjaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 41, pp.197-210. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-anthropologie.7097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisir la dimension sonore des sociétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.049.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrer les calendriers. L’école, l’État et la question des grandes vacances, 1880-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 226-227, pp.86-103. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arss.226.0086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Mon père, ce terroriste. A propos de Fatherland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter les pardessus. Essai sur la variation saisonnière des pratiques d’apparence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modes pratiques. Revue d’histoire du vêtement et de la mode</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si le roi savait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Briatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Carnino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Cherrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Colmellere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Faire revue, 18, pp.89-98. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/traces.8995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02135912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faut-il croire aux dieux de la pluie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications [EHESS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“'Cette chose exquise'. Naissance des vacances ouvrières, 1900-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 136, pp.21-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prospérités du fouet : la flagellation ou la logique de l’excès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 67, pp.128-147. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/TERRAIN.16163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conjurer le silence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérience. Comment développer son charisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’admiration. Exercice sur une &amp;quot;rature&amp;quot; de Proust</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, N° 1 (1), pp.68-85. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sensi.001.0068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charisme & capitalisme, ou comment faire une vendeuse à domicile, de Nicole Woosley Biggart (traduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interprétations de Geertz. Charisme local, charisme global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mazurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1, pp.138-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique des figurants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Giard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comme un ogre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Citrus, revue illustrée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexe à piles et autres plaisirs mécaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Citrus, revue illustrée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoires sonores. Bruit et dégoût du bruit dans la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une larme du diable, Revue des mondes radiophoniques et des univers sonores</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, pp.4-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora et la chasse aux nazis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur la méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.173-191. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.123.0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le coq et le klaxon, ou la France à la découverte du bruit (1945-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123 (3), pp.85. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.123.0085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde comme perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.3-20. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.123.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le désordre des plages ou la difficile émergence d’un territoire à part, 1920-1940</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9, pp.68-79. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tourisme.146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'histoire des sensibilités en cinquante classiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mazurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.49-51. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.123.0049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expression des émotions et la société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Halbwachs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.39-48. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.123.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;La petite lanterne du progrès&amp;quot;. Instituteurs et éducation populaire aux marges de Paris, 1890-1914 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 116 (4), pp.69-80. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.116.0069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les loisirs dans la République: genèse d’une question de société dans la France du 20e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 35 (2), pp.361-392. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07053436.2012.10707848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire l'événement, un enjeu des sociétés contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (2), pp.7-23. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.032.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voir l'événement. Roman graphique et narration historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (2), pp.157-166. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.032.0155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lumières du stade. Football et goût du spectaculaire dans l’entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31 (1), pp.107-125. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.031.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'événement, c'est ce qui advient à ce qui est advenu... »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (2), pp.167-181. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.032.0167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le match et la grève, ou les usages militants de l'événement (années 1970)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (2), pp.111-134. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.032.0111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du relâchement des mœurs en régime tempéré. Corps et civilisation dans l’entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 106 (2), pp.115-125. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.106.0115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cafés 1900. Un lieu oublié de l’éducation populaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Efadine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2, pp.95-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Batailles de plage. Nudité et pudeur dans l’entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rives Méditerranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 30, pp.117-133. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rives.2423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">École républicaine et vacances scolaires en 1900</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour du Passe-muraille de Marcel Aymé, 1943</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Panoramiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Im)pressions atmosphériques. Histoire du beau temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 34 (1), pp.123-129. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.041.0123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps en vacances. Culture somatique et sentiment de soi 1930-1970</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hypothèses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 6 (1), pp.59-68. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/hyp.021.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'individu et les aventures du corps. Pistes, enjeux, problèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hypothèses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 6 (1), pp.15-27. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/hyp.021.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quinze minutes sur le ring. Sur les traces d'une action passée, 24 septembre 1922</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anamosa, 2024, 978-2381910802</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Saison des apparences. Naissance des corps d'été (réédition poche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anamosa, 2023, 978-2381910703</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Primevère Lesson, Du tatouage chez les différens peuples de la terre [1820], Rochefort, Les Petites Allées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du tatouage chez les différens peuples de la terre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René-Primevère Lesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les Petites Allées, 2022, 979-10-92910-79-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Kabris, ou les possibilités d'une vie, 1780-1822, Paris Flammarion, coll. &amp;quot;Champs&amp;quot; (réédition Poche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 978-2080253620</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire les corps&amp;quot; numéro spécial, n° 123, Genèses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abigail Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Sandburg, Les émeutes raciales de Chicago. Juillet 1919 (Réédition poche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les émeutes raciales de Chicago. Juillet 1919 (réédition poche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Sandburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Payot, 2021, 978-2228928663</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voter au village. Les formes locales de la vie politique, XXe-XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Vignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Septentrion, pp.310, 2021, 9782757432624</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04147139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Kabris, ou les possibilités d'une vie, 1780-1822, Paris, Anamosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Saison des apparences. Naissance des corps d'été, Paris, Anamosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Groiseilliez, L'Art de devenir député et même ministre, par oisif qui n'est ni l'un ni l'autre, 1846</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Sandburg, Les Emeutes raciales de Chicago, Juillet 1919, Paris, Anamosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatomie du charisme. N°1. Revue Sensibilités. Histoire, critique & sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Destruction de l'université française, Paris, La Fabrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, 978-2-35872-076-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire des sensibilités au 20e siècle. N° 123. Vingtième siècle. Revue d'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Vase de Soissons n'existe pas et autres vérités cruelles sur l'histoire de France, Paris, Autrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Vanneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quoi pensent les historiens ? Faire de l'histoire au 21e siècle, Paris, Autrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plaisirs de l’eau. Plage et loisirs dans la première moitié du 20e siècle (catalogue de l’exposition au musée des Beaux-arts de Nantes), Lyon, Fages éditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Chavanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lebossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dr Auguste Forel, La Question sexuelle exposée aux adultes cultivés (1906), Paris, Autrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire par corps. Chair, posture, charisme, Aix-en-Provence, Presses universitaires de Provence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Ennui. Histoire d’un état d’âme (XIXe-XXe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Venayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Nathalie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications de la Sorbonne, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01879198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire l’événement&amp;quot;, n° 32, Sociétés & Représentations, Paris, Publications de la Sorbonne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Corps d'été. Naissance d'une variation saisonnière, Paris, Autrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le botaniste et l'ornement de la chair (préface)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">René Primevère Lesson, Du tatouage chez les différens peuples de la terre [1820], Rochefort, Les petites allées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.5-9, 2022, 979-1092910810</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de soleil. Le beau temps comme institution sociale en France, 19e-20e siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alexis Metzger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acclimatations. Sur le terrain des cultures climatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.17-37, 2021, 979-1037014658</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parties de campagne. Enquête sur la variable de localité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Vignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voter au village. Les formes locales de la vie politique, dir. Christophe Granger, Laurent Le Gall et Sébastien Vignon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La citoyenneté au coin de la rue. D’une bagarre au village comme ressource d’intellection du politique (Cantal, 1910)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voter au village. Les formes locales de la vie politique, 20e-21e siècles, dir. Christophe Granger, Laurent Le Gall et Sébastien Vignon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de soleil. Le beau temps comme institution sociale en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acclimatations. Sur le terrain des cultures climatiques, dir. Alexis Metzger, Paris, Hermann</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment peut-on encore faire science ? Universitaires et liberté de la recherche en régime néo-libéral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liberté de la recherche. Conflits, pratiques, horizons, dir. Mélanie Duclos et Anders Fjeld, Paris, Kimé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nom exotique, mémoire française. La station de métro de Bir-Hakeim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris, théâtre des opérations. Sur les traces des guerres lointaines, dir. Sylvain Venayre, Paris, Seuil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaître la défaite. Le square des Anciens-combattants d’Indochine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris, théâtre des opérations. Sur les traces des guerres lointaines, dir. Sylvain Venayre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une révolution de l’œil. Lumière électrique et gouvernement du visible, 1870-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Énergie et ses usages domestiques. Anthropologie d’une transition en cours, dir. Nathalie Ortar et Hélène Subrémon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ABC de la politique (postface)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">François de Groiseilliez, L'Art de devenir député et même ministre, par un oisif qui n'est ni l'un ni l'autre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proche comment ? (postface)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christopher Hittinger, Le Temps est proche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatouage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Singaravelou et Sylvain Venayre, Histoire du Monde au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Singaravelou et Sylvain Venayre, Histoire du Monde au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ceux des cimes. Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Duez, Les cordées du vent. Anthropologie de l'altitude</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children of the Otium. How the French got Leisure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Burkhardt Hasebrink &amp; Peter Philipp Riedl, Muße im Kulturellen Wandel. Semantisierungen, Ähnlichkeiten, Umbesetzungen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DE GRUYTER, 2014, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110351743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un pays sous le choc des années de crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Atlas de la France et des Français 2014, Paris, éditions Le Monde-La Vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le soleil, ou la saveur des temps insoucieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Pluie, le Soleil et le Vent. Histoire des sensibilités au temps qu’il fait, dir. Alain Corbin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science et insouciance de l’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À quoi pensent les historiens ? Faire de l’histoire au 21e siècle, dir. Christophe Granger, Paris, Autrement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Une cité fantasque. Plages, entre-deux-guerres”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plaisirs de l’eau. Plage et loisirs dans la première moitié du 20e siècle (catalogue de l’exposition au musée des Beaux-arts de Nantes), dir. Blandine Chavanne, Claire Lebossé, Agathe Aoustin et Christophe Granger, Lyon, Fages éditions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les classiques de l’histoire au 21e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À quoi pensent les historiens ? Faire de l’histoire au 21e siècle, dir. Christophe Granger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imagination narrative, ou l’art de raconter des histoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À quoi pensent les historiens ? Faire de l’histoire au 21e siècle, dir. Christophe Granger, Paris, Autrement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lieux de saison. Vacances et manières d’habiter au 20e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Fabrique des modes d’habiter. Hommes, lieux et milieux de vie, dir. Annabelle Morel-Brochet et Nathalie Ortar, Paris, L'Harmattan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux siècles d’ennui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Ennui. Histoire d’un état d’âme, 19e-20e siècles, dir. Pascale Goetschel, Christophe Granger, Nathalie Richard et Sylvain Venayre, Paris, Publications de la Sorbonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parlons sexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dr Auguste Forel, La Question sexuelle exposée aux adultes cultivés (1906), Paris, Autrement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias à la plage. Corps et civilisation dans l’entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norbert Elias et le 20e siècle. Le processus de civilisation à l’épreuve, dir. Quentin Deluermoz, Paris, Perrin, p. 237-260.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La jeune fille aux seins nus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire par corps, Chair posture charisme, dir. Christophe Granger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le passé est un immense corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire par corps. Chair, posture, charisme, dir. Christophe Granger, Aix-en-Provence, Presses universitaires de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evénement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire d’histoire culturelle de la France contemporaine, dir. Christian Delporte, Jean-Yves Mollier et Jean-François Sirinelli, Paris, PUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire d’histoire culturelle de la France contemporaine, dir. Christian Delporte, Jan-Yves Mollier et Jean-François Sirinelli, Paris, PUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dubrule et Gérard Pélisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique des patrons français, dir. Jean-Claude Daumas, Paris, Flammarion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réception académique. Du compte rendu dans la maison Histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lire, voir, entendre. La réception des objets médiatiques, dir. Pascale Goetschel, François Jost et Myriam Tsikounas, Paris, Publication de la Sorbonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plage a-t-elle un genre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Genre des territoires. Féminin, masculin, neutre, dir. Christine Bard, Angers, Presses de l’université d’Angers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre prend-il des vacances ? Visions et divisions sexuelles du temps libre (1950-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Genre face aux mutations. Masculin et féminin, du Moyen Âge à nos jours, dir. Luc Capdevila, Sophie Cassagnes, Martine Cocaud, Dominique Godineau, François Rouquet, Jacqueline Sainclivier, Rennes, Presses Universitaires de Rennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId182"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:130.61224489796px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Granger </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maître de conférences HDR Université Paris-Saclay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EA 4532 CIAMS - Complexité, Innovation, Activités Motrices et Sportives</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mot est faible. Sciences humaines et auto-défense sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications [EHESS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 114 (1), pp.185-195. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/commu.114.0185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04586276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rule Matters: On Sport, Violence, and the Law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (2), pp.172-194. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12759/hsr.49.2024.18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04586279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bannir le drapeau du pape (v. 1910).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Vol. 53 (2), pp.195-210. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.232.0195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Race et différence des corps en situation coloniale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Surun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monde(s). Histoire, Espaces, Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 24 (2), pp.7-21. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mond1.224.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les odeurs de la rue de la Rousselle, ou comment faire de l’histoire avec du quotidien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications [EHESS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, n° 112 (1), pp.145-158. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/commu.112.0145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04447718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quoi un corps peut-il bien être l'aveu ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hypothèses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (1), pp.287-300. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/hyp.191.0287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse du film nazi Hitlerjunge Quex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Bateson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 154 (2), pp.111-139. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.154.0111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire les corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abigail Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Lire les corps, 123 (2), pp.3-7. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gen.123.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages du temps libre : approches historiennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'histoire culturelle. XVIIIe-XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rhc.593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mort sur le stade. L'affaire Taillantou et le droit à la violence dans le rugby d'entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, N° 149 (1), pp.19-33. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.149.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie « Bruits et chuchotements »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monjaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lettre de l'InSHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendre voix aux gens du passé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Backouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Gensburger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monjaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 41, pp.197-210. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-anthropologie.7097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bruits et chuchotement. À l’écoute des formes sonores de l’intimité (Introduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monjaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 41, pp.9-22. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-anthropologie.6552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisir la dimension sonore des sociétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.049.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrer les calendriers. L’école, l’État et la question des grandes vacances, 1880-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 226-227, pp.86-103. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arss.226.0086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Mon père, ce terroriste. A propos de Fatherland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter les pardessus. Essai sur la variation saisonnière des pratiques d’apparence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modes pratiques. Revue d’histoire du vêtement et de la mode</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si le roi savait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Briatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Carnino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Cherrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Colmellere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Faire revue, 18, pp.89-98. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/traces.8995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02135912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faut-il croire aux dieux de la pluie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications [EHESS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“'Cette chose exquise'. Naissance des vacances ouvrières, 1900-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 136, pp.21-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prospérités du fouet : la flagellation ou la logique de l’excès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 67, pp.128-147. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/TERRAIN.16163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’admiration. Exercice sur une &amp;quot;rature&amp;quot; de Proust</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, N° 1 (1), pp.68-85. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sensi.001.0068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérience. Comment développer son charisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charisme & capitalisme, ou comment faire une vendeuse à domicile, de Nicole Woosley Biggart (traduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conjurer le silence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interprétations de Geertz. Charisme local, charisme global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mazurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1, pp.138-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique des figurants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Giard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensibilités : histoire, critique &amp; sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comme un ogre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Citrus, revue illustrée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoires sonores. Bruit et dégoût du bruit dans la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une larme du diable, Revue des mondes radiophoniques et des univers sonores</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, pp.4-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexe à piles et autres plaisirs mécaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Citrus, revue illustrée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora et la chasse aux nazis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur la méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.173-191. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.123.0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le coq et le klaxon, ou la France à la découverte du bruit (1945-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123 (3), pp.85. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.123.0085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde comme perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.3-20. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.123.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le désordre des plages ou la difficile émergence d’un territoire à part, 1920-1940</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9, pp.68-79. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tourisme.146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'histoire des sensibilités en cinquante classiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mazurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.49-51. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.123.0049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expression des émotions et la société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Halbwachs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.39-48. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.123.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;La petite lanterne du progrès&amp;quot;. Instituteurs et éducation populaire aux marges de Paris, 1890-1914 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 116 (4), pp.69-80. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.116.0069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les loisirs dans la République: genèse d’une question de société dans la France du 20e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 35 (2), pp.361-392. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07053436.2012.10707848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voir l'événement. Roman graphique et narration historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (2), pp.157-166. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.032.0155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lumières du stade. Football et goût du spectaculaire dans l’entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31 (1), pp.107-125. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.031.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire l'événement, un enjeu des sociétés contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (2), pp.7-23. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.032.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le match et la grève, ou les usages militants de l'événement (années 1970)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (2), pp.111-134. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.032.0111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'événement, c'est ce qui advient à ce qui est advenu... »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (2), pp.167-181. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.032.0167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du relâchement des mœurs en régime tempéré. Corps et civilisation dans l’entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 106 (2), pp.115-125. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vin.106.0115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cafés 1900. Un lieu oublié de l’éducation populaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Efadine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2, pp.95-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Batailles de plage. Nudité et pudeur dans l’entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rives Méditerranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 30, pp.117-133. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rives.2423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">École républicaine et vacances scolaires en 1900</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour du Passe-muraille de Marcel Aymé, 1943</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Panoramiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Im)pressions atmosphériques. Histoire du beau temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 34 (1), pp.123-129. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.041.0123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps en vacances. Culture somatique et sentiment de soi 1930-1970</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hypothèses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 6 (1), pp.59-68. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/hyp.021.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'individu et les aventures du corps. Pistes, enjeux, problèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hypothèses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 6 (1), pp.15-27. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/hyp.021.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quinze minutes sur le ring. Sur les traces d'une action passée, 24 septembre 1922</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anamosa, 2024, 978-2381910802</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Saison des apparences. Naissance des corps d'été (réédition poche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anamosa, 2023, 978-2381910703</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Primevère Lesson, Du tatouage chez les différens peuples de la terre [1820], Rochefort, Les Petites Allées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Kabris, ou les possibilités d'une vie, 1780-1822, Paris Flammarion, coll. &amp;quot;Champs&amp;quot; (réédition Poche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 978-2080253620</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du tatouage chez les différens peuples de la terre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René-Primevère Lesson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les Petites Allées, 2022, 979-10-92910-79-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire les corps&amp;quot; numéro spécial, n° 123, Genèses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abigail Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Sandburg, Les émeutes raciales de Chicago. Juillet 1919 (Réédition poche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les émeutes raciales de Chicago. Juillet 1919 (réédition poche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Sandburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Payot, 2021, 978-2228928663</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voter au village. Les formes locales de la vie politique, XXe-XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Vignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Septentrion, pp.310, 2021, 9782757432624</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04147139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Kabris, ou les possibilités d'une vie, 1780-1822, Paris, Anamosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Saison des apparences. Naissance des corps d'été, Paris, Anamosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François de Groiseilliez, L'Art de devenir député et même ministre, par oisif qui n'est ni l'un ni l'autre, 1846</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Sandburg, Les Emeutes raciales de Chicago, Juillet 1919, Paris, Anamosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatomie du charisme. N°1. Revue Sensibilités. Histoire, critique & sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Destruction de l'université française, Paris, La Fabrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, 978-2-35872-076-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire des sensibilités au 20e siècle. N° 123. Vingtième siècle. Revue d'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Vase de Soissons n'existe pas et autres vérités cruelles sur l'histoire de France, Paris, Autrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Vanneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quoi pensent les historiens ? Faire de l'histoire au 21e siècle, Paris, Autrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plaisirs de l’eau. Plage et loisirs dans la première moitié du 20e siècle (catalogue de l’exposition au musée des Beaux-arts de Nantes), Lyon, Fages éditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Chavanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lebossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Aoustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dr Auguste Forel, La Question sexuelle exposée aux adultes cultivés (1906), Paris, Autrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire par corps. Chair, posture, charisme, Aix-en-Provence, Presses universitaires de Provence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Ennui. Histoire d’un état d’âme (XIXe-XXe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Venayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Nathalie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications de la Sorbonne, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01879198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire l’événement&amp;quot;, n° 32, Sociétés & Représentations, Paris, Publications de la Sorbonne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Corps d'été. Naissance d'une variation saisonnière, Paris, Autrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le botaniste et l'ornement de la chair (préface)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">René Primevère Lesson, Du tatouage chez les différens peuples de la terre [1820], Rochefort, Les petites allées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.5-9, 2022, 979-1092910810</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03640703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de soleil. Le beau temps comme institution sociale en France, 19e-20e siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alexis Metzger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acclimatations. Sur le terrain des cultures climatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.17-37, 2021, 979-1037014658</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parties de campagne. Enquête sur la variable de localité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Vignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voter au village. Les formes locales de la vie politique, dir. Christophe Granger, Laurent Le Gall et Sébastien Vignon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La citoyenneté au coin de la rue. D’une bagarre au village comme ressource d’intellection du politique (Cantal, 1910)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voter au village. Les formes locales de la vie politique, 20e-21e siècles, dir. Christophe Granger, Laurent Le Gall et Sébastien Vignon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de soleil. Le beau temps comme institution sociale en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acclimatations. Sur le terrain des cultures climatiques, dir. Alexis Metzger, Paris, Hermann</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment peut-on encore faire science ? Universitaires et liberté de la recherche en régime néo-libéral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liberté de la recherche. Conflits, pratiques, horizons, dir. Mélanie Duclos et Anders Fjeld, Paris, Kimé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nom exotique, mémoire française. La station de métro de Bir-Hakeim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris, théâtre des opérations. Sur les traces des guerres lointaines, dir. Sylvain Venayre, Paris, Seuil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaître la défaite. Le square des Anciens-combattants d’Indochine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris, théâtre des opérations. Sur les traces des guerres lointaines, dir. Sylvain Venayre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une révolution de l’œil. Lumière électrique et gouvernement du visible, 1870-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Énergie et ses usages domestiques. Anthropologie d’une transition en cours, dir. Nathalie Ortar et Hélène Subrémon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ABC de la politique (postface)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">François de Groiseilliez, L'Art de devenir député et même ministre, par un oisif qui n'est ni l'un ni l'autre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proche comment ? (postface)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christopher Hittinger, Le Temps est proche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatouage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Singaravelou et Sylvain Venayre, Histoire du Monde au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Singaravelou et Sylvain Venayre, Histoire du Monde au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ceux des cimes. Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Duez, Les cordées du vent. Anthropologie de l'altitude</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children of the Otium. How the French got Leisure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Burkhardt Hasebrink &amp; Peter Philipp Riedl, Muße im Kulturellen Wandel. Semantisierungen, Ähnlichkeiten, Umbesetzungen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DE GRUYTER, 2014, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110351743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un pays sous le choc des années de crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Atlas de la France et des Français 2014, Paris, éditions Le Monde-La Vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le soleil, ou la saveur des temps insoucieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Pluie, le Soleil et le Vent. Histoire des sensibilités au temps qu’il fait, dir. Alain Corbin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les classiques de l’histoire au 21e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À quoi pensent les historiens ? Faire de l’histoire au 21e siècle, dir. Christophe Granger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imagination narrative, ou l’art de raconter des histoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À quoi pensent les historiens ? Faire de l’histoire au 21e siècle, dir. Christophe Granger, Paris, Autrement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science et insouciance de l’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À quoi pensent les historiens ? Faire de l’histoire au 21e siècle, dir. Christophe Granger, Paris, Autrement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Une cité fantasque. Plages, entre-deux-guerres”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plaisirs de l’eau. Plage et loisirs dans la première moitié du 20e siècle (catalogue de l’exposition au musée des Beaux-arts de Nantes), dir. Blandine Chavanne, Claire Lebossé, Agathe Aoustin et Christophe Granger, Lyon, Fages éditions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lieux de saison. Vacances et manières d’habiter au 20e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Fabrique des modes d’habiter. Hommes, lieux et milieux de vie, dir. Annabelle Morel-Brochet et Nathalie Ortar, Paris, L'Harmattan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parlons sexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dr Auguste Forel, La Question sexuelle exposée aux adultes cultivés (1906), Paris, Autrement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias à la plage. Corps et civilisation dans l’entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norbert Elias et le 20e siècle. Le processus de civilisation à l’épreuve, dir. Quentin Deluermoz, Paris, Perrin, p. 237-260.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux siècles d’ennui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Ennui. Histoire d’un état d’âme, 19e-20e siècles, dir. Pascale Goetschel, Christophe Granger, Nathalie Richard et Sylvain Venayre, Paris, Publications de la Sorbonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La jeune fille aux seins nus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire par corps, Chair posture charisme, dir. Christophe Granger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le passé est un immense corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire par corps. Chair, posture, charisme, dir. Christophe Granger, Aix-en-Provence, Presses universitaires de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evénement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire d’histoire culturelle de la France contemporaine, dir. Christian Delporte, Jean-Yves Mollier et Jean-François Sirinelli, Paris, PUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire d’histoire culturelle de la France contemporaine, dir. Christian Delporte, Jan-Yves Mollier et Jean-François Sirinelli, Paris, PUF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dubrule et Gérard Pélisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique des patrons français, dir. Jean-Claude Daumas, Paris, Flammarion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réception académique. Du compte rendu dans la maison Histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lire, voir, entendre. La réception des objets médiatiques, dir. Pascale Goetschel, François Jost et Myriam Tsikounas, Paris, Publication de la Sorbonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plage a-t-elle un genre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Genre des territoires. Féminin, masculin, neutre, dir. Christine Bard, Angers, Presses de l’université d’Angers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre prend-il des vacances ? Visions et divisions sexuelles du temps libre (1950-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Granger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Genre face aux mutations. Masculin et féminin, du Moyen Âge à nos jours, dir. Luc Capdevila, Sophie Cassagnes, Martine Cocaud, Dominique Godineau, François Rouquet, Jacqueline Sainclivier, Rennes, Presses Universitaires de Rennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId182"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586276v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Granger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.114.0185" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586279v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/hsr.49.2024.18" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387824v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.232.0195" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387829v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fabre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Surun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mond1.224.0007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447718v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.112.0145" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639365v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.191.0287" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387817v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Bateson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.154.0111" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046594v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Bourguignon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.123.0003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553493v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blandin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Goetschel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhc.593" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527579v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.149.0019" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065492v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monjaret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.6552" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065710v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Backouche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gensburger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.7097" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553512v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.049.0009" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553522v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.226.0086" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553525v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553526v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135912v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briatte" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bruno" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Carnino" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cherrier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Colmellere" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.8995" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553535v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560815v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553540v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/TERRAIN.16163" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527734v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527731v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527727v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sensi.001.0068" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527741v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560868v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mazurel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527730v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Giard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527736v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527713v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560857v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527718v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553628v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.123.0173" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527688v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.123.0085" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553625v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.123.0003" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527664v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.146" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553627v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.123.0049" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553632v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Halbwachs" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.123.0039" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553662v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.116.0069" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553657v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2012.10707848" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553667v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.032.0007" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553671v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.032.0155" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553669v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.031.0105" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553672v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laborie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.032.0167" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553668v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.032.0111" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553677v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.106.0115" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560865v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553682v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.2423" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553834v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553838v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553835v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.041.0123" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553843v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.021.0059" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553848v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.021.0013" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387895v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387877v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640708v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387850v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Primev&#232;re Lesson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639367v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553488v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553468v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387886v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Sandburg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147139v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Gall" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vignon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553507v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553536v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527758v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553616v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527746v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527716v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527751v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553638v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Vanneau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553633v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553646v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Chavanne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leboss&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Aoustin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553652v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553650v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01879198v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Venayre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Nathalie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553665v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553681v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640703v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387868v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553498v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553479v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553470v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553519v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553529v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553531v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553532v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527759v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527755v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527754v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527757v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527742v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527702v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110351743" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553630v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553635v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553641v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553645v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553639v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553640v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553655v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553647v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553659v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560862v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553651v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553654v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553676v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553674v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553679v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553680v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553840v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553847v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586276v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Granger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.114.0185" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586279v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/hsr.49.2024.18" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387824v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.232.0195" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387829v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fabre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Surun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mond1.224.0007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447718v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.112.0145" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639365v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.191.0287" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387817v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Bateson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.154.0111" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046594v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Bourguignon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.123.0003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553493v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blandin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Goetschel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhc.593" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527579v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.149.0019" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065710v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monjaret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065621v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Backouche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gensburger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.7097" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065492v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.6552" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553512v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.049.0009" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553522v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.226.0086" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553525v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553526v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135912v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briatte" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bruno" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Carnino" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cherrier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Colmellere" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.8995" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553535v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560815v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553540v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/TERRAIN.16163" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527727v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sensi.001.0068" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527731v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527741v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527734v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560868v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mazurel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527730v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Giard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527736v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560857v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527713v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527718v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553628v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.123.0173" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527688v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.123.0085" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553625v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.123.0003" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527664v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.146" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553627v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.123.0049" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553632v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Halbwachs" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.123.0039" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553662v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.116.0069" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553657v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2012.10707848" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553671v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.032.0155" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553669v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.031.0105" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553667v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.032.0007" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553668v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.032.0111" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553672v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laborie" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.032.0167" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553677v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.106.0115" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560865v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553682v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.2423" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553834v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553838v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553835v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.041.0123" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553843v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.021.0059" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553848v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.021.0013" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387895v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387877v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640708v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639367v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387850v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Primev&#232;re Lesson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553488v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553468v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387886v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Sandburg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04147139v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Gall" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vignon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553507v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553536v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527758v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553616v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527746v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527716v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527751v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553638v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Vanneau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553633v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553646v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Chavanne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leboss&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Aoustin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553652v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553650v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01879198v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Venayre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Nathalie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553665v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553681v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640703v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387868v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553498v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553479v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553470v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553519v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553529v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553531v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553532v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527759v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527755v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527754v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527757v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527742v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03527702v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110351743" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553630v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553635v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553639v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553640v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553641v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553645v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553655v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553659v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560862v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553647v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553651v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553654v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553676v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553674v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553679v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553680v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553840v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553847v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>