--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -458,230 +458,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03469351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity analysis and uncertainty in CFD simulations of multiphase flow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of the maturation process on soot particle aggregation kinetics and morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Bossy</w:t>
+                <w:t xml:space="preserve">Alexandre Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OpenTurns User day 14 (2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Cambridge Particle MMeeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Virtual Conference, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03469388v1</w:t>
+                <w:t xml:space="preserve">hal-03351018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the maturation process on soot particle aggregation kinetics and morphology</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sensitivity analysis and uncertainty in CFD simulations of multiphase flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Poux</w:t>
+                <w:t xml:space="preserve">Aurore Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Mireille Bossy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cambridge Particle MMeeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Virtual Conference, United Kingdom</w:t>
+              <w:t xml:space="preserve">OpenTurns User day 14 (2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351018v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics and fragmentation of small inextensible fibers in turbulence</w:t>
               </w:r>
@@ -926,516 +926,516 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced transport of flexible fibers by pole vaulting in turbulent wall-bounded flow</w:t>
+                <w:t xml:space="preserve">Particle resuspension from complex multilayer deposits by laminar flows: statistical analysis and modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Bec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Brouzet</w:t>
+                <w:t xml:space="preserve">Hao Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernhard Vowinckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.9.L062501⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.105115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2024.105115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04296840v1</w:t>
+                <w:t xml:space="preserve">hal-04692641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle resuspension from complex multilayer deposits by laminar flows: statistical analysis and modeling</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhanced transport of flexible fibers by pole vaulting in turbulent wall-bounded flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernhard Vowinckel</w:t>
+                <w:t xml:space="preserve">Jérémie Bec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Brouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.105115. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (6), pp.L062501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2024.105115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.9.L062501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04692641v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle resuspension: challenges and perspectives for future models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approximating the van der Waals interaction potentials between agglomerates of nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sara Brambilla</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Reza Kholghy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physrep.2022.12.005⟩</w:t>
+              <w:t xml:space="preserve">Advanced Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34 (12), pp.104269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apt.2023.104269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03909063v1</w:t>
+                <w:t xml:space="preserve">hal-04285994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximating the van der Waals interaction potentials between agglomerates of nanoparticles</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Particle resuspension: challenges and perspectives for future models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Minier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Reza Kholghy</w:t>
+                <w:t xml:space="preserve">Sara Brambilla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Powder Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 34 (12), pp.104269. </w:t>
+              <w:t xml:space="preserve">Physics Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1007, pp.1-98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apt.2023.104269⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physrep.2022.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04285994v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03909063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lagrangian stochastic model for the orientation of inertialess non spherical particles in turbulent flows: an efficient numerical method for CFD approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Campana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1759,51 +1759,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particle agglomeration in flows: fast data-driven spatial decomposition algorithm for CFD simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerlyns Martínez Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1850,90 +1850,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the maturation process on soot particle aggregation kinetics and morphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 182, pp.837-846. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2127,51 +2127,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerlyns Martinez-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2239,51 +2239,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New spatial decomposition method for accurate, mesh-independent agglomeration predictions in particle-laden flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerlyns Martínez Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Maftei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2382,51 +2382,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Allende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 378, pp.20190398. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2707,51 +2707,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 3 (2), pp.Article 024303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3363,90 +3363,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van der Waals interaction forces between raspberry-like Agglomerates of Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reza M. R. Kholghy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2022 - Congres Français sur les Aérosols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3471,90 +3471,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the maturation process on soot particle aggregation kinetics and morphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Morán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Aerosol Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, online presentation, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3624,51 +3624,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet POPART : Modélisation du transport et du dépôt de particules non-sphériques par des écoulements turbulents Livrable n°4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Bec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3742,51 +3742,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet POPART : Modélisation du transport et du dépôt de particules non-sphériques par des écoulements turbulents Livrable n°3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Bec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3860,51 +3860,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet POPART : Modélisation du transport et du dépôt de particules non-sphériques par des écoulements turbulents Livrable n°2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Bec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3978,51 +3978,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet POPART : Modélisation du transport et du dépôt de particules non-sphériques par des écoulements turbulents Livrable n°1 : Proposition d’un modèle pour la description de fibres flexibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Bec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bossy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4226,51 +4226,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530410v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Henry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806528v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brouzet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043157v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03469351v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerlyns Martinez-Rodriguez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Murrone" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rutard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03469388v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dupr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Bossy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351018v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mor&#225;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Yon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876389v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Allende" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320438v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Minier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ferrand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-84466-9#accessibility-statement" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-84466-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296840v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bec" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.L062501" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04692641v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Liu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Vowinckel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.105115" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03909063v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Brambilla" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2022.12.005" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04285994v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Yon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reza Kholghy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apt.2023.104269" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03862286v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Campana" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2023.105870" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04059629v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Balvet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yelva Roustan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mcma-2023-2002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04232948v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Banari" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Graebe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rudolph" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Mohseni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lorenz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2023.106258" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03180740v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerlyns Mart&#237;nez Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2021.103962" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03281409v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2021.06.085" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03467963v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Henrique Fank Eidt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Zimmer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.L082301" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03041624v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02497721v3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Maftei" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyedafshin Shekarforush" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2020.08.064" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615091v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2019.0398" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02374779v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Me&#239;ssam Louisa Bahlali" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Carissimo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-019-00486-9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362950v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.154501" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01737137v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Vall&#233;e" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Hachem" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.024303" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362945v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Krstulovic" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.98.023107" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054795v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2018.01.005" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01425203v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Mohaupt" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Profeta" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Pozorski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2014.01.007" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3PSC0XGH-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04355292v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-04178774v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665520v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza M. R. Kholghy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351023v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03161688v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02375912v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02375902v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02375877v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530410v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Henry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806528v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brouzet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043157v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03469351v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerlyns Martinez-Rodriguez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Murrone" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rutard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351018v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mor&#225;n" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Yon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03469388v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dupr&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Bossy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876389v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Allende" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320438v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Minier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ferrand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-84466-9#accessibility-statement" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-84466-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04692641v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Liu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Vowinckel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.105115" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296840v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.9.L062501" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04285994v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Yon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reza Kholghy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apt.2023.104269" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03909063v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Brambilla" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2022.12.005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03862286v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Campana" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2023.105870" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04059629v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Balvet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yelva Roustan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mcma-2023-2002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04232948v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Banari" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Graebe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rudolph" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Mohseni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lorenz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2023.106258" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03180740v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerlyns Mart&#237;nez Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2021.103962" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03281409v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2021.06.085" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03467963v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Henrique Fank Eidt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Zimmer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.L082301" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03041624v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02497721v3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Maftei" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyedafshin Shekarforush" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2020.08.064" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615091v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2019.0398" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02374779v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Me&#239;ssam Louisa Bahlali" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Carissimo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-019-00486-9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362950v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.154501" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01737137v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Vall&#233;e" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Hachem" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.024303" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362945v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Krstulovic" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.98.023107" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054795v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2018.01.005" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01425203v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Mohaupt" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Profeta" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Pozorski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2014.01.007" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3PSC0XGH-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04355292v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-04178774v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665520v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza M. R. Kholghy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351023v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03161688v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02375912v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02375902v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02375877v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>