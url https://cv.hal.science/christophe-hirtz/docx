--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:140.14598540146px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Hirtz </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (142)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inflammation biomarkers in the intracranial blood associate with outcome in ischemic stroke patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Dargazanli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Blaquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinette Moynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric de Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Labreuche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurointerventional Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (2), pp.159-166. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jnis-2023-021365⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science of omics: a molecular space odyssey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Coppens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Bailey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1113/EP092777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05084520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hepcidin as an emerging predictor biomarker of leptomeningeal metastases in patients with metastatic breast cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Al Herk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Jacot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Laigre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25 (1), pp.1801. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12885-025-15124-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoding epithelial regeneration in the cornea: multi-omic analysis reveals cellular plasticity as central mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Feret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Caballero Megido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Kuony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Marangoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Fichter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cellular and Molecular Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30, pp.131. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s11658-025-00804-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E4F1 coordinates pyruvate metabolism and the activity of the elongator complex to ensure translation fidelity during brain development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela Di Michele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imène Tabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laguesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (1), pp.67. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-55444-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04943138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A sensitive high-resolution mass spectrometry method for quantifying intact M-protein light chains in patients with multiple myeloma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Muccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Descloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fedeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Macé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 552, pp.117634. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2023.117634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glial fibrillary acidic protein in Alzheimer’s disease: a narrative review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florine Leipp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Coppens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Jaffuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 6 (6), pp.fcae396. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/braincomms/fcae396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasensitive In Vitro and Ex Vivo Tracking of 13 C-Labeled PEG–PLA Degradation Products by MALDI-TOF Mass Spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh-Thuong Khong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Darcos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feifei Ng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (11), pp.7485-7499. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.4c01169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum NfL and GFAP are weak predictors of long-term multiple sclerosis prognosis: A 6-year follow-up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ayrignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Aouinti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Carra Dallière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Charif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiple Sclerosis and Related Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 89, pp.105747. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msard.2024.105747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surfaceome: a new era in the discovery of immune evasion mechanisms of circulating tumor cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doryan Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Alix-Panabières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Oncology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Online ahead of print. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/1878-0261.13665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing the sensitivity of Simoa via bead count reduction facilitates the quantification of pTau‐181 in dried plasma spots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia: Translational Research &amp; Clinical Interventions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (1), pp.e12456. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/trc2.12456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS-CoV-2 Displays a Suboptimal Codon Usage Bias for Efficient Translation in Human Cells Diverted by Hijacking the tRNA Epitranscriptome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Eldin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Briant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (21), pp.11614. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms252111614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-polio syndrome is not a dysimmune condition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bakhti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Physical and Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 60 (2), pp.270-279. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23736/S1973-9087.23.08158-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual CRALBP isoforms unveiled: iPSC-derived retinal modeling and AAV2/5-RLBP1 gene transfer raise considerations for effective therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Damodar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Mamaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Péquignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (12), pp.4319-4336. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymthe.2024.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inherited mitochondrial dysfunction triggered by OPA1 mutation impacts the sensory innervation fibre identity, functionality and regenerative potential in the cornea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Meneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Feret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Pernot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solange Sarkis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (1), pp.18794. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-024-68994-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04865516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass Spectrometry-Based Pipeline for Identifying RNA Modifications Involved in a Functional Process: Application to Cancer Cell Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Buffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Mateus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 96 (5), pp.1825-1833. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.3c02635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarifying the association of CSF Aβ, tau, BACE1, and neurogranin with AT(N) stages in Alzheimer disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Neurodegeneration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (1), pp.66. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13024-024-00755-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A candidate reference measurement procedure for the quantification of α-synuclein in cerebrospinal fluid using an SI traceable primary calibrator and multiple reaction monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leran Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Illes-Toth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Cryar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giles Drinkwater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Di Vagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 149 (19), pp.4842-4850. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4an00634h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blood-based biomarkers and plasma Aβ assays in the differential diagnosis of Alzheimer’s disease and behavioral-variant frontotemporal dementia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Kindermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Anderl-Straub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonie Werner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (1), pp.279. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-024-01647-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of dried blood spots for monitoring inflammatory and nutritional biomarkers in the elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Badiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Baptista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 62 (5), pp.881-890. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cclm-2023-0312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04435829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of plasma concentration of Belimumab by LC-MS/MS: Method development, validation, and clinical application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Noé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Schlemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Robidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 236, pp.115730. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpba.2023.115730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blood Biomarkers for Return to Play after Concussion in Professional Rugby Players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Oris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Durif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Rouzaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurotrauma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 40 (3-4), pp.283-295. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/neu.2022.0148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiplexed LC-MS/MS quantification of salivary RNA modifications in periodontitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Periodontal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (5), pp.959-967. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jre.13155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04138466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lifelong exposure to high‐altitude hypoxia in humans is associated with improved redox homeostasis and structural‐functional adaptations of the neurovascular unit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Stacey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Hoiland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Caldwell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connor Howe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyler Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 601 (6), pp.1095-1120. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1113/JP283362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does exposure to different menstrual products affect the vaginal environment?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tessandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilkay Başak Uysal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Grasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, EVOLUTIONARY ECOLOGY OF HUMAN‐ASSOCIATED MICROBES, 32 (10), pp.2592-2601. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.16678⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasensitive Digital Immunoassays for SOD1 Conformation in Amyotrophic Lateral Sclerosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Morichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mezghrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Raoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (15), pp.927-936. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2023-0103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methods to Discover and Validate Biofluid-Based Biomarkers in Neurodegenerative Dementias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Teunissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leighann Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sherif Bayoumy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Bolsewig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felicia Burtscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22 (10), pp.100629. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mcpro.2023.100629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiplexed LC‐MS / MS quantification of salivary RNA modifications in periodontitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Periodontal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (5), pp.959-967. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jre.13155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04244619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum neurofilament light chain cut‐off definition for clinical diagnosis and prognosis of amyotrophic lateral sclerosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Brousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa de la Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kuhle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Benkert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30 (7), pp.1919-1927. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ene.15813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04702161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a candidate reference measurement procedure by ID-LC-MS/MS for total tau protein measurement in cerebrospinal fluid (CSF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Giangrande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vaneeckhoutte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Lalere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 61 (7), pp.1235-1244. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cclm-2022-1250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04598085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicotianamine synthase activity affects nucleolar iron accumulation and impacts rDNA silencing and RNA methylation in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Montacié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Riondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lili Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommy Darrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 74 (15), pp.4384-4400. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erad180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current Understanding of Dried Spots Platform for Blood Proteomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Perpétuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Manadas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (2), pp.81-90. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1570164620666230727104921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04954080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the blood biomarkers in Alzheimer's disease: Promises and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Neurologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 179 (3), pp.161-172. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurol.2022.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05248786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurofilament-Light, a Promising Biomarker: Analytical, Metrological and Clinical Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Coppens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Hopley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (14), pp.11624. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms241411624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower systemic nitric oxide bioactivity, cerebral hypoperfusion and accelerated cognitive decline in formerly concussed retired rugby union players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Owens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Marley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Calverley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Stacey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lewis Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (8), pp.1029-1046. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1113/EP091195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Perspectives of Multiplex Mass Spectrometry Blood Protein Quantification on Microsamples in Biological Monitoring of Elderly Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Badiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Baptista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Fichter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (8), pp.6989. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms24086989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092116v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of ultrasensitive and mass spectrometry quantification of blood-based amyloid biomarkers for Alzheimer’s disease diagnosis in a memory clinic cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Busto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bennys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Kindermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Navucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (1), pp.34. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-023-01188-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04598384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Readthrough isoform of aquaporin-4 (AQP4) as a therapeutic target for Alzheimer’s disease and other proteinopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (1), pp.170. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-023-01318-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying RNA modifications by mass spectrometry: a novel source of biomarkers in oncology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 59 (1), pp.1-18. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2021.1958743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03340697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differentiation of Human Induced Pluripotent Stem Cells from Patients with Severe COPD into Functional Airway Epithelium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engi Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fieldes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Mianné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (15), pp.2422. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cells11152422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">β-Synuclein as a candidate blood biomarker for synaptic degeneration in Alzheimer’s disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (1), pp.179. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-022-01125-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypoxemia increases blood-brain barrier permeability during extreme apnea in humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Hoiland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Otto Barak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Drvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 42 (6), pp.1120-1135. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0271678X221075967⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSF β-amyloid is not a prognostic marker in multiple sclerosis patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Petitfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ayrignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Ginestet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Prin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Carra Dallière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiple Sclerosis and Related Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 68, pp.104096. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msard.2022.104096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04467644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomics Challenges for the Assessment of Synuclein Proteoforms as Clinical Biomarkers in Parkinson’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neil Loftus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14, pp.818606. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnagi.2022.818606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04527498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-articular delivery of full-length antibodies through the use of an in situ forming depot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Fayd'Herbe de Maudave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilhem Leconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Toupet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Constantinides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bossis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Controlled Release</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 341, pp.578-590. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jconrel.2021.12.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repeated neurofilament light chain measurements did not capture Riluzole therapeutic effect in amyotrophic lateral sclerosis patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Esselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa de la Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Alphandery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNS Neuroscience &amp; Therapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 28 (10), pp.1532-1538. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cns.13894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheology predicts sputum eosinophilia in patients with muco-obstructive lung diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Volpato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carey Suehs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 622, pp.64-71. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbrc.2022.07.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A single short reprogramming early in life initiates and propagates an epigenetically related mechanism improving fitness and promoting an increased healthy lifespan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Le Borgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Béchir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aging Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12p. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/acel.13714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03819049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concomitant and productive genital infections by HSV-2 and HPV in two young women: A case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilkay Başak Uysal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Boué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lia Murall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Graf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDCases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30, pp.e01604. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.idcr.2022.e01604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering Black Extrinsic Tooth Stain Composition in Children Using Metaproteomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atef Mahmoud Mannaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Moulis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pible</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin O’flynn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Omega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (10), pp.8258-8267. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsomega.1c04770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The alternative proteome in neurobiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fncel.2022.1019680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate Analysis of RNA Chemistry Marks Uncovers Epitranscriptomics-Based Biomarker Signature for Adult Diffuse Glioma Diagnostics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Relier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Izoudine Blaise Koumare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Rigau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 94 (35), pp.11967-11972. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.2c01526⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03761119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alarming Tuberculosis Rate Among People Who Inject Drugs in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Thu Trang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luong Anh Ngoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dao Thi Dieu Thuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Laureillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Forum Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (2), pp.e1003528. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ofid/ofab548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes Occurring on the Activity of Salivary Alpha-Amylase Proteoforms in Two Naturalistic Situations Using a Spectrophotometric Assay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Contreras-Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Mateo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Tecles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damián Escribano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (3), pp.227. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology10030227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytokine response following perturbation of the cervicovaginal milieu during HPV genital infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massilva Rahmoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lia Murall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Boué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Immunologic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 69 (3), pp.255-263. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12026-021-09196-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical comparison of ELISA and mass spectrometry for quantification of serum hepcidin in critically ill patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Herkert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2021-0069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FTO-mediated cytoplasmic m6Am demethylation adjusts stem-like properties in colorectal cancer cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Relier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Ripoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Guillorit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrinne Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (1), pp.1716. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-021-21758-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03178788v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of plasma biomarkers for AT(N) classification of neurodegenerative dementias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alcolea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laia Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teresa Estellés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 92 (11), pp.1206-1214. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jnnp-2021-326603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau protein in cerebrospinal fluid: a novel biomarker of the time of death?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Baccino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Ginestet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 135 (5), pp.2081-2089. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-021-02558-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03669478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum glial fibrillary acidic protein is a predictor of brain metastases in patients with metastatic breast cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Darlix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Mollevi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Ginestet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 149 (8), pp.1605-1618. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ijc.33724⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghrelin and adipokines: An overview of their physiological role, antimicrobial activity and impact on cardiovascular conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Perpétuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Marie Voisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Vitorino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vitamins and hormones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vitamins and Hormones, 115, pp.477-509. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.vh.2020.12.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The potential impact of salivary peptides in periodontitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin O'Flynn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Marie Voisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 58 (7), pp.479-492. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2021.1907298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peripheral Blood and Salivary Biomarkers of Blood–Brain Barrier Permeability and Neuronal Damage: Clinical and Applied Concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Janigro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Badaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin O'Flynn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.577312. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fneur.2020.577312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytokines as new biomarkers of skin wound vitality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Becas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Adriansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gauchotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 135 (6), pp.2537-2545. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-021-02659-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concussion history in rugby union players is associated with depressed cerebrovascular reactivity and cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Simon Owens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Andrew Calverley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Steven Stacey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Rose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lewis Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (12), pp.2291-2299. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sms.14046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03340628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laccases 2 & 3 as biomarkers of Botrytis cinerea infection in sweet white wines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 315, pp.126233. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.126233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of amyloid beta peptides in body fluids for the diagnosis of alzheimer’s disease: Where do we stand?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bhavana Veerabhadrappa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alcolea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 57 (2), pp.99-113. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2019.1678011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soluble Intercellular Adhesion Molecule- (sICAM-) 1, Thrombospondin-1, and Vinculin for the Identification of Septic Shock Patients Suffering from an Invasive Fungal Infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Decker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Incamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Sigl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Uhle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bruckner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediators of Inflammation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2020/3470163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation of human salivary alpha-amylase proteoforms in three stimulation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María D Contreras-Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Escribano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Oral Investigations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 24 (1), pp.475-486. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00784-019-03021-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hepcidin and ferritin levels in restless legs syndrome: a case–control study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiene Chenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Laura Rassu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Barateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.11914. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-68851-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02938904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient extraction of intact HSA-Aβ peptide complexes from sera: Toward albuminome biomarker identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Thuy Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Taverna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talanta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 216, pp.121002. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03490253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gravitational Transitions Increase Posterior Cerebral Perfusion and Systemic Oxidative-nitrosative Stress: Implications for Neurovascular Unit Integrity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lanéelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Eudes Trihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Marchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Stacey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 441, pp.142-160. </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroscience.2020.05.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Proteomics as a Tool for Biomarker and Drug Target Discovery: Improving the Diagnosis and Treatment of Neurodegenerative Diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Belbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduard Sabidó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12, pp.232. </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnagi.2020.00232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum GFAP in multiple sclerosis: correlation with disease type and MRI markers of disease severity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ayrignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Le Bars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Maleska Maceski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.10923. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-67934-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02904593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal fluid A beta 1–40 peptides increase in Alzheimer’s disease and are highly correlated with phospho-tau in control individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dumurgier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ayrignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Marelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alcolea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (1), </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-020-00696-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03334220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal Fluid and Plasma Biomarkers do not Differ in the Presenile and Late-Onset Behavioral Variants of Frontotemporal Dementia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Marelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Hourregue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Paquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Menjot de Champfleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 74 (3), pp.903-911. </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-190378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal Fluid and Plasma Biomarkers do not Differ in the Presenile and Late-Onset Behavioral Variants of Frontotemporal Dementia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Menjot de Champfleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Maleska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Marelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Hourregue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-190378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellules souches dentaires : mythe ou espoir en médecine neurorégénératrice ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syrine Dimassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aroa Relaño-Ginés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Biologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 78 (6), pp.593-603. </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/abc.2020.1611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03174618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal fluid phospho-tau T217 outperforms T181 as a biomarker for the differential diagnosis of Alzheimer’s disease and PET amyloid-positive patient identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Randall Bateman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Becher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (1), pp.26. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-020-00596-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IN VIVO LARGE SCALE MAPPING OF PROTEIN TURNOVER IN THE HUMAN CEREBROSPINAL FLUID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Ory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gras Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 91 (24), pp.15500-15508. </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.9b03328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The m 6 A pathway protects the transcriptome integrity by restricting RNA chimera formation in plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pontier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Picart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moaine El Baidouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Life Science Alliance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (3), pp.e201900393. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26508/lsa.201900393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The prognostic value of the Tau protein serum level in metastatic breast cancer patients and its correlation with brain metastases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Darlix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Thèzenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Maceski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (1), pp.110. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12885-019-5287-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02050007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SILK studies — capturing the turnover of proteins linked to neurodegenerative diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ross Paterson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brendan Lucey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Leckey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Reviews Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (7), pp.419-427. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41582-019-0222-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical markers of time since death in cerebrospinal fluid: A first step towards “Forensomics”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Baccino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 56 (4), pp.274-286. </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2019.1619158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bystander effectors of chondrosarcoma cells irradiated at different LET impair proliferation of chondrocytes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Lepleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Marie-Brasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Temelie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Brotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cell Communication and Signaling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (3), pp.343-356. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12079-019-00515-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02125509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dental stem cells as a promising source for cell therapies in neurological diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aroa Relaño-Ginès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 56 (3), pp.170-181. </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2019.1571478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural history, dynamics, and ecology of human papillomaviruses in genital infections of young women: protocol of the PAPCLEAR cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Murall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massilva Rahmoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Baldellou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (6), pp.e025129. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-025129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-flow vs standard-flow: Which is the more suitable LC/MS method for quantifying hepcidin-25 in human serum in routine clinical settings?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Picas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1086, pp.110 - 117. </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jchromb.2018.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albumin depletion of human serum to improve quantitative clinical proteomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Kadiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin O’flynn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Topics in Peptide and Protein Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 19, pp.53-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data from a targeted proteomics approach to discover biomarkers in saliva for the clinical diagnosis of periodontitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Orti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Relaño-Ginés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18, pp.294-299. </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2018.03.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02498960v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alzheimer’s Disease: Advances in Drug Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Piton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Desmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Dominique Lajoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 65 (1), pp.3 - 13. </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-180145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01876065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of biological matrix on inflammatory protein biomarker quantification based on targeted mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Incamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Saez-Boiteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svenja Lena Tiede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Rebillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janin Schulte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (17), pp.1383--1399. </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2018-0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between serum hepcidin level and restless legs syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dauvilliers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiene Chenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Guiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33 (4), pp.618 - 627. </w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mds.27287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strain effect on extracellular laccase activities from Botrytis cinerea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Quijada Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (2), pp.241-251. </w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajgw.12322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulatory context and validation of assays for clinical mass spectrometry proteomics (cMSP) methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cato Brede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lescuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Maceski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 55 (5), pp.346 - 358. </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2018.1470159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sample Pooling and Inflammation Linked to the False Selection of Biomarkers for Neurodegenerative Diseases in Top–Down Proteomics: A Pilot Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molinari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Peoc’h</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Séveno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.477. </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnmol.2018.00477⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a routine application of Top-Down approaches for label-free discovery workflows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Schmit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J.C.T. Wessels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain van Gool</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 175, pp.12 - 26. </w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprot.2017.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What sample preparation should be chosen for targeted MS monoclonal antibody quantification in human serum?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Broutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Pugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Santelé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Jaffuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (10), pp.723 - 735. </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2018-0027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma and CSF biomarkers for the diagnosis of Alzheimer's disease in adults with Down syndrome: a cross-sectional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Fortea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Carmona-Iragui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bessy Benejam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Videla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (10), pp.860-869. </w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-4422(18)30285-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02315310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La salive un avenir prometteur dans le monde du diagnostic médical et parodontal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Labau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Dentaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03984163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing a multiplex-targeted proteomics approach for the clinical diagnosis of periodontitis using saliva samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Orti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aroa Relaño-Ginès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1), pp.35 - 45. </w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2017-0218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of multiple proteoforms biomarkers on clinical samples by routine Top-Down approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Schmit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18, pp.1013 - 1021. </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2018.03.114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical mass spectrometry proteomics (cMSP) for medical laboratory: What does the future hold?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cato Brede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lescuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Cocho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 467, pp.51 - 58. </w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2016.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical perspectives of dried blood spot protein quantification using mass spectrometry methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Picas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 54 (3), pp.173 - 184. </w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2017.1297358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECQ1 helicase is involved in replication stress survival and drug resistance in multiple myeloma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Viziteu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Basbous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yea-Lih Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Leukemia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31 (10), pp.2104 - 2113. </w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/leu.2017.54⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal fluid levels of orexin-A and histamine, and sleep profile within the Alzheimer process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Jaussent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Navucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Aging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53, pp.59 - 66. </w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2017.01.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impurity determination for hepcidin by liquid chromatography-high resolution and ion mobility mass spectrometry for the value assignment of candidate primary calibrators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf Josephs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Stoppacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 409 (10), pp.2559 - 2567. </w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-017-0202-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of hepcidin-25 in human cerebrospinal fluid using LC–MS/MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Moulinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (4), pp.337 - 347. </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2016-0240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of HbA1c detection in whole blood and dried blood spots using an automated ion-exchange HPLC system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Maleska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Casteleyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orianne Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ducos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (5), pp.427-434. </w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2016-0278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing Deep White Matter Hyperintensities in Patients with Symptomatic Isolated Cortical Superficial Siderosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavinia Tatu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Demattei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Stroke and Cerebrovascular Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26 (3), pp.465 - 469. </w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jstrokecerebrovasdis.2016.12.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal Fluid Alzheimer’s Disease Biomarkers in Isolated Supratentorial Cortical Superficial Siderosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Demattei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Thouvenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 54 (4), pp.1291 - 1295. </w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-160400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomic profile of cerebrospinal fluid in patients with multiple sclerosis using two dimensional gel electrophoresis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dina Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Provansal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moustafa Rizk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pacint Moez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Biomedical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 73 (3), pp.143 - 146. </w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09674845.2016.1186310⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal Fluid Alzheimer’s Disease Biomarkers in Cerebral Amyloid Angiopathy-Related Inflammation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Wacongne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ayrignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Charif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Fourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50 (3), pp.759 - 764. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-150621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Mass Spectrometry Profiles of Tau Protein in the Cerebrospinal Fluid of Patients with Alzheimer’s Disease, Progressive Supranuclear Palsy, and Dementia with Lewy Bodies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fenaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 51 (4), pp.1033 - 1043. </w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-150962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of new quantitative mass spectrometry and semi-automatic isofocusing methods for the determination of Apolipoprotein E typing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Nouadje</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Benlian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 454, pp.33 - 38. </w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2015.12.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From radioimmunoassay to mass spectrometry: a new method to quantify orexin-A (hypocretin-1) in cerebrospinal fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dauvilliers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.25162. </w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep25162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau Protein Quantification in Human Cerebrospinal Fluid by Targeted Mass Spectrometry at High Sequence Coverage Provides Insights into Its Primary Structure Heterogeneity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fenaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteome Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (2), pp.667 - 676. </w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jproteome.5b01001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absolute quantification of 35 plasma biomarkers in human saliva using targeted MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (1), pp.43 - 53. </w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio.15.228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Blood sampling using &amp;quot;dried blood spot&amp;quot;: a clinical biology revolution underway?].</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Biologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.25-37. </w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/abc.2014.1007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is the potential of dried matrix spot sampling for cerebrospinal fluid analysis?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (22), pp.2849 - 2851. </w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio.15.201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable Isotope Labeling by Amino acid in Vivo (SILAV): a new method to explore protein metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gras Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 29 (20), pp.1917 - 1925. </w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rcm.7289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative detection of amyloid-β peptides by mass spectrometry: state of the art and clinical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Lalere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 53 (10), pp.1483-93. </w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cclm-2014-1048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02077074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préparation injectable de leucine marquée au carbone 13 pour un programme de recherche clinique sur la maladie d’Alzheimer : contrôle pharmaceutique des matières premières et du produit fini et étude de stabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 73 (1), pp.43 - 59. </w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pharma.2014.06.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-omics profiling reveals that eating difficulties developed consecutively to artificial nutrition in the neonatal period are associated to specific saliva composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Neyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Brignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ducoroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 128, pp.105-112. </w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprot.2015.07.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216253v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human S100A10 plays a crucial role in the acquisition of the endometrial receptivity phenotype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Bissonnette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Drissennek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Adhesion and Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (3), pp.282 - 298. </w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19336918.2015.1128623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antibody-free quantification of seven tau peptides in human CSF using targeted mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9, </w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnins.2015.00302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Hydrophobic, Lipophilic and Immunodepletion Pre- Fractionation Methods for Label-Free LC-MS/MS Identification of Biomarkers in Human Cerebrospinal Fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Séveno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteomics and Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, s5, </w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4172/JPB.S5-003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical measurement of Hepcidin-25 in human serum: Is quantitative mass spectrometry up to the job?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuPA Open Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3, pp.60-67. </w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euprot.2014.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03096687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From “Clinical Proteomics” to “Clinical Chemistry Proteomics”: considerations using quantitative mass-spectrometry as a model approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Poinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Junot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Becher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 50 (2), pp.235-242. </w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/CCLM.2011.744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04508271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteins and proteolysis in pre-term and term human milk and possible implications for infant formulae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuele Armaforte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Curran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thom Huppertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Anthony Ryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Caboni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Dairy Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (10), pp.715-723. </w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.idairyj.2010.03.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exocytosis and protein secretion in Trypanosoma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Becue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bellard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Centeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10, pp.20. </w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2180-10-20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excreted/secreted proteins from Trypanosome procyclic strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M.A. Nten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Rofidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedicine and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2010, pp.212817. </w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2010/212817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matrix-assisted laser desorption/ionization imaging mass spectrometry of oxaliplatin derivatives in heated intraoperative chemotherapy (HIPEC)-like treated rat kidney.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Bouslimani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Bec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Glueckmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Larroque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 24 (4), pp.415-21. </w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rcm.4408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00452373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of Reducing/Nonreducing Two-Dimensional Electrophoresis for the Study of Disulfide-Mediated Interactions between Proteins in Raw and Heated Bovine Milk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Kelly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (13), pp.5948-5955. </w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf900518n⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of Reducing/Nonreducing Two-Dimensional Electrophoresis for the Study of Disulfide-Mediated Interactions between Proteins in Raw and Heated Bovine Milk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Kelly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (13), pp.5948-5955. </w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf900518n⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of environmental salinity on the proteome of the sea bass (Dicentrarchus labrax L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chin-Long Ky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien de Lorgeril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 38 (6), pp.601-608. </w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2052.2007.01652.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomic Studies of Saliva: A Proposal for a Standardized Handling of Clinical Samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Chay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cuisinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 3 (1-4), pp.13 - 21. </w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12014-007-9000-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01743573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salivary protein profiling in type I diabetes using two-dimensional electrophoresis and mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Raingeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2 (1-2), pp.117-127. </w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1385/CP:2:1:117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MS characterization of multiple forms of alpha-amylase in human saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Centeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Rofidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Egea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 5 (17), pp.4597-4607. </w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pmic.200401316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preproinsulin I and II mRNA expression in adult rat submandibular glands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Egea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Gross</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Dominique Lajoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Traskawka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Oral Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 108 (4), pp.292-296. </w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1034/j.1600-0722.2000.108004292.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B2 kinin receptor upregulation by cAMP is associated with BK-induced PGE2 production in rat mesangial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria E. Marin Castaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joost P Schanstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Pecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Girolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AJP Renal Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 274 (3), pp.532-540. </w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/ajprenal.1998.274.3.F532⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The B1-agonist [des-Arg10 ]-kallidin Activates Transcription Factor NF-B and Induces Homologous Upregulation of the Bradykinin B1-receptor in Cultured Human Lung Fibroblasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joost Schanstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Bataillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria E. Marin Castaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Barascud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 101 (10), pp.2080-2091. </w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1172/JCI1359⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nucleolus structure and processing of ribosomal RNA are compromised in Arabidopsis thaliana upon heat stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommy Darriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Jobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Escande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Debures</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attina Aurore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RNAOcc’ Club RNA Occitanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bystander Effects of human chondrosarcoma cells irradiated with accelerated ions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Lepleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Marie-Brasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Temelie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNB 2018 - 15th National Conference of Biophysics of the Romanian Society of Pure and Applied Biophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bucharest (RO), Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04236753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children with eating disorders secondarily to artificial nutrition in the neonatal period have specific food preferences and saliva composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Neyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Lucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Brignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ducoroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49. annual meeting of the European society for paediatric gastroenterology, hepatology and nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Paediatric Gastroenterology, Hepatology and Nutrition (ESPGHAN). USA., May 2016, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01512124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-omics profiling reveals that eating difficulties developed consecutively to artificial nutrition in the neonatal period are associated to specific saliva composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Lucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Neyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Brignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ducoroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de Spectrométrie de Masse et d'Analyse Protéomique (SMAP 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P1‐129: CSF AD BIOMARKERS IN MEMORY CLINIC PATIENTS: THE EP.L.M.FR STUDY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dumurgier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Wallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 Alzheimer's Imaging Consortium (IC): IC-02: Preclinical Alzheimer's Disease and Biomarkers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Copenhagen, Denmark. </w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jalz.2014.05.366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05348160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate Analysis of RNA Chemistry Marks Uncovers Epitranscriptomics-Based Biomarker Signature for Adult Diffuse Glioma Diagnostics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Relier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Izoudine B Koumare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Rigau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOBIM 2023 - 23es Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Nice, France. , pp.82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-04286528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Targeting iron homeostasis in combination with IMiDs as a therapeutic strategy in multiple myeloma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Ovejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Cañeque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Myeloma Society Annual Meeting (IMS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Athène, Greece. , Clinical Lymphoma, Myeloma and Leukemia, 23 (Suppl. 2), pp.S149 / P207, 2023, The Abstract from International Myeloma Society 20th Annual Meeting and Exposition</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05485234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epigenetic Modifiers MMSET and EZH2 Physically Interact and Cooperate to Support Multiple Myeloma Pathophysiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Varlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elina Alaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues de Boussac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th ASH Annual Meeting (ASH 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, San Diego (CA), United States. </w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Blood, 142 (Supplement 1), pp.1964-1965, 2023, The 65th ASH Annual Meeting Abstracts. </w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1182/blood-2023-181018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05479158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Targeting iron homeostasis as a therapeutic strategy in multiple myeloma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Ovejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Cañeque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Requirand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th American Society of Hematology Annual Meeting and Exposition (ASH 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Nouvelle Orléans (LA), United States. , Blood, 140 (Suppl. 1), pp.9980-9981, 2022, </w:t></w:r><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1182/blood-2022-163252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05495235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected proteomics and biochemical complexity of human salivary $\alpha$-amylases in 2D gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Centeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Mass Spectrometry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Prague, Czech Republic. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation de l’expression de protéines salivaires lors du diabète de type 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Chay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Raingeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Symposium de Chimie et Biologie Analytiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable Isotope Labeling Kinetics in CNS Translational Medicine: Introduction to SILK Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Randall Bateman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim West</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Yarasheski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Patterson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brendan Lucey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translational Medicine in CNS Drug Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 29, Elsevier, pp.173-190, 2019, Handbook of Behavioral Neuroscience, </w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-803161-2.00011-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intact Protein Analysis by LC-MS for Characterizing Biomarkers in Cerebrospinal Fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Virginie Brun; Yohann Couté. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proteomics for Biomarker Discovery. Methods and Protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1959, Springer, pp.163-172, 2019, Methods in Molecular Biology, 978-1-4939-9163-1. </w:t></w:r><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-9164-8_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RABV L protein plays a role in immune escape through its methyltransferase activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Castet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahiba Aouadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Kergoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Bulteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss of tRNA uridine thiolation affects mRNA translation, protein production, and sulfur-compound metabolism in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dannfald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cadoudal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Merret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05302244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual CRALBP isoforms unveiled: iPSC-derived retinal modelling and AAV2/5-RLBP1 gene transfer raise considerations for effective therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Damodar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Mamaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pequignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04953893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A single short reprogramming early in life improves fitness and increases lifespan in old age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Le Borgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Béchir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId748"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:140.14598540146px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Hirtz </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (142)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inflammation biomarkers in the intracranial blood associate with outcome in ischemic stroke patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Dargazanli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Blaquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinette Moynier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric de Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Labreuche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurointerventional Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (2), pp.159-166. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jnis-2023-021365⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science of omics: a molecular space odyssey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Coppens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Bailey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1113/EP092777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05084520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hepcidin as an emerging predictor biomarker of leptomeningeal metastases in patients with metastatic breast cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Al Herk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Jacot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Laigre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25 (1), pp.1801. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12885-025-15124-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E4F1 coordinates pyruvate metabolism and the activity of the elongator complex to ensure translation fidelity during brain development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela Di Michele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-François Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imène Tabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laguesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (1), pp.67. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-55444-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04943138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoding epithelial regeneration in the cornea: multi-omic analysis reveals cellular plasticity as central mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Feret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Caballero Megido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Kuony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Marangoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Fichter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cellular and Molecular Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30, pp.131. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s11658-025-00804-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surfaceome: a new era in the discovery of immune evasion mechanisms of circulating tumor cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doryan Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Alix-Panabières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Oncology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Online ahead of print. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/1878-0261.13665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing the sensitivity of Simoa via bead count reduction facilitates the quantification of pTau‐181 in dried plasma spots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia: Translational Research &amp; Clinical Interventions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (1), pp.e12456. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/trc2.12456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasensitive In Vitro and Ex Vivo Tracking of 13 C-Labeled PEG–PLA Degradation Products by MALDI-TOF Mass Spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh-Thuong Khong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Darcos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feifei Ng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (11), pp.7485-7499. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.4c01169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum NfL and GFAP are weak predictors of long-term multiple sclerosis prognosis: A 6-year follow-up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ayrignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Aouinti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Carra Dallière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Charif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiple Sclerosis and Related Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 89, pp.105747. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msard.2024.105747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glial fibrillary acidic protein in Alzheimer’s disease: a narrative review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florine Leipp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Coppens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Jaffuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 6 (6), pp.fcae396. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/braincomms/fcae396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS-CoV-2 Displays a Suboptimal Codon Usage Bias for Efficient Translation in Human Cells Diverted by Hijacking the tRNA Epitranscriptome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Eldin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Battini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Briant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (21), pp.11614. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms252111614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-polio syndrome is not a dysimmune condition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bakhti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Physical and Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 60 (2), pp.270-279. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23736/S1973-9087.23.08158-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual CRALBP isoforms unveiled: iPSC-derived retinal modeling and AAV2/5-RLBP1 gene transfer raise considerations for effective therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Damodar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Mamaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Péquignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (12), pp.4319-4336. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymthe.2024.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inherited mitochondrial dysfunction triggered by OPA1 mutation impacts the sensory innervation fibre identity, functionality and regenerative potential in the cornea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Meneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Feret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Pernot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solange Sarkis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (1), pp.18794. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-024-68994-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04865516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass Spectrometry-Based Pipeline for Identifying RNA Modifications Involved in a Functional Process: Application to Cancer Cell Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Buffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Mateus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 96 (5), pp.1825-1833. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.3c02635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A candidate reference measurement procedure for the quantification of α-synuclein in cerebrospinal fluid using an SI traceable primary calibrator and multiple reaction monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leran Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Illes-Toth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Cryar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giles Drinkwater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Di Vagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 149 (19), pp.4842-4850. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4an00634h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blood-based biomarkers and plasma Aβ assays in the differential diagnosis of Alzheimer’s disease and behavioral-variant frontotemporal dementia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Kindermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Anderl-Straub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonie Werner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (1), pp.279. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-024-01647-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarifying the association of CSF Aβ, tau, BACE1, and neurogranin with AT(N) stages in Alzheimer disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Neurodegeneration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (1), pp.66. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13024-024-00755-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A sensitive high-resolution mass spectrometry method for quantifying intact M-protein light chains in patients with multiple myeloma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Muccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Descloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fedeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Macé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 552, pp.117634. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2023.117634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum neurofilament light chain cut‐off definition for clinical diagnosis and prognosis of amyotrophic lateral sclerosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Brousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa de la Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kuhle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Benkert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30 (7), pp.1919-1927. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ene.15813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04702161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methods to Discover and Validate Biofluid-Based Biomarkers in Neurodegenerative Dementias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Teunissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leighann Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sherif Bayoumy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Bolsewig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felicia Burtscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22 (10), pp.100629. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mcpro.2023.100629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiplexed LC‐MS / MS quantification of salivary RNA modifications in periodontitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Periodontal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (5), pp.959-967. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jre.13155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04244619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of dried blood spots for monitoring inflammatory and nutritional biomarkers in the elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Badiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Baptista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 62 (5), pp.881-890. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cclm-2023-0312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04435829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of plasma concentration of Belimumab by LC-MS/MS: Method development, validation, and clinical application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Noé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Schlemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Robidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 236, pp.115730. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpba.2023.115730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blood Biomarkers for Return to Play after Concussion in Professional Rugby Players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Oris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Durif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Rouzaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurotrauma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 40 (3-4), pp.283-295. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/neu.2022.0148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiplexed LC-MS/MS quantification of salivary RNA modifications in periodontitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Periodontal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (5), pp.959-967. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jre.13155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04138466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lifelong exposure to high‐altitude hypoxia in humans is associated with improved redox homeostasis and structural‐functional adaptations of the neurovascular unit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Stacey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Hoiland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Caldwell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connor Howe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyler Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 601 (6), pp.1095-1120. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1113/JP283362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasensitive Digital Immunoassays for SOD1 Conformation in Amyotrophic Lateral Sclerosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Morichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mezghrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Raoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (15), pp.927-936. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2023-0103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does exposure to different menstrual products affect the vaginal environment?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tessandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilkay Başak Uysal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Grasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, EVOLUTIONARY ECOLOGY OF HUMAN‐ASSOCIATED MICROBES, 32 (10), pp.2592-2601. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.16678⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a candidate reference measurement procedure by ID-LC-MS/MS for total tau protein measurement in cerebrospinal fluid (CSF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Giangrande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vaneeckhoutte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Lalere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 61 (7), pp.1235-1244. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cclm-2022-1250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04598085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicotianamine synthase activity affects nucleolar iron accumulation and impacts rDNA silencing and RNA methylation in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Montacié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Riondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lili Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommy Darrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alizée Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 74 (15), pp.4384-4400. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erad180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current Understanding of Dried Spots Platform for Blood Proteomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Perpétuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Manadas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (2), pp.81-90. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1570164620666230727104921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04954080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the blood biomarkers in Alzheimer's disease: Promises and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Neurologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 179 (3), pp.161-172. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurol.2022.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05248786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Perspectives of Multiplex Mass Spectrometry Blood Protein Quantification on Microsamples in Biological Monitoring of Elderly Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Badiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Baptista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Fichter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (8), pp.6989. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms24086989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04092116v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower systemic nitric oxide bioactivity, cerebral hypoperfusion and accelerated cognitive decline in formerly concussed retired rugby union players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Owens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Marley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Calverley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Stacey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lewis Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 108 (8), pp.1029-1046. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1113/EP091195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurofilament-Light, a Promising Biomarker: Analytical, Metrological and Clinical Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Coppens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Hopley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (14), pp.11624. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms241411624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Readthrough isoform of aquaporin-4 (AQP4) as a therapeutic target for Alzheimer’s disease and other proteinopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (1), pp.170. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-023-01318-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of ultrasensitive and mass spectrometry quantification of blood-based amyloid biomarkers for Alzheimer’s disease diagnosis in a memory clinic cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Busto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bennys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Kindermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Navucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (1), pp.34. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-023-01188-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04598384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomics Challenges for the Assessment of Synuclein Proteoforms as Clinical Biomarkers in Parkinson’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neil Loftus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14, pp.818606. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnagi.2022.818606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04527498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">β-Synuclein as a candidate blood biomarker for synaptic degeneration in Alzheimer’s disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (1), pp.179. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-022-01125-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differentiation of Human Induced Pluripotent Stem Cells from Patients with Severe COPD into Functional Airway Epithelium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engi Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fieldes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Mianné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (15), pp.2422. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cells11152422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypoxemia increases blood-brain barrier permeability during extreme apnea in humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Hoiland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Otto Barak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Drvis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 42 (6), pp.1120-1135. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0271678X221075967⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSF β-amyloid is not a prognostic marker in multiple sclerosis patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Petitfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ayrignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Ginestet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Prin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Carra Dallière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiple Sclerosis and Related Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 68, pp.104096. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msard.2022.104096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04467644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repeated neurofilament light chain measurements did not capture Riluzole therapeutic effect in amyotrophic lateral sclerosis patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Esselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa de la Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Alphandery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNS Neuroscience &amp; Therapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 28 (10), pp.1532-1538. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cns.13894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A single short reprogramming early in life initiates and propagates an epigenetically related mechanism improving fitness and promoting an increased healthy lifespan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Le Borgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Béchir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aging Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12p. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/acel.13714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03819049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheology predicts sputum eosinophilia in patients with muco-obstructive lung diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Volpato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carey Suehs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 622, pp.64-71. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbrc.2022.07.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concomitant and productive genital infections by HSV-2 and HPV in two young women: A case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilkay Başak Uysal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Boué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lia Murall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Graf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDCases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30, pp.e01604. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.idcr.2022.e01604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering Black Extrinsic Tooth Stain Composition in Children Using Metaproteomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atef Mahmoud Mannaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Moulis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pible</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin O’flynn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Omega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (10), pp.8258-8267. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsomega.1c04770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-articular delivery of full-length antibodies through the use of an in situ forming depot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Fayd'Herbe de Maudave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilhem Leconet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Toupet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Constantinides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bossis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Controlled Release</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 341, pp.578-590. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jconrel.2021.12.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The alternative proteome in neurobiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Mohaupt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Roucou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16, </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fncel.2022.1019680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate Analysis of RNA Chemistry Marks Uncovers Epitranscriptomics-Based Biomarker Signature for Adult Diffuse Glioma Diagnostics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Relier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Izoudine Blaise Koumare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Rigau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 94 (35), pp.11967-11972. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.2c01526⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03761119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alarming Tuberculosis Rate Among People Who Inject Drugs in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Thu Trang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luong Anh Ngoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dao Thi Dieu Thuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Laureillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Forum Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (2), pp.e1003528. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ofid/ofab548⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying RNA modifications by mass spectrometry: a novel source of biomarkers in oncology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 59 (1), pp.1-18. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2021.1958743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03340697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghrelin and adipokines: An overview of their physiological role, antimicrobial activity and impact on cardiovascular conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís Perpétuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Marie Voisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Vitorino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vitamins and hormones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vitamins and Hormones, 115, pp.477-509. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.vh.2020.12.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau protein in cerebrospinal fluid: a novel biomarker of the time of death?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Baccino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Ginestet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 135 (5), pp.2081-2089. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-021-02558-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03669478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum glial fibrillary acidic protein is a predictor of brain metastases in patients with metastatic breast cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Darlix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Mollevi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Ginestet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 149 (8), pp.1605-1618. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ijc.33724⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of plasma biomarkers for AT(N) classification of neurodegenerative dementias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alcolea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laia Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teresa Estellés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 92 (11), pp.1206-1214. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jnnp-2021-326603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03653194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FTO-mediated cytoplasmic m6Am demethylation adjusts stem-like properties in colorectal cancer cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Relier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Ripoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Guillorit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrinne Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (1), pp.1716. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-021-21758-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03178788v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The potential impact of salivary peptides in periodontitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin O'Flynn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Marie Voisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 58 (7), pp.479-492. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2021.1907298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peripheral Blood and Salivary Biomarkers of Blood–Brain Barrier Permeability and Neuronal Damage: Clinical and Applied Concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damir Janigro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Badaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin O'Flynn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.577312. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fneur.2020.577312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytokines as new biomarkers of skin wound vitality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Becas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Adriansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gauchotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 135 (6), pp.2537-2545. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-021-02659-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concussion history in rugby union players is associated with depressed cerebrovascular reactivity and cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Simon Owens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Andrew Calverley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Steven Stacey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Rose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lewis Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (12), pp.2291-2299. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sms.14046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03340628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes Occurring on the Activity of Salivary Alpha-Amylase Proteoforms in Two Naturalistic Situations Using a Spectrophotometric Assay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Contreras-Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Mateo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Tecles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damián Escribano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (3), pp.227. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biology10030227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical comparison of ELISA and mass spectrometry for quantification of serum hepcidin in critically ill patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Herkert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2021-0069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytokine response following perturbation of the cervicovaginal milieu during HPV genital infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massilva Rahmoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lia Murall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Boué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Immunologic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 69 (3), pp.255-263. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12026-021-09196-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum GFAP in multiple sclerosis: correlation with disease type and MRI markers of disease severity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ayrignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Le Bars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Maleska Maceski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.10923. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-67934-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02904593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Proteomics as a Tool for Biomarker and Drug Target Discovery: Improving the Diagnosis and Treatment of Neurodegenerative Diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Belbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduard Sabidó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12, pp.232. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnagi.2020.00232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation of human salivary alpha-amylase proteoforms in three stimulation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María D Contreras-Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Escribano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Oral Investigations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 24 (1), pp.475-486. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00784-019-03021-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soluble Intercellular Adhesion Molecule- (sICAM-) 1, Thrombospondin-1, and Vinculin for the Identification of Septic Shock Patients Suffering from an Invasive Fungal Infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Decker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Incamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Sigl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Uhle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bruckner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediators of Inflammation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2020/3470163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hepcidin and ferritin levels in restless legs syndrome: a case–control study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiene Chenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Laura Rassu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Barateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.11914. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-68851-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02938904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gravitational Transitions Increase Posterior Cerebral Perfusion and Systemic Oxidative-nitrosative Stress: Implications for Neurovascular Unit Integrity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lanéelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Eudes Trihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Marchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Stacey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 441, pp.142-160. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroscience.2020.05.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient extraction of intact HSA-Aβ peptide complexes from sera: Toward albuminome biomarker identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Thuy Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Taverna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talanta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 216, pp.121002. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03490253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal fluid A beta 1–40 peptides increase in Alzheimer’s disease and are highly correlated with phospho-tau in control individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dumurgier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ayrignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Marelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alcolea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (1), </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-020-00696-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03334220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal Fluid and Plasma Biomarkers do not Differ in the Presenile and Late-Onset Behavioral Variants of Frontotemporal Dementia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Marelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Hourregue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Paquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Menjot de Champfleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 74 (3), pp.903-911. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-190378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellules souches dentaires : mythe ou espoir en médecine neurorégénératrice ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syrine Dimassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aroa Relaño-Ginés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Biologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 78 (6), pp.593-603. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/abc.2020.1611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03174618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal fluid phospho-tau T217 outperforms T181 as a biomarker for the differential diagnosis of Alzheimer’s disease and PET amyloid-positive patient identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Randall Bateman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Becher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (1), pp.26. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-020-00596-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal Fluid and Plasma Biomarkers do not Differ in the Presenile and Late-Onset Behavioral Variants of Frontotemporal Dementia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Menjot de Champfleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Maleska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Marelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Hourregue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-190378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laccases 2 & 3 as biomarkers of Botrytis cinerea infection in sweet white wines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Ployon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 315, pp.126233. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.126233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of amyloid beta peptides in body fluids for the diagnosis of alzheimer’s disease: Where do we stand?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bhavana Veerabhadrappa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alcolea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 57 (2), pp.99-113. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2019.1678011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SILK studies — capturing the turnover of proteins linked to neurodegenerative diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ross Paterson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brendan Lucey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Leckey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Reviews Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (7), pp.419-427. </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41582-019-0222-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The prognostic value of the Tau protein serum level in metastatic breast cancer patients and its correlation with brain metastases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Darlix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Thèzenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Maceski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (1), pp.110. </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12885-019-5287-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02050007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IN VIVO LARGE SCALE MAPPING OF PROTEIN TURNOVER IN THE HUMAN CEREBROSPINAL FLUID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Ory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gras Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 91 (24), pp.15500-15508. </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.9b03328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The m 6 A pathway protects the transcriptome integrity by restricting RNA chimera formation in plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pontier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Picart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moaine El Baidouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Life Science Alliance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (3), pp.e201900393. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26508/lsa.201900393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical markers of time since death in cerebrospinal fluid: A first step towards “Forensomics”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Baccino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 56 (4), pp.274-286. </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2019.1619158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bystander effectors of chondrosarcoma cells irradiated at different LET impair proliferation of chondrocytes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Lepleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Marie-Brasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Temelie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Brotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cell Communication and Signaling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (3), pp.343-356. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12079-019-00515-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02125509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dental stem cells as a promising source for cell therapies in neurological diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aroa Relaño-Ginès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 56 (3), pp.170-181. </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2019.1571478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural history, dynamics, and ecology of human papillomaviruses in genital infections of young women: protocol of the PAPCLEAR cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Murall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massilva Rahmoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Baldellou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (6), pp.e025129. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-025129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between serum hepcidin level and restless legs syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dauvilliers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiene Chenini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Guiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33 (4), pp.618 - 627. </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mds.27287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data from a targeted proteomics approach to discover biomarkers in saliva for the clinical diagnosis of periodontitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Orti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Relaño-Ginés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18, pp.294-299. </w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2018.03.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02498960v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alzheimer’s Disease: Advances in Drug Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Piton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Desmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Dominique Lajoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 65 (1), pp.3 - 13. </w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-180145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01876065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of biological matrix on inflammatory protein biomarker quantification based on targeted mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Incamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Saez-Boiteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svenja Lena Tiede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Rebillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janin Schulte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (17), pp.1383--1399. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2018-0149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albumin depletion of human serum to improve quantitative clinical proteomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Kadiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin O’flynn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Topics in Peptide and Protein Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 19, pp.53-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strain effect on extracellular laccase activities from Botrytis cinerea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Quijada Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (2), pp.241-251. </w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajgw.12322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulatory context and validation of assays for clinical mass spectrometry proteomics (cMSP) methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cato Brede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lescuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Maceski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 55 (5), pp.346 - 358. </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2018.1470159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sample Pooling and Inflammation Linked to the False Selection of Biomarkers for Neurodegenerative Diseases in Top–Down Proteomics: A Pilot Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molinari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Peoc’h</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Séveno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.477. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnmol.2018.00477⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma and CSF biomarkers for the diagnosis of Alzheimer's disease in adults with Down syndrome: a cross-sectional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Fortea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Carmona-Iragui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bessy Benejam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Videla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (10), pp.860-869. </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-4422(18)30285-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02315310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What sample preparation should be chosen for targeted MS monoclonal antibody quantification in human serum?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Broutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Pugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Santelé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Jaffuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (10), pp.723 - 735. </w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2018-0027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a routine application of Top-Down approaches for label-free discovery workflows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Schmit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J.C.T. Wessels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain van Gool</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 175, pp.12 - 26. </w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprot.2017.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La salive un avenir prometteur dans le monde du diagnostic médical et parodontal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Labau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Dentaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03984163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of multiple proteoforms biomarkers on clinical samples by routine Top-Down approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Schmit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18, pp.1013 - 1021. </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2018.03.114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing a multiplex-targeted proteomics approach for the clinical diagnosis of periodontitis using saliva samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Orti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aroa Relaño-Ginès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1), pp.35 - 45. </w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2017-0218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-flow vs standard-flow: Which is the more suitable LC/MS method for quantifying hepcidin-25 in human serum in routine clinical settings?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Picas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1086, pp.110 - 117. </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jchromb.2018.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of hepcidin-25 in human cerebrospinal fluid using LC–MS/MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Moulinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (4), pp.337 - 347. </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2016-0240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECQ1 helicase is involved in replication stress survival and drug resistance in multiple myeloma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Viziteu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Basbous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yea-Lih Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Leukemia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 31 (10), pp.2104 - 2113. </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/leu.2017.54⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal fluid levels of orexin-A and histamine, and sleep profile within the Alzheimer process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Jaussent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Navucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Aging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53, pp.59 - 66. </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2017.01.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impurity determination for hepcidin by liquid chromatography-high resolution and ion mobility mass spectrometry for the value assignment of candidate primary calibrators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf Josephs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Stoppacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 409 (10), pp.2559 - 2567. </w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-017-0202-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing Deep White Matter Hyperintensities in Patients with Symptomatic Isolated Cortical Superficial Siderosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavinia Tatu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Demattei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Stroke and Cerebrovascular Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26 (3), pp.465 - 469. </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jstrokecerebrovasdis.2016.12.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of HbA1c detection in whole blood and dried blood spots using an automated ion-exchange HPLC system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Maleska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Casteleyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orianne Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ducos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (5), pp.427-434. </w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio-2016-0278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical mass spectrometry proteomics (cMSP) for medical laboratory: What does the future hold?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cato Brede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lescuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Cocho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 467, pp.51 - 58. </w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2016.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical perspectives of dried blood spot protein quantification using mass spectrometry methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Picas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Reviews in Clinical Laboratory Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 54 (3), pp.173 - 184. </w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10408363.2017.1297358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01763080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal Fluid Alzheimer’s Disease Biomarkers in Cerebral Amyloid Angiopathy-Related Inflammation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Wacongne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ayrignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Charif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Fourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50 (3), pp.759 - 764. </w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-150621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Mass Spectrometry Profiles of Tau Protein in the Cerebrospinal Fluid of Patients with Alzheimer’s Disease, Progressive Supranuclear Palsy, and Dementia with Lewy Bodies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fenaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 51 (4), pp.1033 - 1043. </w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-150962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomic profile of cerebrospinal fluid in patients with multiple sclerosis using two dimensional gel electrophoresis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dina Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Provansal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moustafa Rizk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pacint Moez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Biomedical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 73 (3), pp.143 - 146. </w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09674845.2016.1186310⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebrospinal Fluid Alzheimer’s Disease Biomarkers in Isolated Supratentorial Cortical Superficial Siderosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Demattei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Thouvenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 54 (4), pp.1291 - 1295. </w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-160400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of new quantitative mass spectrometry and semi-automatic isofocusing methods for the determination of Apolipoprotein E typing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Nouadje</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Benlian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 454, pp.33 - 38. </w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cca.2015.12.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau Protein Quantification in Human Cerebrospinal Fluid by Targeted Mass Spectrometry at High Sequence Coverage Provides Insights into Its Primary Structure Heterogeneity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fenaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteome Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (2), pp.667 - 676. </w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jproteome.5b01001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From radioimmunoassay to mass spectrometry: a new method to quantify orexin-A (hypocretin-1) in cerebrospinal fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Dauvilliers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.25162. </w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep25162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absolute quantification of 35 plasma biomarkers in human saliva using targeted MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Deville de Périère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (1), pp.43 - 53. </w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio.15.228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-omics profiling reveals that eating difficulties developed consecutively to artificial nutrition in the neonatal period are associated to specific saliva composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Neyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Brignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ducoroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 128, pp.105-112. </w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jprot.2015.07.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01216253v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative detection of amyloid-β peptides by mass spectrometry: state of the art and clinical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Lalere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 53 (10), pp.1483-93. </w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cclm-2014-1048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02077074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable Isotope Labeling by Amino acid in Vivo (SILAV): a new method to explore protein metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gras Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 29 (20), pp.1917 - 1925. </w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rcm.7289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is the potential of dried matrix spot sampling for cerebrospinal fluid analysis?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (22), pp.2849 - 2851. </w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4155/bio.15.201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préparation injectable de leucine marquée au carbone 13 pour un programme de recherche clinique sur la maladie d’Alzheimer : contrôle pharmaceutique des matières premières et du produit fini et étude de stabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 73 (1), pp.43 - 59. </w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pharma.2014.06.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human S100A10 plays a crucial role in the acquisition of the endometrial receptivity phenotype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Bissonnette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Drissennek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Adhesion and Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (3), pp.282 - 298. </w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19336918.2015.1128623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Hydrophobic, Lipophilic and Immunodepletion Pre- Fractionation Methods for Label-Free LC-MS/MS Identification of Biomarkers in Human Cerebrospinal Fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Séveno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteomics and Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, s5, </w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4172/JPB.S5-003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antibody-free quantification of seven tau peptides in human CSF using targeted mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9, </w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnins.2015.00302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Blood sampling using &amp;quot;dried blood spot&amp;quot;: a clinical biology revolution underway?].</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Biologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.25-37. </w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/abc.2014.1007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical measurement of Hepcidin-25 in human serum: Is quantitative mass spectrometry up to the job?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Bros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuPA Open Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3, pp.60-67. </w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euprot.2014.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03096687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From “Clinical Proteomics” to “Clinical Chemistry Proteomics”: considerations using quantitative mass-spectrometry as a model approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Poinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Junot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Becher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 50 (2), pp.235-242. </w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/CCLM.2011.744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04508271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exocytosis and protein secretion in Trypanosoma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Becue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bellard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Centeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10, pp.20. </w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2180-10-20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteins and proteolysis in pre-term and term human milk and possible implications for infant formulae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuele Armaforte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Curran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thom Huppertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Anthony Ryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Caboni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Dairy Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (10), pp.715-723. </w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.idairyj.2010.03.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excreted/secreted proteins from Trypanosome procyclic strains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M.A. Nten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Rofidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedicine and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2010, pp.212817. </w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2010/212817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matrix-assisted laser desorption/ionization imaging mass spectrometry of oxaliplatin derivatives in heated intraoperative chemotherapy (HIPEC)-like treated rat kidney.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Bouslimani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Bec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Glueckmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Larroque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 24 (4), pp.415-21. </w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/rcm.4408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00452373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of Reducing/Nonreducing Two-Dimensional Electrophoresis for the Study of Disulfide-Mediated Interactions between Proteins in Raw and Heated Bovine Milk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Kelly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (13), pp.5948-5955. </w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf900518n⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of Reducing/Nonreducing Two-Dimensional Electrophoresis for the Study of Disulfide-Mediated Interactions between Proteins in Raw and Heated Bovine Milk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Kelly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 57 (13), pp.5948-5955. </w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf900518n⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of environmental salinity on the proteome of the sea bass (Dicentrarchus labrax L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chin-Long Ky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien de Lorgeril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 38 (6), pp.601-608. </w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2052.2007.01652.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomic Studies of Saliva: A Proposal for a Standardized Handling of Clinical Samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Chay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cuisinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 3 (1-4), pp.13 - 21. </w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12014-007-9000-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01743573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salivary protein profiling in type I diabetes using two-dimensional electrophoresis and mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Raingeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2 (1-2), pp.117-127. </w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1385/CP:2:1:117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MS characterization of multiple forms of alpha-amylase in human saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Centeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Rofidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Egea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proteomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 5 (17), pp.4597-4607. </w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pmic.200401316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preproinsulin I and II mRNA expression in adult rat submandibular glands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Egea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Gross</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Dominique Lajoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Traskawka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Oral Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 108 (4), pp.292-296. </w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1034/j.1600-0722.2000.108004292.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B2 kinin receptor upregulation by cAMP is associated with BK-induced PGE2 production in rat mesangial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria E. Marin Castaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joost P Schanstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Pecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Girolami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AJP Renal Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 274 (3), pp.532-540. </w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/ajprenal.1998.274.3.F532⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The B1-agonist [des-Arg10 ]-kallidin Activates Transcription Factor NF-B and Induces Homologous Upregulation of the Bradykinin B1-receptor in Cultured Human Lung Fibroblasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joost Schanstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Bataillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria E. Marin Castaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Barascud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 101 (10), pp.2080-2091. </w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1172/JCI1359⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nucleolus structure and processing of ribosomal RNA are compromised in Arabidopsis thaliana upon heat stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommy Darriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Jobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Escande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Debures</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attina Aurore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RNAOcc’ Club RNA Occitanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bystander Effects of human chondrosarcoma cells irradiated with accelerated ions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Lepleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Marie-Brasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Temelie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNB 2018 - 15th National Conference of Biophysics of the Romanian Society of Pure and Applied Biophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bucharest (RO), Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04236753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children with eating disorders secondarily to artificial nutrition in the neonatal period have specific food preferences and saliva composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Neyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Lucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Brignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ducoroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49. annual meeting of the European society for paediatric gastroenterology, hepatology and nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Paediatric Gastroenterology, Hepatology and Nutrition (ESPGHAN). USA., May 2016, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01512124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-omics profiling reveals that eating difficulties developed consecutively to artificial nutrition in the neonatal period are associated to specific saliva composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Lucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Neyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Brignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ducoroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de Spectrométrie de Masse et d'Analyse Protéomique (SMAP 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P1‐129: CSF AD BIOMARKERS IN MEMORY CLINIC PATIENTS: THE EP.L.M.FR STUDY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dumurgier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Wallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 Alzheimer's Imaging Consortium (IC): IC-02: Preclinical Alzheimer's Disease and Biomarkers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Copenhagen, Denmark. </w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jalz.2014.05.366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05348160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multivariate Analysis of RNA Chemistry Marks Uncovers Epitranscriptomics-Based Biomarker Signature for Adult Diffuse Glioma Diagnostics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Relier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Amalric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Attina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Izoudine B Koumare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Rigau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOBIM 2023 - 23es Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Nice, France. , pp.82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-04286528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Targeting iron homeostasis in combination with IMiDs as a therapeutic strategy in multiple myeloma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Ovejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Cañeque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Myeloma Society Annual Meeting (IMS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Athène, Greece. , Clinical Lymphoma, Myeloma and Leukemia, 23 (Suppl. 2), pp.S149 / P207, 2023, The Abstract from International Myeloma Society 20th Annual Meeting and Exposition</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05485234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epigenetic Modifiers MMSET and EZH2 Physically Interact and Cooperate to Support Multiple Myeloma Pathophysiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Varlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elina Alaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues de Boussac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th ASH Annual Meeting (ASH 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, San Diego (CA), United States. </w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Blood, 142 (Supplement 1), pp.1964-1965, 2023, The 65th ASH Annual Meeting Abstracts. </w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1182/blood-2023-181018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05479158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Targeting iron homeostasis as a therapeutic strategy in multiple myeloma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Ovejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Cañeque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Requirand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th American Society of Hematology Annual Meeting and Exposition (ASH 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Nouvelle Orléans (LA), United States. , Blood, 140 (Suppl. 1), pp.9980-9981, 2022, </w:t></w:r><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1182/blood-2022-163252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05495235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected proteomics and biochemical complexity of human salivary $\alpha$-amylases in 2D gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Centeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Mass Spectrometry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Prague, Czech Republic. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation de l’expression de protéines salivaires lors du diabète de type 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Chay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Raingeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Symposium de Chimie et Biologie Analytiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable Isotope Labeling Kinetics in CNS Translational Medicine: Introduction to SILK Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Randall Bateman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim West</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Yarasheski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Patterson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brendan Lucey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translational Medicine in CNS Drug Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 29, Elsevier, pp.173-190, 2019, Handbook of Behavioral Neuroscience, </w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-803161-2.00011-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intact Protein Analysis by LC-MS for Characterizing Biomarkers in Cerebrospinal Fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Vialaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Virginie Brun; Yohann Couté. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proteomics for Biomarker Discovery. Methods and Protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1959, Springer, pp.163-172, 2019, Methods in Molecular Biology, 978-1-4939-9163-1. </w:t></w:r><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-9164-8_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RABV L protein plays a role in immune escape through its methyltransferase activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Castet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahiba Aouadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Kergoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Bulteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss of tRNA uridine thiolation affects mRNA translation, protein production, and sulfur-compound metabolism in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dannfald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cadoudal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Merret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rigal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05302244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual CRALBP isoforms unveiled: iPSC-derived retinal modelling and AAV2/5-RLBP1 gene transfer raise considerations for effective therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Damodar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Mamaeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pequignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04953893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A single short reprogramming early in life improves fitness and increases lifespan in old age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Alle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Le Borgne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bensadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Béchir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId748"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749342v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dargazanli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Blaqui&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Moynier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Bock" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Labreuche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2023-021365" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084520v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Coppens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Vignon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Bailey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/EP092777" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384081v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Al Herk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Jacot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Laigre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-025-15124-6" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360885v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Feret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Caballero Megido" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Kuony" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Marangoni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fichter" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11658-025-00804-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04943138v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Di Michele" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Attina" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Roux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Tabet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laguesse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55444-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649675v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Muccio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Descloux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fedeli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mac&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2023.117634" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799666v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Leipp" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vialaret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mohaupt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Jaffuel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcae396" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814281v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Thuong Khong" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darcos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Ng" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Couture" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c01169" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799672v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ayrignac" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Aouinti" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vincent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Carra Dalli&#232;re" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Charif" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msard.2024.105747" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649173v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doryan Masmoudi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Alix-Panabi&#232;res" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.13665" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649225v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lehmann" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/trc2.12456" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727468v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Eldin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre David" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Battini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Briant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252111614" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649277v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Laffont" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Duflos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bakhti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gelis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.23.08158-3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949144v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Damodar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Dubois" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillou" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Mamaeva" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie P&#233;quignot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2024.10.004" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865516v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Meneux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Pernot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Girard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Sarkis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-68994-4" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430022v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Amalric" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bastide" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Buffard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mateus" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.3c02635" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799669v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Schraen-Maschke" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bu&#233;e" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Vidal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13024-024-00755-3" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799673v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leran Zhang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Illes-Toth" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Cryar" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles Drinkwater" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Di Vagno" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4an00634h" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963269v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Kindermans" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Anderl-Straub" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonie Werner" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-024-01647-w" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04435829v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Badiou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Baptista" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2023-0312" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649711v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Marin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle No&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Schlemmer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Beaulieu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Robidou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2023.115730" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771746v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Oris" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Durif" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rouzaire" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bouvier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/neu.2022.0148" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138466v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bousquet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jre.13155" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946525v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Stacey" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Hoiland" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Caldwell" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Howe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Vermeulen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP283362" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847887v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tessandier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilkay Ba&#351;ak Uysal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Elie" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Selinger" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Grasset" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16678" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650869v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Morichon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiers" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mezghrani" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Raoul" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2023-0103" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650907v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Teunissen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leighann Kimble" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherif Bayoumy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Bolsewig" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicia Burtscher" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2023.100629" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04244619v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702161v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Brousse" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa de la Cruz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kuhle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benkert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.15813" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598085v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Giangrande" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vaneeckhoutte" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Boeuf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lalere" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2022-1250" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04097969v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Montaci&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Riondet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Wei" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Darri&#232;re" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Weiss" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad180" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954080v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Perp&#233;tuo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rocha" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Ferreira" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Manadas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Amado" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1570164620666230727104921" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248786v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2022.09.003" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595869v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hopley" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241411624" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160572v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Owens" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Marley" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Calverley" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis Fall" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/EP091195" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092116v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24086989" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598384v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Busto" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bennys" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Navucet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-023-01188-8" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649689v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-023-01318-2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340697v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Choquet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Vialaret" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2021.1958743" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751524v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Engi Ahmed" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fieldes" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bourguignon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Miann&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Petit" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11152422" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04258435v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pons" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-022-01125-1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545778v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bain" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Barak" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Drvis" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X221075967" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467644v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Petitfour" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Ginestet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Prin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msard.2022.104096" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527498v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Loftus" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Moreau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2022.818606" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563900v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fayd'Herbe de Maudave" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhem Leconet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Toupet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Constantinides" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bossis" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2021.12.010" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471223v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esselin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Alphandery" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cns.13894" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725444v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Volpato" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carey Suehs" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2022.07.025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03819049v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Alle" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Le Borgne" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bensadoun" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lemey" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly B&#233;chir" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.13714" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795483v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Bou&#233;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Lia Murall" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Graf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idcr.2022.e01604" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080011v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Mahmoud Mannaa" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Moulis" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pible" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin O&#8217;flynn" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.1c04770" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04256275v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Roucou" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2022.1019680" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03761119v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Relier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izoudine Blaise Koumare" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Rigau" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c01526" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678020v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thu Trang" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luong Anh Ngoc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Thi Dieu Thuy" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nagot" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laureillard" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofab548" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699031v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Contreras-Aguilar" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mateo" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Tecles" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dami&#225;n Escribano" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology10030227" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354891v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massilva Rahmoun" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernat" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12026-021-09196-2" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258593v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lefebvre" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Herkert" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2021-0069" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03178788v2" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ripoll" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guillorit" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrinne Achour" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21758-4" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03653194v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alcolea" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Mu&#241;oz" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Torres" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Estell&#233;s" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2021-326603" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669478v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Peyron" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baccino" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-021-02558-3" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03648963v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Darlix" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mollevi" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33724" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963739v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Perp&#233;tuo" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marie Voisin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Vitorino" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.vh.2020.12.019" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659724v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin O'Flynn" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Deville de P&#233;ri&#232;re" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2021.1907298" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151054v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damir Janigro" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Badaut" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.577312" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651889v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colomb" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Becas" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Adriansen" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gauchotte" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-021-02659-z" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340628v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Simon Owens" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Andrew Calverley" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Steven Stacey" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Rose" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14046" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505356v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ployon" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Attina" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vialaret" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Walker" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.126233" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03374586v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhavana Veerabhadrappa" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2019.1678011" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960191v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Decker" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Incamps" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Sigl" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Uhle" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bruckner" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2020/3470163" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505323v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a D Contreras-Aguilar" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Escribano" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00784-019-03021-9" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02938904v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiene Chenini" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Laura Rassu" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barateau" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-68851-0" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490253v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rossi" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thuy Tran" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Taverna" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121002" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863966v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lan&#233;elle" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Trihan" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Marchi" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2020.05.048" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03177444v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Belbin" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Sabid&#243;" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2020.00232" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02904593v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Bars" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Maleska Maceski" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-67934-2" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03334220v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumurgier" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Marelli" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-020-00696-1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03630143v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hourregue" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Gutierrez" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Paquet" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Menjot de Champfleur" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-190378" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505372v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Maleska" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03174618v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Dimassi" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aroa Rela&#241;o-Gin&#233;s" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2020.1611" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017889v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barthelemy" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randall Bateman" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marin" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Becher" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-020-00596-4" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368099v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Ory" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gras Combes" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.9b03328" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505328v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pontier" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Picart" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moaine El Baidouri" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roudier" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Xu" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.201900393" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02050007v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Th&#232;zenas" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Maceski" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gabelle" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-019-5287-z" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505307v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Paterson" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Lucey" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leckey" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41582-019-0222-0" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505396v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2019.1619158" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02125509v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lepleux" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Marie-Brasset" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Temelie" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boulanger" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Brotin" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12079-019-00515-9" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505362v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aroa Rela&#241;o-Gin&#232;s" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2019.1571478" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157154v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Murall" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Baldellou" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-025129" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842184v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Picas" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bros" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2018.04.003" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123191v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kadiri" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02498960v2" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Mertens" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Orti" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gibert" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rela&#241;o-Gin&#233;s" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.03.036" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01876065v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Piton" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Desmetz" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Milhau" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Dominique Lajoix" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-180145" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316826v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Saez-Boiteau" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Lena Tiede" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rebillard" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janin Schulte" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2018-0149" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842236v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dauvilliers" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Guiraud" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.27287" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837855v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Quijada Morin" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Garcia" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lambert" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajgw.12322" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842214v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cato Brede" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lescuyer" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2018.1470159" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061536v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Molinari" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roche" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Peoc&#8217;h" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial S&#233;veno" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2018.00477" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01757595v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Schmit" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J.C.T. Wessels" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain van Gool" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2017.08.003" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842189v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Broutin" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Pugnier" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Santel&#233;" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2018-0027" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02315310v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Fortea" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Carmona-Iragui" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bessy Benejam" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Fernandez" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Videla" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(18)30285-0" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984163v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mendy Labau" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842210v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2017-0218" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842181v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Wood" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.03.114" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842326v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cocho" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2016.06.001" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763080v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2017.1297358" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630891v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Viziteu" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Klein" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Basbous" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yea-Lih Lin" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/leu.2017.54" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781465v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jaussent" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2017.01.011" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01785651v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Josephs" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Stoppacher" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-017-0202-4" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792350v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Moulinier" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delatour" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2016-0240" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781609v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Casteleyn" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Villard" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ducos" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2016-0278" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792463v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Renard" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Tatu" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demattei" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jstrokecerebrovasdis.2016.12.022" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825499v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thouvenot" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-160400" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842395v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Hassan" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Provansal" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Rizk" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pacint Moez" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09674845.2016.1186310" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842362v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Wacongne" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Fourcade" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-150621" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842422v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sergeant" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-150962" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842388v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Nouadje" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Schraen" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benlian" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2015.12.020" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TC3M0R7G-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842392v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Nowak" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep25162" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842426v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b01001" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842381v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio.15.228" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842461v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2014.1007" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842456v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio.15.201" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842452v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gras Combe" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bauchet" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hanon" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7289" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2LQ38TNM-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02077074v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2014-1048" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842440v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tall" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Diouf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G&#233;rard" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Filali" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2014.06.002" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216253v2" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Neyraud" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brignot" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ducoroy" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Jeannin" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2015.07.028" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842413v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bissonnette" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Drissennek" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Antoine" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19336918.2015.1128623" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842470v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2015.00302" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03108550v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/JPB.S5-003" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096687v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euprot.2014.02.004" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508271v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Poinot" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Junot" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/CCLM.2011.744" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-DN4R5326-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502695v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Armaforte" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Curran" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thom Huppertz" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anthony Ryan" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Caboni" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2010.03.008" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2N1VGBWN-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502942v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Geiger" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Becue" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bellard" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Centeno" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-10-20" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668579v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M.A. Nten" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommerer" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rofidal" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rossignol" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/212817" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00452373v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Bouslimani" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bec" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Glueckmann" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Larroque" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4408" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DD57338143C0CB3E8F316315A7D626A33AB4F4F2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502915v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevalier" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Kelly" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf900518n" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502451v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502920v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chin-Long Ky" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Lorgeril" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2007.01652.x" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01743573v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chay" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cuisinier" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12014-007-9000-x" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502403v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Raingeard" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bringer" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1385/CP:2:1:117" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501106v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Egea" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200401316" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7PP1HMT5-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502634v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Gross" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Traskawka" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1034/j.1600-0722.2000.108004292.x" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D20F51236332F665FEC0C7852F164430793840E0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502598v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria E. Marin Casta&#241;o" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost P Schanstra" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Pecher" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girolami" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajprenal.1998.274.3.F532" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502902v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost Schanstra" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bataill&#233;" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Barascud" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI1359" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843480v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Darriere" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Jobet" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Escande" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Debures" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attina Aurore" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236753v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512124v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lucchi" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595504v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05348160v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bombois" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wallon" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blanc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2014.05.366" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NQVQL3FZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04286528v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izoudine B Koumare" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485234v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ovejero" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Devin" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Ca&#241;eque" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henry" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alibert" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479158v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Varlet" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Alaterre" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Thomas" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues de Boussac" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vincent" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ashpublications.org/blood/article/142/Supplement%201/1964/503526/Epigenetic-Modifiers-MMSET-and-EZH2-Physically" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2023-181018" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495235v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Requirand" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2022-163252" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239153v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Gimeno" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239199v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941894v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim West" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Yarasheski" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Patterson" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-803161-2.00011-4" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505319v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9164-8_11" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371123v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilys Castet" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Aouadi" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Kergoat" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Bulteau" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302244v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dannfald" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cadoudal" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Carpentier" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Merret" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rigal" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953893v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pequignot" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359778v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749342v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dargazanli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Blaqui&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Moynier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Bock" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Labreuche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnis-2023-021365" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084520v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Coppens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Vignon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Bailey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/EP092777" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384081v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Al Herk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Jacot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Laigre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-025-15124-6" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04943138v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Di Michele" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Attina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Roux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Tabet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laguesse" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55444-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360885v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Feret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Caballero Megido" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Kuony" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Marangoni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fichter" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11658-025-00804-9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649173v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doryan Masmoudi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vialaret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Alix-Panabi&#232;res" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.13665" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649225v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mohaupt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lehmann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/trc2.12456" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814281v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Thuong Khong" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darcos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Ng" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Couture" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c01169" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799672v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ayrignac" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Aouinti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vincent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Carra Dalli&#232;re" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Charif" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msard.2024.105747" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799666v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Leipp" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Jaffuel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcae396" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727468v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Eldin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre David" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Battini" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Briant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252111614" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649277v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Laffont" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Duflos" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bakhti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gelis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.23.08158-3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949144v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Damodar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Dubois" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Mamaeva" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie P&#233;quignot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2024.10.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865516v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Meneux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Pernot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Girard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Sarkis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-68994-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430022v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Amalric" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bastide" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Buffard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mateus" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.3c02635" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799673v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leran Zhang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Illes-Toth" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Cryar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles Drinkwater" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Di Vagno" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4an00634h" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963269v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Kindermans" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Anderl-Straub" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonie Werner" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-024-01647-w" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799669v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Schraen-Maschke" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bu&#233;e" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Vidal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13024-024-00755-3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649675v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Muccio" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Descloux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fedeli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mac&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2023.117634" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702161v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Brousse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa de la Cruz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kuhle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benkert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.15813" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650907v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Teunissen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leighann Kimble" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherif Bayoumy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Bolsewig" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicia Burtscher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2023.100629" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04244619v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bousquet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jre.13155" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04435829v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Badiou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Baptista" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2023-0312" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649711v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Marin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle No&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Schlemmer" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Beaulieu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Robidou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2023.115730" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771746v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Oris" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Durif" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rouzaire" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bouvier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/neu.2022.0148" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138466v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946525v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Stacey" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Hoiland" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Caldwell" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Howe" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Vermeulen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP283362" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650869v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Morichon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiers" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mezghrani" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Raoul" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2023-0103" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847887v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tessandier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilkay Ba&#351;ak Uysal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Elie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Selinger" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Grasset" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16678" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598085v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Giangrande" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vaneeckhoutte" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Boeuf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lalere" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2022-1250" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04097969v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Montaci&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Riondet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Wei" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Darri&#232;re" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Weiss" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad180" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954080v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Perp&#233;tuo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rocha" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Ferreira" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Manadas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Amado" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1570164620666230727104921" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248786v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2022.09.003" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092116v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24086989" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160572v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Owens" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Marley" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Calverley" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis Fall" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/EP091195" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595869v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hopley" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241411624" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649689v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-023-01318-2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598384v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Busto" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bennys" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Navucet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-023-01188-8" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527498v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pons" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Loftus" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Vialaret" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Moreau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2022.818606" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04258435v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-022-01125-1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751524v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Engi Ahmed" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fieldes" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bourguignon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Miann&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Petit" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11152422" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545778v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bain" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Barak" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Drvis" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X221075967" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467644v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Petitfour" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Ginestet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Prin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msard.2022.104096" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471223v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esselin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Alphandery" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cns.13894" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03819049v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Alle" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Le Borgne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bensadoun" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lemey" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly B&#233;chir" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.13714" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725444v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Volpato" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carey Suehs" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2022.07.025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795483v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Bou&#233;" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Lia Murall" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Graf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idcr.2022.e01604" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080011v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Mahmoud Mannaa" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Moulis" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pible" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin O&#8217;flynn" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.1c04770" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563900v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fayd'Herbe de Maudave" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhem Leconet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Toupet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Constantinides" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bossis" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2021.12.010" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04256275v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Roucou" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2022.1019680" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03761119v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Relier" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izoudine Blaise Koumare" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Rigau" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c01526" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678020v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thu Trang" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luong Anh Ngoc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Thi Dieu Thuy" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nagot" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laureillard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofab548" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340697v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Choquet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2021.1958743" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963739v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Perp&#233;tuo" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marie Voisin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Vitorino" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.vh.2020.12.019" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669478v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Peyron" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baccino" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-021-02558-3" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03648963v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Darlix" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mollevi" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33724" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03653194v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alcolea" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Mu&#241;oz" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Torres" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Estell&#233;s" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2021-326603" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03178788v2" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ripoll" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guillorit" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrinne Achour" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21758-4" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659724v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin O'Flynn" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Deville de P&#233;ri&#232;re" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2021.1907298" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151054v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damir Janigro" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Badaut" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.577312" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651889v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colomb" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Becas" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Adriansen" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gauchotte" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-021-02659-z" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340628v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Simon Owens" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Andrew Calverley" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Steven Stacey" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Rose" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14046" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699031v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Contreras-Aguilar" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mateo" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Tecles" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dami&#225;n Escribano" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology10030227" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258593v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lefebvre" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Herkert" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2021-0069" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354891v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massilva Rahmoun" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernat" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12026-021-09196-2" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02904593v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Bars" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Maleska Maceski" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-67934-2" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03177444v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Belbin" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Sabid&#243;" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2020.00232" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505323v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a D Contreras-Aguilar" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Escribano" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00784-019-03021-9" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960191v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Decker" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Incamps" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Sigl" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Uhle" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bruckner" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2020/3470163" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02938904v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiene Chenini" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Laura Rassu" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barateau" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-68851-0" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863966v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lan&#233;elle" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Trihan" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Marchi" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2020.05.048" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490253v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rossi" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thuy Tran" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Taverna" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121002" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03334220v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumurgier" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Marelli" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-020-00696-1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03630143v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hourregue" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Gutierrez" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Paquet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Menjot de Champfleur" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-190378" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03174618v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Dimassi" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aroa Rela&#241;o-Gin&#233;s" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2020.1611" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017889v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barthelemy" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randall Bateman" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marin" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Becher" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-020-00596-4" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505372v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Maleska" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505356v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ployon" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Attina" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vialaret" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Walker" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.126233" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03374586v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhavana Veerabhadrappa" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2019.1678011" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505307v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Paterson" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gabelle" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Lucey" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leckey" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41582-019-0222-0" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02050007v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Th&#232;zenas" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Maceski" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-019-5287-z" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368099v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Ory" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gras Combes" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.9b03328" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505328v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pontier" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Picart" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moaine El Baidouri" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roudier" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Xu" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.201900393" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505396v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2019.1619158" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02125509v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lepleux" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Marie-Brasset" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Temelie" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boulanger" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Brotin" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12079-019-00515-9" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505362v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aroa Rela&#241;o-Gin&#232;s" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2019.1571478" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157154v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Murall" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Baldellou" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-025129" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842236v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dauvilliers" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Guiraud" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.27287" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02498960v2" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Mertens" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Orti" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gibert" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rela&#241;o-Gin&#233;s" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.03.036" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01876065v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Piton" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Desmetz" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Milhau" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Dominique Lajoix" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-180145" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316826v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Saez-Boiteau" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Lena Tiede" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rebillard" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janin Schulte" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2018-0149" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123191v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kadiri" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837855v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Quijada Morin" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Garcia" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lambert" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajgw.12322" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842214v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bros" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cato Brede" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lescuyer" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2018.1470159" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061536v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Molinari" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roche" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Peoc&#8217;h" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial S&#233;veno" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2018.00477" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02315310v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Fortea" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Carmona-Iragui" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bessy Benejam" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Fernandez" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Videla" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(18)30285-0" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842189v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Broutin" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Pugnier" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Santel&#233;" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2018-0027" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01757595v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Schmit" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J.C.T. Wessels" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain van Gool" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2017.08.003" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984163v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mendy Labau" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842181v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Wood" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.03.114" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842210v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2017-0218" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842184v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Picas" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2018.04.003" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792350v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Moulinier" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delatour" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2016-0240" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630891v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Viziteu" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Klein" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Basbous" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yea-Lih Lin" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/leu.2017.54" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781465v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jaussent" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2017.01.011" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01785651v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Josephs" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Stoppacher" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-017-0202-4" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792463v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Renard" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Tatu" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demattei" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jstrokecerebrovasdis.2016.12.022" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781609v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Casteleyn" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Villard" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ducos" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2016-0278" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842326v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cocho" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2016.06.001" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763080v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408363.2017.1297358" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842362v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Wacongne" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Fourcade" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-150621" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842422v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sergeant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-150962" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842395v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Hassan" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Provansal" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Rizk" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pacint Moez" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09674845.2016.1186310" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825499v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thouvenot" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-160400" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842388v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Nouadje" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Schraen" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benlian" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2015.12.020" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TC3M0R7G-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842426v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b01001" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842392v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Nowak" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep25162" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842381v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio.15.228" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216253v2" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Neyraud" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brignot" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ducoroy" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Jeannin" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2015.07.028" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02077074v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2014-1048" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842452v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gras Combe" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bauchet" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hanon" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7289" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2LQ38TNM-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842456v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio.15.201" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842440v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tall" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Diouf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G&#233;rard" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Filali" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2014.06.002" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842413v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bissonnette" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Drissennek" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Antoine" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19336918.2015.1128623" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03108550v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/JPB.S5-003" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842470v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2015.00302" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842461v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2014.1007" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096687v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euprot.2014.02.004" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508271v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Poinot" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Junot" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/CCLM.2011.744" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-DN4R5326-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502942v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Geiger" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Becue" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bellard" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Centeno" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-10-20" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502695v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Armaforte" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Curran" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thom Huppertz" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anthony Ryan" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Caboni" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2010.03.008" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2N1VGBWN-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668579v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M.A. Nten" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommerer" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rofidal" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rossignol" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/212817" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00452373v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Bouslimani" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bec" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Glueckmann" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Larroque" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4408" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DD57338143C0CB3E8F316315A7D626A33AB4F4F2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502451v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevalier" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Kelly" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf900518n" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502915v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502920v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chin-Long Ky" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Lorgeril" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2007.01652.x" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01743573v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chay" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cuisinier" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12014-007-9000-x" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502403v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Raingeard" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bringer" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1385/CP:2:1:117" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501106v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Egea" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200401316" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7PP1HMT5-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502634v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Gross" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Traskawka" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1034/j.1600-0722.2000.108004292.x" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D20F51236332F665FEC0C7852F164430793840E0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502598v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria E. Marin Casta&#241;o" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost P Schanstra" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Pecher" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girolami" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajprenal.1998.274.3.F532" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502902v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost Schanstra" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bataill&#233;" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Barascud" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI1359" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843480v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Darriere" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Jobet" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Escande" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Debures" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attina Aurore" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236753v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512124v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lucchi" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595504v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05348160v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bombois" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wallon" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blanc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2014.05.366" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NQVQL3FZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04286528v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izoudine B Koumare" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485234v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ovejero" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Devin" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Ca&#241;eque" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henry" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alibert" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479158v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Varlet" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Alaterre" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Thomas" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues de Boussac" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vincent" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ashpublications.org/blood/article/142/Supplement%201/1964/503526/Epigenetic-Modifiers-MMSET-and-EZH2-Physically" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2023-181018" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495235v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Requirand" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2022-163252" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239153v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Gimeno" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239199v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941894v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim West" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Yarasheski" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Patterson" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-803161-2.00011-4" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505319v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9164-8_11" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371123v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilys Castet" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Aouadi" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Kergoat" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Bulteau" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302244v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dannfald" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cadoudal" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Carpentier" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Merret" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rigal" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953893v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pequignot" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359778v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>