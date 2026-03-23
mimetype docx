--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -144,51 +144,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (39)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (38)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -580,295 +580,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05029732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning-based phenotyping reclassifies combined hepatocellular-cholangiocarcinoma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Artificial intelligence-based pathology as a biomarker of sensitivity to atezolizumab–bevacizumab in patients with hepatocellular carcinoma: a multicentre retrospective study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinghe Zeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Calderaro</w:t>
+                <w:t xml:space="preserve">Stefano Caruso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narmin Ghaffari Laleh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Qinghe Zeng</w:t>
+                <w:t xml:space="preserve">Pascale Maille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Maille</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loetitia Favre</w:t>
+                <w:t xml:space="preserve">Daniela Allende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-43749-3⟩</w:t>
+              <w:t xml:space="preserve">Lancet Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (12), pp.1411-1422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1470-2045(23)00468-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04439486v1</w:t>
+                <w:t xml:space="preserve">hal-05391478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial intelligence-based pathology as a biomarker of sensitivity to atezolizumab–bevacizumab in patients with hepatocellular carcinoma: a multicentre retrospective study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep learning-based phenotyping reclassifies combined hepatocellular-cholangiocarcinoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Calderaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narmin Ghaffari Laleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinghe Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Maille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Allende</w:t>
+                <w:t xml:space="preserve">Loetitia Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lancet Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (12), pp.1411-1422. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.8290. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S1470-2045(23)00468-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-43749-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05391478v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04439486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A RAD51 functional assay as a candidate test for homologous recombination deficiency in ovarian cancer</w:t>
               </w:r>
@@ -1014,77 +1014,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinghe Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Caruso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Maille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narmin Ghaffari Laleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 77 (1), pp.116-127. </w:t>
@@ -1116,429 +1116,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04210277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial intelligence for solid tumour diagnosis in digital pathology</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metabolic features of cancer cells impact immunosurveillance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane Arbaretaz</w:t>
+                <w:t xml:space="preserve">Adrien Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Devêvre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Calderaro</w:t>
+                <w:t xml:space="preserve">Pan Juncheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Mondini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Labaied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Loi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bph.15633⟩</w:t>
+              <w:t xml:space="preserve">Journal for Immunotherapy of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (6), pp.e002362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jitc-2021-002362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04210289v1</w:t>
+                <w:t xml:space="preserve">hal-03272265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ileal immune tonus is a prognosis marker of proximal colon cancer in mice and patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satoru Yonekura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karolina Slowicka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioanna Petta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conrad Rauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Death and Differentiation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 28 (5), pp.1532-1547. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41418-020-00684-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic features of cancer cells impact immunosurveillance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michele Mondini</w:t>
+                <w:t xml:space="preserve">Artificial intelligence for solid tumour diagnosis in digital pathology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinghe Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nizar Labaied</w:t>
+                <w:t xml:space="preserve">Floriane Arbaretaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Loi</w:t>
+                <w:t xml:space="preserve">Estelle Devêvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Calderaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal for Immunotherapy of Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (6), pp.e002362. </w:t>
+              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 178 (21), pp.4291-4315. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/jitc-2021-002362⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bph.15633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03272265v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04210289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acidosis‐induced activation of distal nephron principal cells triggers Gdf15 secretion and adaptive proliferation of intercalated cells</w:t>
               </w:r>
@@ -1671,77 +1671,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemotherapy-induced ileal crypt apoptosis and the ileal microbiome shape immunosurveillance and prognosis of proximal colon cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Paula Roberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satoru Yonekura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connie P. M. Duong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Ferrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1786,429 +1786,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03313676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CFH exerts anti-oxidant effects on retinal pigment epithelial cells independently from protecting against membrane attack complex</w:t>
+                <w:t xml:space="preserve">Sostdc1 is expressed in all major compartments of developing and adult mammalian eyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Borras</w:t>
+                <w:t xml:space="preserve">Maud Valensi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Canonica</w:t>
+                <w:t xml:space="preserve">Gabrielle Goldman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Jorieux</w:t>
+                <w:t xml:space="preserve">Dominique Marchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toufik Abache</w:t>
+                <w:t xml:space="preserve">Loïc van den Berghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed El Sanharawi</w:t>
+                <w:t xml:space="preserve">Laurent Jonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+              <w:t xml:space="preserve">Graefe's Archive for Clinical and Experimental Ophthalmology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 257 (11), pp.2401-2427. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-50420-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00417-019-04462-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02345038v1</w:t>
+                <w:t xml:space="preserve">hal-02461550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyploidy spectrum: a new marker in HCC classification</w:t>
+                <w:t xml:space="preserve">CFH exerts anti-oxidant effects on retinal pigment epithelial cells independently from protecting against membrane attack complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Bou-Nader</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stefano Caruso</w:t>
+                <w:t xml:space="preserve">Céline Borras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Donne</w:t>
+                <w:t xml:space="preserve">Jérémie Canonica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Celton-Morizur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Calderaro</w:t>
+                <w:t xml:space="preserve">Sylvie Jorieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Abache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Sanharawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/gutjnl-2018-318021⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-50420-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02102441v1</w:t>
+                <w:t xml:space="preserve">hal-02345038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sostdc1 is expressed in all major compartments of developing and adult mammalian eyes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polyploidy spectrum: a new marker in HCC classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Marchant</w:t>
+                <w:t xml:space="preserve">Myriam Bou-Nader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Caruso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc van den Berghe</w:t>
+                <w:t xml:space="preserve">Romain Donne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Jonet</w:t>
+                <w:t xml:space="preserve">Séverine Celton-Morizur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Calderaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Graefe's Archive for Clinical and Experimental Ophthalmology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 257 (11), pp.2401-2427. </w:t>
+              <w:t xml:space="preserve">Gut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.gutjnl-2018-318021. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00417-019-04462-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/gutjnl-2018-318021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02461550v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02102441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic enzymes expressed by cancer cells impact the immune infiltrate</w:t>
               </w:r>
@@ -2233,51 +2233,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margerie Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normal Bloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Castedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2992,295 +2992,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02461587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of RIP3 and MLKL to immunogenic cell death signaling in cancer chemotherapy</w:t>
+                <w:t xml:space="preserve">Three-dimensional Organization of pKi-67: A Comparative Fluorescence and Electron Tomography Study Using Fluoronanogold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heng Yang</w:t>
+                <w:t xml:space="preserve">Thierry Cheutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuting Ma</w:t>
+                <w:t xml:space="preserve">Marie-Françoise O'Donohue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guo Chen</w:t>
+                <w:t xml:space="preserve">Adrien Beorchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heng Zhou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Takahiro Yamazaki</w:t>
+                <w:t xml:space="preserve">Hervé H. Kaplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OncoImmunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 5 (6), pp.e1149673. </w:t>
+              <w:t xml:space="preserve">Journal of Histochemistry and Cytochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 51 (11), pp.1411-1423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/2162402X.2016.1149673⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/002215540305101102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02461588v1</w:t>
+                <w:t xml:space="preserve">hal-02328305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional Organization of pKi-67: A Comparative Fluorescence and Electron Tomography Study Using Fluoronanogold</w:t>
+                <w:t xml:space="preserve">Contribution of RIP3 and MLKL to immunogenic cell death signaling in cancer chemotherapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Cheutin</w:t>
+                <w:t xml:space="preserve">Heng Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Françoise O'Donohue</w:t>
+                <w:t xml:space="preserve">Yuting Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Beorchia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Klein</w:t>
+                <w:t xml:space="preserve">Guo Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé H. Kaplan</w:t>
+                <w:t xml:space="preserve">Heng Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takahiro Yamazaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Histochemistry and Cytochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 51 (11), pp.1411-1423. </w:t>
+              <w:t xml:space="preserve">OncoImmunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5 (6), pp.e1149673. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/002215540305101102⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/2162402X.2016.1149673⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02328305v1</w:t>
+                <w:t xml:space="preserve">hal-02461588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeting iron-mediated retinal degeneration by local delivery of transferrin</w:t>
               </w:r>
@@ -3318,51 +3318,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Oudar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Berdugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Sanharawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Free Radical Biology and Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 89, pp.1105-1121. </w:t>
@@ -4778,51 +4778,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mongelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise O'Donohue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Chassery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4867,553 +4867,419 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00192550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonrandom Distribution of Metaphase AgNOR Staining Patterns on Human Acrocentric Chromosomes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mounting Technique Allows Observation of Immuno-Labeled Cells on Plastic Coverslips</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. O'Donohue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Cheutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Kaplan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ploton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Histochemistry and Cytochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/002215540004800102⟩</w:t>
+              <w:t xml:space="preserve">Biotechniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 24 (6), pp.910-914. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2144/98246bm01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02328338v1</w:t>
+                <w:t xml:space="preserve">hal-02328366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mounting Technique Allows Observation of Immuno-Labeled Cells on Plastic Coverslips</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Three-dimensional Study of Chromosomes and Upstream Binding Factor-immunolabeled Nucleolar Organizer Regions Demonstrates Their Nonrandom Spatial Arrangement during Mitosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cheutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lawrence Rothblum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé H. Kaplan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Beorchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechniques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Biology of the Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 9 (11), pp.3147-3159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1091/mbc.9.11.3147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2144/98246bm01⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02328366v1</w:t>
+                <w:t xml:space="preserve">hal-02328359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Three-dimensional Study of Chromosomes and Upstream Binding Factor-immunolabeled Nucleolar Organizer Regions Demonstrates Their Nonrandom Spatial Arrangement during Mitosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electron Tomography of Metaphase Nucleolar Organizer Regions: Evidence for a Twisted-Loop Organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Héliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé H. Kaplan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Beorchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology of the Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 9 (11), pp.3147-3159. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1997, 8 (11), pp.2199-2216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1091/mbc.8.11.2199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
-              <w:r>
-[...151 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02328373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5423,137 +5289,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation et adaptation de réseaux VGG16 pour la détection de carcinome sur des lames d'histologie: de la résection à la biopsie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinghe Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Loménie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Calderaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre National de la Recherche Scientifique [CNRS], Sep 2021, Saint Ferréol, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03339691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5563,163 +5429,163 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel tool for detecting lysosomal membrane permeabilization by high-throughput fluorescence microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karla Alvarez-Valadez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karla Alvarez-Valadez</w:t>
+                <w:t xml:space="preserve">Allan Sauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Fohrer-Ting</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Kepp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monitoring Vesicular Trafficking in Cellular Responses to Stress - Part B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 165, Elsevier, pp.1-12, 2021, Methods in Cell Biology, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/bs.mcb.2020.10.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03653036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5729,161 +5595,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptional regulation of jaw osteoblasts: development to pathology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Lignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Asselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Lignon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Audrey Asselin</w:t>
+                <w:t xml:space="preserve">Charles Zadikian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Zadikian</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stephane Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03557330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId248"/>
+      <w:footerReference w:type="default" r:id="rId247"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5951,51 +5817,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="52B141B2"/>
+    <w:nsid w:val="0F1AD47E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6182,51 +6048,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-klein" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8015-287X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210901v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijing Li" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Moti&#241;o" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Lambertucci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Chen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrm.2025.102232" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411190v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Minini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Avveduto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Becharef" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meunier-Thaens" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Lekbaby" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HEP.0000000000001545" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029732v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Yaniz-Galende" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinghe Zeng" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Bejar-Grau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klein" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Blanc-Durand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1078-0432.CCR-23-3836" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439486v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Calderaro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narmin Ghaffari Laleh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Maille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loetitia Favre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43749-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391478v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caruso" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Allende" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(23)00468-0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04210315v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Blanc-Durand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Llop-Guevara" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Genestie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Serra" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygyno.2023.01.026" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04210277v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2022.01.018" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04210289v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Arbaretaz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dev&#234;vre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.15633" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682003v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Picard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoru Yonekura" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Slowicka" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Petta" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conrad Rauber" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-020-00684-w" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03272265v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Joseph" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan Juncheng" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Mondini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Labaied" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Loi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jitc-2021-002362" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208550v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Cheval" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Viollet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Rafael" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Figueres" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13661" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313676v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paula Roberti" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connie P. M. Duong" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Ferrere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41591-020-0882-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02345038v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Borras" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Canonica" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jorieux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Abache" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Sanharawi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-50420-9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02102441v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bou-Nader" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Donne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Celton-Morizur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2018-318021" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461550v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Valensi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Goldman" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marchant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c van den Berghe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jonet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00417-019-04462-4" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461563v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Stoll" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margerie Kremer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normal Bloy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Castedo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2019.1571389" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003444v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Almonacid" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Al Jord" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephany El-Hayek" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Othmani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Coulpier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2019.09.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461559v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacquelot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Yamazaki" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Roberti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connie Duong" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles Andrews" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41422-019-0224-x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02126484v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Routy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Derosa" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Tidjani Alou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aan3706" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461579v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Isaac" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Nassif" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Asselin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihs&#232;ne Ta&#239;hi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fohrer-Ting" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2018.04.036" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461587v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Rapha&#235;l Rothschild" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsen Salah" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Berdugo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gelize" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberley Delaunay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07329-y" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461588v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Yang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Ma" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo Chen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Zhou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2016.1149673" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328305v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cheutin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise O'Donohue" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Beorchia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; H. Kaplan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/002215540305101102" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02980617v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Picard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Rouzic" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Oudar" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2015.08.018" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01332123v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Couturier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bousquet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Zhao" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Naud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446108v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Duron" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Vidal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Funalot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Viollet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Seux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glt206" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546170v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Messmer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Boniface" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina F. Gnaedig" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lecerf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2012.11.001" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZRXFRQZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00679274v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jourdan" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Jobart-Malfait" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel dos Reis" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Quignon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Piolot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.06303-11" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00853034v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Camelo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Raoul" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lavalette" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Calippe" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunella Cristofaro" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10456-012-9290-0" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450951v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric M Blouin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazig Le Lay" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Eberl" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald K&#246;feler" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Chiara Guerrera" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M001016" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02507538v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lajavardi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bochot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Goldenberg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jop.2008.0074" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195152v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Tobin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Le Gall" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fioramonti" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Stolarzcyk" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba G Blazquez" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db07-0928" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160997v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Benziane" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Demaretz" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Defontaine" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Zaarour" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie L Cheval" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M700195200" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00146728v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubaker Omri" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gely" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Crisanti" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1209215" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192550v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H&#233;liot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mongelard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chassery" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/002215540004800102" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328338v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328366v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. O'Donohue" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cheutin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Klein" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kaplan" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ploton" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/98246bm01" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328359v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Rothblum" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.9.11.3147" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328373v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lucas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.8.11.2199" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339691v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lom&#233;nie" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03653036v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Alvarez-Valadez" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Sauvat" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Kepp" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mcb.2020.10.004" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03557330v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Lignon" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Zadikian" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petit" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-klein" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8015-287X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210901v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijing Li" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Moti&#241;o" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Lambertucci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Chen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrm.2025.102232" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411190v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Minini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Avveduto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Becharef" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meunier-Thaens" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Lekbaby" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HEP.0000000000001545" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029732v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Yaniz-Galende" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinghe Zeng" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Bejar-Grau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klein" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Blanc-Durand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1078-0432.CCR-23-3836" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391478v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caruso" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Maille" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Allende" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(23)00468-0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439486v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Calderaro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narmin Ghaffari Laleh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loetitia Favre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43749-3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04210315v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Blanc-Durand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Llop-Guevara" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Genestie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Serra" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygyno.2023.01.026" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04210277v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2022.01.018" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03272265v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Joseph" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan Juncheng" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Mondini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Labaied" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Loi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jitc-2021-002362" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682003v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Picard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoru Yonekura" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Slowicka" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Petta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conrad Rauber" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-020-00684-w" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04210289v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Arbaretaz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dev&#234;vre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.15633" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208550v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Cheval" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Viollet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Rafael" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Figueres" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13661" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313676v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paula Roberti" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connie P. M. Duong" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Ferrere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41591-020-0882-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461550v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Valensi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Goldman" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marchant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c van den Berghe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jonet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00417-019-04462-4" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02345038v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Borras" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Canonica" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jorieux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Abache" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Sanharawi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-50420-9" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02102441v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bou-Nader" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Donne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Celton-Morizur" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2018-318021" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461563v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Stoll" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margerie Kremer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normal Bloy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Castedo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2019.1571389" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003444v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Almonacid" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Al Jord" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephany El-Hayek" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Othmani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Coulpier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2019.09.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461559v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacquelot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Yamazaki" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Roberti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connie Duong" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles Andrews" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41422-019-0224-x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02126484v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Routy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Derosa" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Tidjani Alou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aan3706" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461579v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Isaac" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Nassif" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Asselin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihs&#232;ne Ta&#239;hi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fohrer-Ting" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2018.04.036" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461587v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Rapha&#235;l Rothschild" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsen Salah" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Berdugo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gelize" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberley Delaunay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07329-y" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328305v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cheutin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise O'Donohue" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Beorchia" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; H. Kaplan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/002215540305101102" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461588v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Yang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Ma" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo Chen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Zhou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2016.1149673" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02980617v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Picard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Rouzic" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Oudar" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2015.08.018" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01332123v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Couturier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bousquet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Zhao" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Naud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446108v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Duron" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Vidal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Funalot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Viollet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Seux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glt206" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546170v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Messmer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Boniface" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina F. Gnaedig" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lecerf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2012.11.001" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZRXFRQZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00679274v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jourdan" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Jobart-Malfait" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel dos Reis" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Quignon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Piolot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.06303-11" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00853034v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Camelo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Raoul" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lavalette" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Calippe" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunella Cristofaro" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10456-012-9290-0" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450951v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric M Blouin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazig Le Lay" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Eberl" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald K&#246;feler" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Chiara Guerrera" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M001016" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02507538v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lajavardi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bochot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Goldenberg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jop.2008.0074" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195152v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Tobin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Le Gall" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fioramonti" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Stolarzcyk" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba G Blazquez" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db07-0928" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160997v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Benziane" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Demaretz" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Defontaine" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Zaarour" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie L Cheval" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M700195200" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00146728v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubaker Omri" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gely" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Crisanti" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1209215" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192550v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H&#233;liot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mongelard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chassery" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/002215540004800102" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328366v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. O'Donohue" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cheutin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Klein" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kaplan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ploton" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/98246bm01" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328359v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Rothblum" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.9.11.3147" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328373v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lucas" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.8.11.2199" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339691v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lom&#233;nie" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03653036v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Alvarez-Valadez" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Sauvat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Kepp" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mcb.2020.10.004" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03557330v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Lignon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Zadikian" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petit" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>