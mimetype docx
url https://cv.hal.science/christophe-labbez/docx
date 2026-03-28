--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -732,261 +732,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03698585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gluconate and hexitols effects on C-S-H solubility</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Non-linear boundary condition for non-ideal electrokinetic equations in porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Lothenbach</w:t>
+                <w:t xml:space="preserve">Grégoire Allaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Fernandez-Martinez</w:t>
+                <w:t xml:space="preserve">Robert Brizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andro Mikelić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.106894⟩</w:t>
+              <w:t xml:space="preserve">Applicable Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 101 (12), pp.4203-4234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00036811.2022.2080672⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04229685v1</w:t>
+                <w:t xml:space="preserve">hal-03606572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear boundary condition for non-ideal electrokinetic equations in porous media</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Allaire</w:t>
+                <w:t xml:space="preserve">Gluconate and hexitols effects on C-S-H solubility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Bouzouaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Brizzi</w:t>
+                <w:t xml:space="preserve">Barbara Lothenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Fernandez-Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andro Mikelić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applicable Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 101 (12), pp.4203-4234. </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 160, pp.106894. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00036811.2022.2080672⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2022.106894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03606572v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A potential C-S-H nucleation mechanism: atomistic simulations of the portlandite to C-S-H transformation</w:t>
               </w:r>
@@ -1115,51 +1115,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portlandite solubility and Ca 2+ activity in presence of gluconate and hexitols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Bouzouaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Lothenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Fernandez-Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1563,291 +1563,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic Response of Cementitious Gels to Polycation Addition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesocrystalline calcium silicate hydrate: A bioinspired route toward elastic concrete materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Picker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Nicoleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Brunel</w:t>
+                <w:t xml:space="preserve">Zaklina Burghard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Pochard</w:t>
+                <w:t xml:space="preserve">Joachim Bill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Turesson</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Igor Zlotnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.6b00445⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3 (11), pp.e1701216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.1701216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716467v1</w:t>
+                <w:t xml:space="preserve">hal-02375957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesocrystalline calcium silicate hydrate: A bioinspired route toward elastic concrete materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Nicoleau</w:t>
+                <w:t xml:space="preserve">Elastic Response of Cementitious Gels to Polycation Addition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zaklina Burghard</w:t>
+                <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joachim Bill</w:t>
+                <w:t xml:space="preserve">Martin Turesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Zlotnikov</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">sandrine Gauffinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 3 (11), pp.e1701216. </w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (5), pp.2148 - 2158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.1701216⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.6b00445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02375957v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01716467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective pair potential between charged nanoparticles at high volume fractions</w:t>
               </w:r>
@@ -2009,425 +2009,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and yielding of colloidal silica gels varying the range of interparticle interactions</w:t>
+                <w:t xml:space="preserve">Interaction grand potential between calcium–silicate–hydrate nanoparticles at the molecular level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Brunel</w:t>
+                <w:t xml:space="preserve">Patrick Bonnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Pochard</w:t>
+                <w:t xml:space="preserve">Ryuji Miura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Gauffinet</w:t>
+                <w:t xml:space="preserve">Ai Suzuki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Turesson</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Naoto Miyamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.6b04047⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (7), pp.4160-4172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5nr08142d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01446094v1</w:t>
+                <w:t xml:space="preserve">hal-02376043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aggregation of Calcium Silicate Hydrate Nanoplatelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delhorme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Turesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Delhorme</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Martin Turesson</w:t>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cliff Woodward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 32 (8), pp.2058-2066. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5b03846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction grand potential between calcium–silicate–hydrate nanoparticles at the molecular level</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structure and yielding of colloidal silica gels varying the range of interparticle interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Bonnaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Labbez</w:t>
+                <w:t xml:space="preserve">I. Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryuji Miura</w:t>
+                <w:t xml:space="preserve">S. Gauffinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ai Suzuki</w:t>
+                <w:t xml:space="preserve">M. Turesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naoto Miyamoto</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Labbez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 8 (7), pp.4160-4172. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 120 (25), pp. 5777-5785. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c5nr08142d⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.6b04047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02376043v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiding in Plain View: Colloidal Self-Assembly from Polydisperse Populations</w:t>
               </w:r>
@@ -2681,51 +2681,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of Negatively Charged Platelets in Calcium-Rich Anionic Copolymer Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Turesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2785,51 +2785,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gel, glass and nematic states of plate-like particle suspensions: charge anisotropy and size effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delhorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3006,77 +3006,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The growth of charged platelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cliff Woodward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3376,291 +3376,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the origin of the halo stabilization</w:t>
+                <w:t xml:space="preserve">Monte Carlo Simulations of Parallel Charged Platelets as an Approach to Tactoid Formation in Clay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Trulsson</w:t>
+                <w:t xml:space="preserve">Axel Thuresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magnus Ullner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torbjörn, Åkesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jönsson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c2cp42404e⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (29), pp.9216-9223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la401272u⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02376063v1</w:t>
+                <w:t xml:space="preserve">hal-02376062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo Simulations of Parallel Charged Platelets as an Approach to Tactoid Formation in Clay</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the origin of the halo stabilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torbjörn, Åkesson</w:t>
+                <w:t xml:space="preserve">Martin Trulsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 29 (29), pp.9216-9223. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (2), pp.541-545. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/la401272u⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c2cp42404e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02376062v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02376063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monte Carlo simulations of a clay inspired model suspension: the role of rim charge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delhorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jonsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3720,51 +3720,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liquid Crystal Phases in Suspensions of Charged Plate-Like Particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delhorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3824,51 +3824,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coarse-Graining Intermolecular Interactions in Dispersions of Highly Charged Colloids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Turesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4058,51 +4058,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C-S-H/solution interface: Experimental and Monte Carlo studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4187,51 +4187,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Medala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4290,51 +4290,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcium Mediated Polyelectrolyte Adsorption on Like-Charged Surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Turesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4388,307 +4388,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00650062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-S-H/solution interface: Experimental and Monte Carlo studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of polycations on early cement paste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Pochard</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nonat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heiki Vija</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jönsson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 41 (2), pp.161-168</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, pp.10.1016/j.cemconres.2010.06.002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2010.06.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00564364v1</w:t>
+                <w:t xml:space="preserve">hal-00496959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of polycations on early cement paste</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">C-S-H/solution interface: Experimental and Monte Carlo studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Labbez</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, pp.10.1016/j.cemconres.2010.06.002. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2010, 41 (2), pp.161-168</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00496959v1</w:t>
+                <w:t xml:space="preserve">hal-00564364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acid-Base Properties of 2:1 Clays. I. Modeling the Role of Electrostatics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delhorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5149,51 +5149,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5252,51 +5252,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Monte Carlo Method for the Titration of Molecules and Minerals.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jönsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5355,51 +5355,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repulsion between Oppositely Charged Macromolecules or Particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Trulsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5523,51 +5523,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jonsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5627,51 +5627,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repulsion beween oppositely charged surfaces in multivalent electrolytes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Trulsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jonsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5783,51 +5783,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jönsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Cabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5923,51 +5923,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paste Rheology and Surface Charge of Calcined Kaolinite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Demeusy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">sandrine Gauffinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6005,64 +6005,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and yielding of low volume fraction colloidal silica gels varying the range of interparticle interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6100,51 +6100,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamic and structure properties of clay dispersions : A Monte Carlo study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delhorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6202,390 +6202,390 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00564385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge reversal and charge regulation at silica surfaces</w:t>
+                <w:t xml:space="preserve">On the origin of cement cohesion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michal Borkovec</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Conference of the European Colloid and Interface Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Seventh International Conference on Engineering Computational Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Valence, Spain. Paper 123, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4203/ccp.94.123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00564383v1</w:t>
+                <w:t xml:space="preserve">hal-00564375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acid-base properties of 2:1 clays: The role of electrostatics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charge reversal and charge regulation at silica surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Céline Caillet</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Jönsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Borkovec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmit 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Knoxville, United States. pp.A1040</w:t>
+              <w:t xml:space="preserve">24th Conference of the European Colloid and Interface Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Prague, Czech Republic. Paper 34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00564373v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00564383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the origin of cement cohesion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acid-base properties of 2:1 clays: The role of electrostatics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">André Nonat</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delhorme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Caillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Seventh International Conference on Engineering Computational Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Goldschmit 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Knoxville, United States. pp.A1040</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4203/ccp.94.123⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00564375v1</w:t>
+                <w:t xml:space="preserve">hal-00564373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloidal Behavior of C-S-H Nanohydrates in Cement Paste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6770,51 +6770,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Medala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6846,112 +6846,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00430090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors influencing the cohesion forces</w:t>
+                <w:t xml:space="preserve">Adsorption of sulfate ions on negatively charged surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Medala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pochard Isabelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on expansive Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, Morges, Switzerland</w:t>
+              <w:t xml:space="preserve">7th Liquid Matter Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Lund, Sweden. pp.G:6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00430078v1</w:t>
+                <w:t xml:space="preserve">hal-00403056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrostatics for a better understanding of the acid-base chemistry of montmorillonite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6967,165 +7006,126 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Electrokinetics Conference (ELKIN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Santa Fe, United States. pp.53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00403050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adsorption of sulfate ions on negatively charged surfaces</w:t>
+                <w:t xml:space="preserve">Factors influencing the cohesion forces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Liquid Matter Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Lund, Sweden. pp.G:6</w:t>
+              <w:t xml:space="preserve">Workshop on expansive Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Morges, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00403056v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00430078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adsorption of multivalent ions in cementitious materials : Importance of electrostatics</w:t>
               </w:r>
@@ -7137,51 +7137,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Medala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7486,77 +7486,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoscale Investigation of Particle Interactions at the Origin of the Cohesion of Cement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pochard Isabelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7650,51 +7650,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Electrokinetics Conference (ELKIN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Nancy, France. pp.22, O19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8156,51 +8156,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05400345v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tafadzwa Ronald Muzenda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Demeusy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Georget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Matschei" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2025.108060" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800026v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Dahi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rogemont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c08272" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04229656v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Bouzouaid" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander E.S. van Driessche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wai Li Ling" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Martinez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2023.107299" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229677v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Picker" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Nicoleau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nonat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut C&#246;lfen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2023.107329" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698585v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Ioannidou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Masoero" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106857" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04229685v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lothenbach" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Fernandez-Martinez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106894" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606572v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Allaire" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Brizzi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andro Mikeli&#263;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036811.2022.2080672" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836327v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabier Aretxabaleta" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon L&#243;pez-Zorrilla" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;igo Etxebarria" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hegoi Manzano" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106965" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370261v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fernandez-Martinez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035380v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bareigts" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pree-Cha Kiatkirakajorn" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Li" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Botet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sztucki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.058003" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130029v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Krautwurst" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dietzsch" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Lieberwirth" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b04245" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375950v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5066074" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716467v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pochard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Turesson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=sandrine Gauffinet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.6b00445" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375957v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaklina Burghard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Bill" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Zlotnikov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1701216" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376034v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CP08056A" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376030v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Churakov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b12850" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446094v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brunel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pochard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gauffinet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turesson" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b04047" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376041v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delhorme" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cliff Woodward" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b03846" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376043v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bonnaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuji Miura" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai Suzuki" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoto Miyamoto" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nr08142d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343403v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cabane" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Artzner" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.208001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376044v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Javier Montes Ruiz-Cabello" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Moazzami-Gudarzi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Elzbieciak-Wodka" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plinio Maroni" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm02510e" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376049v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la501228w" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376046v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo J&#246;nsson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ra05555a" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376047v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Pegado" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marialore Sulpizi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp502514a" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376045v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nonat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delhorme" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cp03246b" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376053v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201303345" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z35ZSJ6P-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376057v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Pegado" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ta14597b" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376063v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Trulsson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2cp42404e" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376062v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Thuresson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Ullner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbj&#246;rn, &#197;kesson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la401272u" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735006v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Jonsson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM25731A" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694512v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz300380n" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694510v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la3005008" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650049v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Porus" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Borkovec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3622858" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650070v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2010.10.002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5GJ03MP-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564367v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Medala" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2010.11.031" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHZ5LXRC-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650062v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la2030846" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564364v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496959v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiki Vija" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2010.06.002" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZ2Z4C4F-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564349v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thomas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la100069g" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402997v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Michal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la900853e" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402994v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la801118v" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-82B9CG27-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402990v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zareen Abbas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sture Nordholm" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabet Ahlberg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp709667u" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-ZS212HSH-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402986v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.02.048" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z0QWD6DK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475254v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. J&#246;nsson" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75755-9_8" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-TLMKWF81-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402981v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbjorn Akesson" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Forsman" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la701222b" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-1WKCN0MG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591654v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp057096+" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109366v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbj&#246;rn Akesson" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.068302" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014520v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cabane" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wennerstr&#246;m" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229925v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526867v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564385v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564383v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564373v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564375v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.94.123" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486882v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403060v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Skarba" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430090v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430078v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403050v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403056v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pochard Isabelle" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415128v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403006v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403045v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402999v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403042v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Plassard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403043v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431408v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander E. S. van Driessche" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Malfois" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375904v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pree-Cha Kiatkiakajorn" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05400345v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tafadzwa Ronald Muzenda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Demeusy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Georget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Matschei" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2025.108060" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800026v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Dahi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rogemont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c08272" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04229656v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Bouzouaid" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander E.S. van Driessche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wai Li Ling" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Martinez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2023.107299" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229677v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Picker" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Nicoleau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nonat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut C&#246;lfen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2023.107329" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698585v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Ioannidou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Masoero" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106857" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606572v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Allaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Brizzi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andro Mikeli&#263;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036811.2022.2080672" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04229685v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lothenbach" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Fernandez-Martinez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106894" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836327v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabier Aretxabaleta" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon L&#243;pez-Zorrilla" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;igo Etxebarria" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hegoi Manzano" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2022.106965" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370261v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fernandez-Martinez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035380v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bareigts" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pree-Cha Kiatkirakajorn" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Li" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Botet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sztucki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.058003" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130029v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Krautwurst" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dietzsch" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Lieberwirth" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b04245" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375950v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5066074" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375957v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaklina Burghard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Bill" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Zlotnikov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1701216" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716467v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pochard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Turesson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=sandrine Gauffinet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.6b00445" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376034v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CP08056A" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376030v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Churakov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b12850" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376043v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bonnaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuji Miura" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai Suzuki" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoto Miyamoto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nr08142d" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376041v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delhorme" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cliff Woodward" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b03846" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446094v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brunel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pochard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gauffinet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turesson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b04047" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343403v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cabane" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Artzner" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.208001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376044v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Javier Montes Ruiz-Cabello" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Moazzami-Gudarzi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Elzbieciak-Wodka" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plinio Maroni" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm02510e" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376049v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la501228w" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376046v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo J&#246;nsson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ra05555a" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376047v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Pegado" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marialore Sulpizi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp502514a" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376045v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nonat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delhorme" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cp03246b" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376053v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201303345" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z35ZSJ6P-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376057v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Pegado" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ta14597b" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376062v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Thuresson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Ullner" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbj&#246;rn, &#197;kesson" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la401272u" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376063v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Trulsson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2cp42404e" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735006v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Jonsson" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM25731A" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694512v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz300380n" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694510v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la3005008" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650049v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Porus" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Borkovec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3622858" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650070v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2010.10.002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5GJ03MP-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564367v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Medala" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2010.11.031" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHZ5LXRC-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650062v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la2030846" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496959v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiki Vija" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2010.06.002" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZ2Z4C4F-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564364v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564349v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thomas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la100069g" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402997v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Michal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la900853e" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402994v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la801118v" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-82B9CG27-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402990v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zareen Abbas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sture Nordholm" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabet Ahlberg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp709667u" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-ZS212HSH-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402986v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.02.048" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z0QWD6DK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475254v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. J&#246;nsson" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75755-9_8" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-TLMKWF81-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402981v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbjorn Akesson" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Forsman" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la701222b" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-1WKCN0MG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591654v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp057096+" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109366v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbj&#246;rn Akesson" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.068302" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014520v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cabane" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wennerstr&#246;m" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229925v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526867v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564385v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564375v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.94.123" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564383v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564373v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486882v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403060v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Skarba" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430090v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403056v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pochard Isabelle" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403050v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430078v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415128v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403006v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403045v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402999v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403042v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Plassard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403043v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431408v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander E. S. van Driessche" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Malfois" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375904v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pree-Cha Kiatkiakajorn" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>