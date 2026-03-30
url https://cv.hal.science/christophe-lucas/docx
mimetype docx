--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Lucas </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">christophe-lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2839-7583</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">074784331</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A-4186-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academic</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full CV (PDF in French)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oct. 2010- CNRS Research Scientist (section 29)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">University of Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010 FNS Senio researcher</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">University of Lausanne, Suisse</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Behavioral genetics in the ant </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solenopsis invicta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007-09 First assistant</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">University of Lausanne, Suisse (Supervisor: Laurent Keller)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Social structure and genetic expression in the ant </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solenopsis invicta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003-06 Post-doctoral researcher</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">University of Toronto, Canada (Supervisor: Marla B. Sokolowski)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Molecular mecanisms of the plasticity of social behaviors in the ant </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pheidole pallidula</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998-2002 Doctorat ès sciences</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">University of Paris-Sud (Directors: Jean-Marc Jallon & Dominique Fresneau)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Chemical and behavioral bases of the recognition system in the ponerine ants (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pachycondyla</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research keywords</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research fields:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Chemical ecology, behavioral ecology, behavioral genetics, adaptation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Keywords:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Chemical communication, genetic expression, behavior, polyethism, polyphenism, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">foraging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> gene, social conflict, reproduction, insect societies, invasive species.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological models:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Social insects (termite, ant, wasp), earwig, drosophila, nasonia.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research projects</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My main research projects are to understand complex behaviors of insects and particularly of social insects. How environmental factors are pursued, analyzed and which behavioral responses are influenced? But also, how intra- and interspecific interactions could modify behaviors by changing gene expression? By using tools from chemical ecology and behavioral genetics, my own researches focus on social interactions and their adaptive impacts. So, my studies are based on insect behaviors (recognition, aggressiveness, foraging, parental care, sexual courtship) through the study of chemical communications and gene expression.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1632pt; height:1468pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId12" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Behaviors and genes expression are under several abiotic and biotic environmental factors which also include social environment. Chemical communication plays an important role in inter-individual interaction in insects and codifies part of the environmental and social information. To unravel communication mechanisms of insects and their evolutions, it is of primary importance to decrypt such chemical information. In more details, I explore questions on behavioral plasticity of insects and in particular in social insects: </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">What are the chemical signals and the genes involved? How environmental factors play a role? What are the consequences of the different reproductives/castes on social organization in insect societies? How such systems are maintained and evolved?</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In social insects, the caste system allow the main factor influencing behavioral plasticity is the caste system which is linked to social organization and raised several questions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1228pt; height:819pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId13" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Species studied</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">To answers such questions, I study several insect models like termites, ants, earwigs, wasps (solitary and social) and drosophila. They all presents specificity and possess different advantages for my researches. Social insects like termites and ants are organized in complex societies with several social interactions. Nevertheless, eusociality (true sociality) appeared independently in Isopteran (termites) and Hymenopteran (ants, bees and wasps) which gives to termites unique specificities. Concerning drosophila, it is the most studied insect model and its genome is known since a long time, which allow to dissect in details the genetic pathways of its communication system.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1200pt; height:712pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId14" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Main methods</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Chemical analyze and identification: gas chromatography (GC), mass spectrometry (GC-MS/GC-TQ), thin layer chromatography (TLC), liquid chromatography (HPLC), chemical extraction (SPME, SBSE, SHS, DHS, DMDS)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">- Genetic expression: quantitative RT-PCR, in situ, RNA interference</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">- Experimental behavior: video-tracking, cross-linked reproduction, cross-fostering</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1151pt; height:762pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId15" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liens</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Union Internationale pour l'Etude des Insectes Sociaux - Section Française</w:t></w:r></w:hyperlink><w:br/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GDR d'écologie chimique</w:t></w:r></w:hyperlink><w:br/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canadian TV news on &amp;quot;foraging behaviour of Pheidole pallidula&amp;quot;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repellent effect of selected essential oils against the wolf spider Pardosa hortensis (Araneae: Lycosidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Chajduk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Gołębiowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marzena Stańska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 233, pp.105283. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beproc.2025.105283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">We are not the same: a chemical heterogeneity between workers in the Yellow-legged hornet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Haouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Charlotte Cheutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elfie Perdereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35, pp.11-20. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00049-024-00413-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical profiles of venom glands in queens, foundresses, pre-wintering gynes, and workers in the hornet Vespa velutina nigrithorax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Berville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Haouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Gévar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crchim.228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproductives signature revealed by protein profiling and behavioral bioassays in termite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Ruhland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gabant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Toussaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matej Nemcic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Cadène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.7070. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-33252-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04090025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Callows have their own odour but not for long: Fast acquisition of the chemical signature in the yellow-legged hornet, Vespa velutina nigrithorax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Haouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanan Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Berville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Tan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entomologia Generalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/entomologia/2023/2133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defensive behavior is linked to altered surface chemistry following infection in a termite society</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alejandra Esparza-Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tilottama Mazumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shixiong Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate Radek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian N. Thiem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 13, pp.20606. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-42947-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High exploration behavior of termite propagules can enhance invasiveness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Pailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Matte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Groseiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Eyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Ruhland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2022.840105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03641830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synomones in necrophagous larvae of the blow flies &amp;lt;i&amp;gt;Lucilia sericata&amp;lt;/i&amp;gt; and &amp;lt;i&amp;gt;Calliphora vomitoria&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Fouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Charabidzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical and Veterinary Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mve.12614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The foraging gene as a modulator of division of labour in social insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yehuda Ben-Shahar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurogenetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01677063.2021.1940173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibratory behaviour produces different vibration patterns in presence of reproductives in a subterranean termite species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Pailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Ruhland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Pineirua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-88292-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worker ants promote outbreeding by transporting young queens to alien nests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Königseder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Giehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Schrempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4 (1), </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42003-021-02016-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproductives and eggs trigger worker vibration in a subterranean termite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Ruhland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Choppin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (12), pp.5892-5898. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.6325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unbalanced biparental care during colony foundation in two subterranean termites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Brossette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Geneviève Bagnères</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9, pp.192 - 200. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.4710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02996395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When predator odour makes groups stronger: effects on behavioural and chemical adaptations in two termite species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Brossette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Lefloch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Christides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 43 (4), pp.513-524. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/een.12529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les termites s'invitent en région Centre-Val de Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Ruhland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microscoop : Un regard sur les laboratoires en Centre Limousin Poitou-Charentes (CNRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.16-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nest signature changes throughout colony cycle and after social parasite invasion in social wasps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Elia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Blancato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Picchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Geneviève Bagnères</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (12), pp.e0190018. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0190018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Termite’s royal cradle: does colony foundation success differ between two subterranean species?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brossette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-G. Bagnères</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insectes Sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 64 (4), pp.515-523. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00040-017-0571-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Combined Approach to Heat Stress Effect on Male Fertility in Nasonia vitripennis: From the Physiological Consequences on Spermatogenesis to the Reproductive Adjustment of Females Mated with Stressed Males</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Chirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Goubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chevrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bressac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (3), pp.e0120656. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0120656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paternal signature in kin recognition cues of a social insect: concealed in juveniles, revealed in adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janine Wong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Kölliker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 281 (1793), pp.20141236. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2014.1236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expression of foraging and Gp-9 are associated with social organization in the fire ant Solenopsis invicta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Keller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (1), pp.93-104. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/imb.12137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les termites, un monde de castes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Darrouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microscoop : Un regard sur les laboratoires en Centre Limousin Poitou-Charentes (CNRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.14-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recognition in ants: social origin matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delémont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6 (5), pp.e19347. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0019347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The locust foraging gene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kornfein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chakaborty-Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Schönfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Geva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Insect Biochemistry and Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 74 (1), pp.52-66. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/arch.20363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Job switching in ants: role of a kinase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bryon Hughson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marla Sokolowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communicative and Integrative Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3 (1), pp.6-8. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4161/cib.3.1.9723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular basis for changes in behavioral state in ant social behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marla B. Sokolowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 106 (15), pp.6351-6356. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.0809463106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Experience Modifies Pheromone Expression and Mating Behavior in Male Drosophila melanogaster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Krupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Kent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Billeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reza Azanchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony K.-C. So</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 18 (18), pp.1373-1383. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2008.07.089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalization of Courtship Learning in Drosophila Is Mediated by cis-Vaccenyl Acetate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aki Ejima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin P.C. Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wynand van Der Goes van Naters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carson J. Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 17 (7), pp.599-605. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2007.01.053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential Learning of Pheromonal Cues Modulates Memory Consolidation in Trainer-Specific Associative Courtship Conditioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aki Ejima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin P.C. Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel D. Levine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie C. Griffith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 15 (3), pp.194-206. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2005.01.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of cuticular hydrocarbons in the chemical recognition between ant species in the Pachycondyla villosa species complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Jallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fresneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Insect Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 51 (10), pp.1148-1157. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jinsphys.2005.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrocarbon circulation and colonial signature in Pachycondyla villosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang B Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fresneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Jallon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Insect Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 50 (7), pp.595-607. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jinsphys.2004.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrocarbon distribution and colony odour homogenisation in Pachycondyla apicalis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Soroker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fresneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insectes Sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 50 (3), pp.212-217. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00040-003-0669-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multidisciplinary approach to discriminating different taxa in the species complex Pachycondyla villosa (Formicidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fresneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Kolmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Heinze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques H.C. Delabie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 75 (2), pp.249-259. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1095-8312.2002.00017.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Update on the distribution of termites and other wood-boring insects in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Kutnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Paulmier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ansard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Montibus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Research Group on Wood Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Bled, Slovenia. pp.IRG/WP 20-10960</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Omiques en écologie chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Baudino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Smadja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologie Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017, 978-1-78405-186-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omics in Chemical Ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Baudino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Smadja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Wiley &amp; Sons, Inc.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.117-137, 2016, 978-1-84821-924-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odeurs en sociétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Charpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologie Chimique - Le Langage de la Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012, 978-2-7491-2772-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Cahiers Prospectives - Prospective Ecologie Chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Smadja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Caissard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INEE-CNRS. 2012, pp.16-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication chez les insectes : signaux, adaptation, spécialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Tours / Région Centre, CR pays de la Loire, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02383504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId189"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Lucas </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">christophe-lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2839-7583</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">074784331</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A-4186-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academic</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full CV (PDF in French)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oct. 2010- CNRS Research Scientist (section 29)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">University of Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010 FNS Senio researcher</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">University of Lausanne, Suisse</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Behavioral genetics in the ant </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solenopsis invicta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007-09 First assistant</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">University of Lausanne, Suisse (Supervisor: Laurent Keller)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Social structure and genetic expression in the ant </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solenopsis invicta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003-06 Post-doctoral researcher</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">University of Toronto, Canada (Supervisor: Marla B. Sokolowski)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Molecular mecanisms of the plasticity of social behaviors in the ant </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pheidole pallidula</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998-2002 Doctorat ès sciences</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">University of Paris-Sud (Directors: Jean-Marc Jallon & Dominique Fresneau)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Chemical and behavioral bases of the recognition system in the ponerine ants (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pachycondyla</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research keywords</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research fields:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Chemical ecology, behavioral ecology, behavioral genetics, adaptation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Keywords:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Chemical communication, genetic expression, behavior, polyethism, polyphenism, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">foraging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> gene, social conflict, reproduction, insect societies, invasive species.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological models:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Social insects (termite, ant, wasp), earwig, drosophila, nasonia.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research projects</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My main research projects are to understand complex behaviors of insects and particularly of social insects. How environmental factors are pursued, analyzed and which behavioral responses are influenced? But also, how intra- and interspecific interactions could modify behaviors by changing gene expression? By using tools from chemical ecology and behavioral genetics, my own researches focus on social interactions and their adaptive impacts. So, my studies are based on insect behaviors (recognition, aggressiveness, foraging, parental care, sexual courtship) through the study of chemical communications and gene expression.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1632pt; height:1468pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId12" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Behaviors and genes expression are under several abiotic and biotic environmental factors which also include social environment. Chemical communication plays an important role in inter-individual interaction in insects and codifies part of the environmental and social information. To unravel communication mechanisms of insects and their evolutions, it is of primary importance to decrypt such chemical information. In more details, I explore questions on behavioral plasticity of insects and in particular in social insects: </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">What are the chemical signals and the genes involved? How environmental factors play a role? What are the consequences of the different reproductives/castes on social organization in insect societies? How such systems are maintained and evolved?</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In social insects, the caste system allow the main factor influencing behavioral plasticity is the caste system which is linked to social organization and raised several questions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1228pt; height:819pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId13" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Species studied</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">To answers such questions, I study several insect models like termites, ants, earwigs, wasps (solitary and social) and drosophila. They all presents specificity and possess different advantages for my researches. Social insects like termites and ants are organized in complex societies with several social interactions. Nevertheless, eusociality (true sociality) appeared independently in Isopteran (termites) and Hymenopteran (ants, bees and wasps) which gives to termites unique specificities. Concerning drosophila, it is the most studied insect model and its genome is known since a long time, which allow to dissect in details the genetic pathways of its communication system.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1200pt; height:712pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId14" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Main methods</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Chemical analyze and identification: gas chromatography (GC), mass spectrometry (GC-MS/GC-TQ), thin layer chromatography (TLC), liquid chromatography (HPLC), chemical extraction (SPME, SBSE, SHS, DHS, DMDS)</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">- Genetic expression: quantitative RT-PCR, in situ, RNA interference</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">- Experimental behavior: video-tracking, cross-linked reproduction, cross-fostering</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1151pt; height:762pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId15" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liens</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Union Internationale pour l'Etude des Insectes Sociaux - Section Française</w:t></w:r></w:hyperlink><w:br/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GDR d'écologie chimique</w:t></w:r></w:hyperlink><w:br/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canadian TV news on &amp;quot;foraging behaviour of Pheidole pallidula&amp;quot;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repellent effect of selected essential oils against the wolf spider Pardosa hortensis (Araneae: Lycosidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Chajduk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Gołębiowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marzena Stańska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 233, pp.105283. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beproc.2025.105283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">We are not the same: a chemical heterogeneity between workers in the Yellow-legged hornet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Haouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Charlotte Cheutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elfie Perdereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35, pp.11-20. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00049-024-00413-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproductives signature revealed by protein profiling and behavioral bioassays in termite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Ruhland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gabant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Toussaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matej Nemcic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Cadène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.7070. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-33252-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04090025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Callows have their own odour but not for long: Fast acquisition of the chemical signature in the yellow-legged hornet, Vespa velutina nigrithorax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Haouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanan Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Berville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Tan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entomologia Generalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/entomologia/2023/2133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical profiles of venom glands in queens, foundresses, pre-wintering gynes, and workers in the hornet Vespa velutina nigrithorax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Berville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Haouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Gévar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crchim.228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defensive behavior is linked to altered surface chemistry following infection in a termite society</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alejandra Esparza-Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tilottama Mazumdar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shixiong Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate Radek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian N. Thiem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 13, pp.20606. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-42947-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High exploration behavior of termite propagules can enhance invasiveness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Pailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Matte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Groseiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Eyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Ruhland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2022.840105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03641830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synomones in necrophagous larvae of the blow flies &amp;lt;i&amp;gt;Lucilia sericata&amp;lt;/i&amp;gt; and &amp;lt;i&amp;gt;Calliphora vomitoria&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Fouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Charabidzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical and Veterinary Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mve.12614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibratory behaviour produces different vibration patterns in presence of reproductives in a subterranean termite species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Pailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Ruhland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Pineirua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-88292-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The foraging gene as a modulator of division of labour in social insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yehuda Ben-Shahar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurogenetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01677063.2021.1940173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worker ants promote outbreeding by transporting young queens to alien nests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Königseder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Giehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Schrempf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4 (1), </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42003-021-02016-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproductives and eggs trigger worker vibration in a subterranean termite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Ruhland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Choppin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (12), pp.5892-5898. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.6325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unbalanced biparental care during colony foundation in two subterranean termites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Brossette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Geneviève Bagnères</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9, pp.192 - 200. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.4710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02996395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When predator odour makes groups stronger: effects on behavioural and chemical adaptations in two termite species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Brossette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Lefloch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Christides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 43 (4), pp.513-524. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/een.12529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les termites s'invitent en région Centre-Val de Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Ruhland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microscoop : Un regard sur les laboratoires en Centre Limousin Poitou-Charentes (CNRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.16-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nest signature changes throughout colony cycle and after social parasite invasion in social wasps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Elia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuliano Blancato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Picchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Geneviève Bagnères</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (12), pp.e0190018. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0190018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Termite’s royal cradle: does colony foundation success differ between two subterranean species?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brossette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-G. Bagnères</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insectes Sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 64 (4), pp.515-523. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00040-017-0571-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Combined Approach to Heat Stress Effect on Male Fertility in Nasonia vitripennis: From the Physiological Consequences on Spermatogenesis to the Reproductive Adjustment of Females Mated with Stressed Males</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Chirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Goubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Chevrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bressac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (3), pp.e0120656. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0120656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paternal signature in kin recognition cues of a social insect: concealed in juveniles, revealed in adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janine Wong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Kölliker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 281 (1793), pp.20141236. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2014.1236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expression of foraging and Gp-9 are associated with social organization in the fire ant Solenopsis invicta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Keller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insect Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (1), pp.93-104. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/imb.12137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les termites, un monde de castes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Darrouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microscoop : Un regard sur les laboratoires en Centre Limousin Poitou-Charentes (CNRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.14-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recognition in ants: social origin matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delémont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6 (5), pp.e19347. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0019347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Job switching in ants: role of a kinase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bryon Hughson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marla Sokolowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communicative and Integrative Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3 (1), pp.6-8. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4161/cib.3.1.9723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The locust foraging gene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kornfein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chakaborty-Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Schönfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Geva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Insect Biochemistry and Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 74 (1), pp.52-66. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/arch.20363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular basis for changes in behavioral state in ant social behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marla B. Sokolowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 106 (15), pp.6351-6356. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.0809463106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Experience Modifies Pheromone Expression and Mating Behavior in Male Drosophila melanogaster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Krupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Kent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Billeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reza Azanchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony K.-C. So</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 18 (18), pp.1373-1383. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2008.07.089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalization of Courtship Learning in Drosophila Is Mediated by cis-Vaccenyl Acetate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aki Ejima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin P.C. Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wynand van Der Goes van Naters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carson J. Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 17 (7), pp.599-605. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2007.01.053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential Learning of Pheromonal Cues Modulates Memory Consolidation in Trainer-Specific Associative Courtship Conditioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aki Ejima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin P.C. Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel D. Levine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie C. Griffith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 15 (3), pp.194-206. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2005.01.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of cuticular hydrocarbons in the chemical recognition between ant species in the Pachycondyla villosa species complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.B. Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Jallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fresneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Insect Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 51 (10), pp.1148-1157. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jinsphys.2005.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrocarbon circulation and colonial signature in Pachycondyla villosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang B Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fresneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Jallon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Insect Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 50 (7), pp.595-607. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jinsphys.2004.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrocarbon distribution and colony odour homogenisation in Pachycondyla apicalis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Soroker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fresneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insectes Sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 50 (3), pp.212-217. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00040-003-0669-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multidisciplinary approach to discriminating different taxa in the species complex Pachycondyla villosa (Formicidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fresneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Kolmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Heinze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques H.C. Delabie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 75 (2), pp.249-259. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1095-8312.2002.00017.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Update on the distribution of termites and other wood-boring insects in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Kutnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Paulmier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ansard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Montibus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Research Group on Wood Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Bled, Slovenia. pp.IRG/WP 20-10960</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Omiques en écologie chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Baudino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Smadja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologie Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017, 978-1-78405-186-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omics in Chemical Ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Baudino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Smadja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Wiley &amp; Sons, Inc.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.117-137, 2016, 978-1-84821-924-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odeurs en sociétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Charpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologie Chimique - Le Langage de la Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012, 978-2-7491-2772-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Cahiers Prospectives - Prospective Ecologie Chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Smadja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Caissard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INEE-CNRS. 2012, pp.16-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication chez les insectes : signaux, adaptation, spécialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Tours / Région Centre, CR pays de la Loire, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02383504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId189"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9573B1AD"/>
+    <w:nsid w:val="AB5A18C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-lucas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2839-7583" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/074784331" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/A-4186-2011" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../uploads/pages/LUCASChristophe/CV%20-%20C%20Lucas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insectes-sociaux.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gdr-mediatec.cnrs.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ragchyT_x2M" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360905v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Chajduk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Go&#322;&#281;biowski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Sta&#324;ska" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lucas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2025.105283" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797440v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Haouzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bastin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Cheutin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfie Perdereau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00049-024-00413-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018659v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berville" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khalil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my G&#233;var" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.228" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090025v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Ruhland" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gabant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Toussaint" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Nemcic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cad&#232;ne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-33252-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291686v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanan Cheng" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Tan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2023/2133" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288294v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alejandra Esparza-Mora" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tilottama Mazumdar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shixiong Jiang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renate Radek" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian N. Thiem" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-42947-9" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641830v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pailler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Matte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Groseiller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Eyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.840105" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799160v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fouch&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Charabidz&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mve.12614" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266302v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehuda Ben-Shahar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01677063.2021.1940173" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250610v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Desvignes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Pineirua" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-88292-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250609v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vidal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian K&#246;nigseder" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Giehr" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schrempf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02016-1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02982089v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Moulin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Choppin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Meunier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6325" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996395v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Brossette" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dupont" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Genevi&#232;ve Bagn&#232;res" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.4710" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266508v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Lefloch" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Christides" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.12529" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266571v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266534v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Elia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Blancato" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Picchi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0190018" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266527v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brossette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Bagn&#232;res" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Millot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blanchard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00040-017-0571-x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146269v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Chirault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Goubault" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chevrier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bressac" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0120656" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266540v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Wong" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias K&#246;lliker" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2014.1236" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266536v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nicolas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Keller" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/imb.12137" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266572v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Darrouzet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266543v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Del&#233;mont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0019347" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266545v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kornfein" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chakaborty-Chatterjee" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sch&#246;nfeld" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Geva" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/arch.20363" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266547v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryon Hughson" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marla Sokolowski" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cib.3.1.9723" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266551v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marla B. Sokolowski" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0809463106" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266553v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Krupp" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Kent" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Billeter" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Azanchi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony K.-C. So" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2008.07.089" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266555v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aki Ejima" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin P.C. Smith" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wynand van Der Goes van Naters" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carson J. Miller" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2007.01.053" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266559v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel D. Levine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie C. Griffith" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2005.01.035" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266557v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Pho" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Jallon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fresneau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2005.06.003" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BX8G48DL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266561v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang B Pho" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2004.04.006" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JN7X5159-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266562v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Soroker" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Simon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Durand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00040-003-0669-1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3TZ2BKWN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266564v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fresneau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Kolmer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Heinze" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques H.C. Delabie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1095-8312.2002.00017.x" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798137v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Kutnik" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Paulmier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ansard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Montibus" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266567v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Smadja" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266566v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781119329695.ch6" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266573v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charpentier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266576v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Caissard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02383504v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-lucas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2839-7583" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/074784331" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/A-4186-2011" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../uploads/pages/LUCASChristophe/CV%20-%20C%20Lucas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://insectes-sociaux.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gdr-mediatec.cnrs.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ragchyT_x2M" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360905v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Chajduk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Go&#322;&#281;biowski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Sta&#324;ska" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lucas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2025.105283" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797440v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Haouzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bastin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Cheutin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfie Perdereau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00049-024-00413-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090025v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Ruhland" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gabant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Toussaint" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Nemcic" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cad&#232;ne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-33252-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291686v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanan Cheng" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berville" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Tan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2023/2133" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018659v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khalil" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my G&#233;var" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.228" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288294v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alejandra Esparza-Mora" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tilottama Mazumdar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shixiong Jiang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renate Radek" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian N. Thiem" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-42947-9" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641830v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pailler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Matte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Groseiller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Eyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.840105" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799160v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fouch&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Charabidz&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mve.12614" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250610v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Desvignes" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Pineirua" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-88292-7" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266302v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehuda Ben-Shahar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01677063.2021.1940173" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250609v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vidal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian K&#246;nigseder" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Giehr" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schrempf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02016-1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02982089v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Moulin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Choppin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Meunier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6325" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996395v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Brossette" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dupont" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Genevi&#232;ve Bagn&#232;res" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.4710" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266508v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Lefloch" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Christides" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.12529" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266571v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266534v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Elia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliano Blancato" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Picchi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0190018" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266527v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brossette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Bagn&#232;res" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Millot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blanchard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00040-017-0571-x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146269v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Chirault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Goubault" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chevrier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bressac" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0120656" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266540v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Wong" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias K&#246;lliker" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2014.1236" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266536v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nicolas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Keller" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/imb.12137" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266572v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Darrouzet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266543v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Del&#233;mont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0019347" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266547v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryon Hughson" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marla Sokolowski" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cib.3.1.9723" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266545v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kornfein" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chakaborty-Chatterjee" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sch&#246;nfeld" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Geva" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/arch.20363" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266551v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marla B. Sokolowski" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0809463106" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266553v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Krupp" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Kent" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Billeter" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Azanchi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony K.-C. So" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2008.07.089" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266555v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aki Ejima" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin P.C. Smith" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wynand van Der Goes van Naters" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carson J. Miller" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2007.01.053" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266559v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel D. Levine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie C. Griffith" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2005.01.035" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266557v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.B. Pho" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Jallon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fresneau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2005.06.003" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BX8G48DL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266561v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang B Pho" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2004.04.006" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JN7X5159-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266562v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Soroker" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Simon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Durand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00040-003-0669-1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3TZ2BKWN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266564v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fresneau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Kolmer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Heinze" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques H.C. Delabie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1095-8312.2002.00017.x" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798137v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Kutnik" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Paulmier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ansard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Montibus" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266567v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Smadja" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266566v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781119329695.ch6" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266573v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charpentier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266576v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Caissard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02383504v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>