--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1429,392 +1429,392 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'un des plus beaux pays du monde</w:t>
+                <w:t xml:space="preserve">Une vitalité culturelle en trompe-l'œil ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Classiques Garnier. </w:t>
+              <w:t xml:space="preserve">Actes Sud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthologie des grands discours sur la Corse et les Corses (XVIIIe-XXe siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, , pp.48-43, 2023, 978-2-406-14550-9</w:t>
+              <w:t xml:space="preserve">Atlas de la Corse contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Actes Sud, pp.60, 2023, 978-2-330-16581-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04141905v1</w:t>
+                <w:t xml:space="preserve">hal-03952956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une vitalité culturelle en trompe-l'œil ?</w:t>
+                <w:t xml:space="preserve">C'est l'Orient toujours, j'étais né pour y vivre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Actes Sud. </w:t>
+              <w:t xml:space="preserve">Classiques Garnier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas de la Corse contemporaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Actes Sud, pp.60, 2023, 978-2-330-16581-9</w:t>
+              <w:t xml:space="preserve">Anthologie des grands discours sur la Corse et les Corses (XVIIIe-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp.54-60, 2023, Les Méditerranées, 978-2-406-14550-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952956v1</w:t>
+                <w:t xml:space="preserve">hal-04141962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C'est l'Orient toujours, j'étais né pour y vivre</w:t>
+                <w:t xml:space="preserve">Mythe paolien versus mythe napoléonien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Classiques Garnier. </w:t>
+              <w:t xml:space="preserve">Actes Sud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthologie des grands discours sur la Corse et les Corses (XVIIIe-XXe siècle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, , pp.54-60, 2023, Les Méditerranées, 978-2-406-14550-9</w:t>
+              <w:t xml:space="preserve">Atlas de la Corse contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Actes Sud, pp.24, 2023, 978-2-330-16581-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04141962v1</w:t>
+                <w:t xml:space="preserve">hal-03952923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mythe paolien versus mythe napoléonien</w:t>
+                <w:t xml:space="preserve">La rencontre avec Pascal Paoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Actes Sud. </w:t>
+              <w:t xml:space="preserve">Classiques Garnier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas de la Corse contemporaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Actes Sud, pp.24, 2023, 978-2-330-16581-9</w:t>
+              <w:t xml:space="preserve">Anthologie des grands discours sur la Corse et les Corses (XVIIIe-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp.37-43, 2023, Les Méditerranées, 978-2-406-14550-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952923v1</w:t>
+                <w:t xml:space="preserve">halshs-04141436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La rencontre avec Pascal Paoli</w:t>
+                <w:t xml:space="preserve">Le Tremolino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques Garnier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthologie des grands discours sur la Corse et les Corses (XVIIIe-XXe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , pp.37-43, 2023, Les Méditerranées, 978-2-406-14550-9</w:t>
+              <w:t xml:space="preserve">, , pp.91-103, 2023, Les Méditerranées, 978-2-406-14550-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04141436v1</w:t>
+                <w:t xml:space="preserve">hal-04142014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fortunato</w:t>
               </w:r>
@@ -1953,100 +1953,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04141745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Tremolino</w:t>
+                <w:t xml:space="preserve">L'un des plus beaux pays du monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques Garnier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthologie des grands discours sur la Corse et les Corses (XVIIIe-XXe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , pp.91-103, 2023, Les Méditerranées, 978-2-406-14550-9</w:t>
+              <w:t xml:space="preserve">, , pp.48-43, 2023, 978-2-406-14550-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04142014v1</w:t>
+                <w:t xml:space="preserve">hal-04141905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la cartographie et de l’ethnotype comme sceaux du pouvoir politique : l’exemple des premiers écrits chorographiques sur la Corse</w:t>
               </w:r>
@@ -2314,173 +2314,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boue</w:t>
+                <w:t xml:space="preserve">Napoléon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Honoré Champion. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp. 128-129, 2013, « Dictionnaires et Références »</w:t>
+              <w:t xml:space="preserve">, pp. 725-726, 2013, « Dictionnaires et Références »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682732v1</w:t>
+                <w:t xml:space="preserve">hal-01682746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soldat</w:t>
+                <w:t xml:space="preserve">Archive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Honoré Champion. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp. 1014-1015, 2013, « Dictionnaires et Références »</w:t>
+              <w:t xml:space="preserve">, pp. 68-70, 2013, « Dictionnaires et Références »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682758v1</w:t>
+                <w:t xml:space="preserve">hal-01686854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guerre</w:t>
               </w:r>
@@ -2533,246 +2533,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archive</w:t>
+                <w:t xml:space="preserve">Ruines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Honoré Champion. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp. 68-70, 2013, « Dictionnaires et Références »</w:t>
+              <w:t xml:space="preserve">, pp. 953-954, 2013, « Dictionnaires et Références »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01686854v1</w:t>
+                <w:t xml:space="preserve">hal-01682755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Napoléon</w:t>
+                <w:t xml:space="preserve">Boue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Honoré Champion. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp. 725-726, 2013, « Dictionnaires et Références »</w:t>
+              <w:t xml:space="preserve">, pp. 128-129, 2013, « Dictionnaires et Références »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682746v1</w:t>
+                <w:t xml:space="preserve">hal-01682732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruines</w:t>
+                <w:t xml:space="preserve">Soldat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Honoré Champion. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Claude Simon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp. 953-954, 2013, « Dictionnaires et Références »</w:t>
+              <w:t xml:space="preserve">, pp. 1014-1015, 2013, « Dictionnaires et Références »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682755v1</w:t>
+                <w:t xml:space="preserve">hal-01682758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’image littéraire du football en Méditerranée à travers l’œuvre d’Albert Camus</w:t>
               </w:r>
@@ -3806,510 +3806,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’image littéraire du football en Méditerranée chez Albert Camus : une symbolique populaire à l’œuvre</w:t>
+                <w:t xml:space="preserve">L’îlot de paix ne dure &amp;quot;guerre&amp;quot;. La perception de l’insularité à travers le témoignage de trois récits martiaux : La Main coupée de Blaise Cendrars, Les Géorgiques et La Route des Flandres de Claude Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Albert Camus et les écritures méditerranéennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Gabès, Institut Supérieur des Langues de Gabès et l’Unité de Recherche en Littérature, Discours et Civilisation (UR11ES62), Feb 2013, Gabès, Tunisie. pp. 133-154</w:t>
+              <w:t xml:space="preserve">Temps et espaces insulaires en littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Corse Pasquale Paoli, Feb 2013, Corte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01686858v1</w:t>
+                <w:t xml:space="preserve">hal-01682666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’îlot de paix ne dure &amp;quot;guerre&amp;quot;. La perception de l’insularité à travers le témoignage de trois récits martiaux : La Main coupée de Blaise Cendrars, Les Géorgiques et La Route des Flandres de Claude Simon</w:t>
+                <w:t xml:space="preserve">Violence, démembrement et images cauchemardesques du quotidien de la campagne napoléonienne de 1812 dans le roman Il neigeait de Patrick Rambaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Temps et espaces insulaires en littérature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Corse Pasquale Paoli, Feb 2013, Corte, France</w:t>
+              <w:t xml:space="preserve">Deux siècles de mémoire russe. Les 200 ans de la guerre de 1812</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Européenne de Saint-Pétersbourg - Académie de sciences de Russie, Feb 2013, Saint Pétersbourg, Russie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682666v1</w:t>
+                <w:t xml:space="preserve">hal-01682476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violence, démembrement et images cauchemardesques du quotidien de la campagne napoléonienne de 1812 dans le roman Il neigeait de Patrick Rambaud</w:t>
+                <w:t xml:space="preserve">Le Mutatis mutandis déchu : l’imitation perpétuelle du guerrier ou la geste ancestrale revisitée dans l’œuvre de Claude Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deux siècles de mémoire russe. Les 200 ans de la guerre de 1812</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Européenne de Saint-Pétersbourg - Académie de sciences de Russie, Feb 2013, Saint Pétersbourg, Russie</w:t>
+              <w:t xml:space="preserve">L’imitation comme thème littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université du Littoral, Sep 2013, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682476v1</w:t>
+                <w:t xml:space="preserve">hal-01682658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Mutatis mutandis déchu : l’imitation perpétuelle du guerrier ou la geste ancestrale revisitée dans l’œuvre de Claude Simon</w:t>
+                <w:t xml:space="preserve">L’image littéraire des guerres mondiales en Méditerranée et leur confrontation avec l’histoire officielle : percevoir la cruauté à travers un regard insulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’imitation comme thème littéraire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université du Littoral, Sep 2013, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">Séminaire invité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département d’Histoire Moderne et d’Études Méditerranéennes et École doctorale de l’Université de Szeged, Mar 2013, Szeged, Hongrie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682658v1</w:t>
+                <w:t xml:space="preserve">hal-01708321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’image littéraire des guerres mondiales en Méditerranée et leur confrontation avec l’histoire officielle : percevoir la cruauté à travers un regard insulaire</w:t>
+                <w:t xml:space="preserve">Napoléon et la guerre : mythe, images et représentations à l’oeuvre dans la littérature romanesque contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire invité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Département d’Histoire Moderne et d’Études Méditerranéennes et École doctorale de l’Université de Szeged, Mar 2013, Szeged, Hongrie</w:t>
+              <w:t xml:space="preserve">Iconosphère de la figure mythique de Napoléon : imaginaires collectifs et personnels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Lieux, Identités, eSpaces et Activités (UMR CNRS 6240 LISA / Université de Corse) Sep 2013, Corte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01708321v1</w:t>
+                <w:t xml:space="preserve">hal-01709786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Napoléon et la guerre : mythe, images et représentations à l’oeuvre dans la littérature romanesque contemporaine</w:t>
+                <w:t xml:space="preserve">L’image littéraire du football en Méditerranée chez Albert Camus : une symbolique populaire à l’œuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Iconosphère de la figure mythique de Napoléon : imaginaires collectifs et personnels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire Lieux, Identités, eSpaces et Activités (UMR CNRS 6240 LISA / Université de Corse) Sep 2013, Corte, France</w:t>
+              <w:t xml:space="preserve">Albert Camus et les écritures méditerranéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Gabès, Institut Supérieur des Langues de Gabès et l’Unité de Recherche en Littérature, Discours et Civilisation (UR11ES62), Feb 2013, Gabès, Tunisie. pp. 133-154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01709786v1</w:t>
+                <w:t xml:space="preserve">hal-01686858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guerre &amp;quot;cuite&amp;quot; et guerre &amp;quot;crue&amp;quot; : la représentation de la guerre en littérature à travers l’œuvre romanesque de l’écrivain Claude Simon</w:t>
+                <w:t xml:space="preserve">La conscience du mythe napoléonien dans l'œuvre de Claude Simon : les figures entremêlées du guerrier, du rustique et du conquérant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La littérature va-t’en guerre : représentations fictionnelles de la guerre et du conflit dans les littératures contemporaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Faculté des Lettres de l’université de Porto, Oct 2012, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">Les guerres napoléoniennes sur les cartes mentales de l'Europe : la conscience historique et les mythes littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Moscou, Russie. p. 505-516</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01686809v1</w:t>
+                <w:t xml:space="preserve">hal-00632778v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fragilité du témoignage littéraire aux prises avec l’histoire officielle. Images confrontées de la première guerre mondiale dans Hommes en guerre de l’écrivain hongrois Andreas Latzko</w:t>
               </w:r>
@@ -4358,234 +4358,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La conscience du mythe napoléonien dans l'œuvre de Claude Simon : les figures entremêlées du guerrier, du rustique et du conquérant</w:t>
+                <w:t xml:space="preserve">Dans les affres du récit de guerre : écriture(s) de la violence martiale dans l’œuvre romanesque de l’écrivain Claude Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les guerres napoléoniennes sur les cartes mentales de l'Europe : la conscience historique et les mythes littéraires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Moscou, Russie. p. 505-516</w:t>
+              <w:t xml:space="preserve">Écrire la guerre, écrire le conflit </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lille 3, Oct 2012, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00632778v2</w:t>
+                <w:t xml:space="preserve">hal-01682495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans les affres du récit de guerre : écriture(s) de la violence martiale dans l’œuvre romanesque de l’écrivain Claude Simon</w:t>
+                <w:t xml:space="preserve">La figure de Napoléon et la Corse dans la littérature française contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Écrire la guerre, écrire le conflit </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lille 3, Oct 2012, Lille, France</w:t>
+              <w:t xml:space="preserve">Séminaire invité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d’Etat des Sciences humaines de Moscou RGGU, Sep 2012, Moscou, Russie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682495v1</w:t>
+                <w:t xml:space="preserve">hal-01682672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La figure de Napoléon et la Corse dans la littérature française contemporaine</w:t>
+                <w:t xml:space="preserve">Guerre &amp;quot;cuite&amp;quot; et guerre &amp;quot;crue&amp;quot; : la représentation de la guerre en littérature à travers l’œuvre romanesque de l’écrivain Claude Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire invité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université d’Etat des Sciences humaines de Moscou RGGU, Sep 2012, Moscou, Russie</w:t>
+              <w:t xml:space="preserve">La littérature va-t’en guerre : représentations fictionnelles de la guerre et du conflit dans les littératures contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté des Lettres de l’université de Porto, Oct 2012, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682672v1</w:t>
+                <w:t xml:space="preserve">hal-01686809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ajaccio vendicata dall’accusa di cospirazione contro l’impero francese d’Alexandre Colonna d’Istria (1809) : Eléments de rhétorique d’un discours pamphlétaire</w:t>
               </w:r>
@@ -4873,307 +4873,307 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’insularité sous l’œil du pouvoir : le voyage en Corse au regard de la cartographie insulaire (1531-1634). Considérations autour du Dialogo nominato Corsica d’Agostino Giustiniani</w:t>
+                <w:t xml:space="preserve">James Boswell, État de la Corse. Suivi de Journal d'un voyage en Corse et Mémoires de Pascal Paoli. Édition critique par Jean Viviès. Présentation, traduction et notes. Suivi de An Account of Corsica. Introduced by Gordon Turnbull, Albiana, 2019, 400 p., ISBN : 978-2-8241-0962-6.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astrolabe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 50, https://astrolabe.msh.uca.fr/emergences-de-la-geographie-franceitalie-xive-xviie-siecles-novembre-2020/dossier/l-insularite-sous-l-oeil-du-pouvoir-le-voyage-en-corse-au-regard-de-la-cartographie-insulaire-1531-1634</w:t>
+              <w:t xml:space="preserve">Viatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02147312v1</w:t>
+                <w:t xml:space="preserve">hal-02517973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Boswell, État de la Corse. Suivi de Journal d'un voyage en Corse et Mémoires de Pascal Paoli. Édition critique par Jean Viviès. Présentation, traduction et notes. Suivi de An Account of Corsica. Introduced by Gordon Turnbull, Albiana, 2019, 400 p., ISBN : 978-2-8241-0962-6.</w:t>
+                <w:t xml:space="preserve">L’insularité sous l’œil du pouvoir : le voyage en Corse au regard de la cartographie insulaire (1531-1634). Considérations autour du Dialogo nominato Corsica d’Agostino Giustiniani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viatica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Astrolabe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 50, https://astrolabe.msh.uca.fr/emergences-de-la-geographie-franceitalie-xive-xviie-siecles-novembre-2020/dossier/l-insularite-sous-l-oeil-du-pouvoir-le-voyage-en-corse-au-regard-de-la-cartographie-insulaire-1531-1634</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02517973v1</w:t>
+                <w:t xml:space="preserve">hal-02147312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petru Santu Leca, Paul Valéry et la Corse. Morceaux de correspondance (1924-1933)</w:t>
+                <w:t xml:space="preserve">About the Corsican poet Petru Santu Leca, his Fiori di Machja, and an unpublished correspondence with Paul Valéry (1924-1933)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Political Linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, The West, the East &amp; Russia social and political projects of the past, 20, pp.215-227</w:t>
+              <w:t xml:space="preserve">Mediterran Tanulmanyok</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Etudes sur la région méditerranéenne, XXVII, pp.51-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01814844v1</w:t>
+                <w:t xml:space="preserve">hal-01849088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About the Corsican poet Petru Santu Leca, his Fiori di Machja, and an unpublished correspondence with Paul Valéry (1924-1933)</w:t>
+                <w:t xml:space="preserve">Petru Santu Leca, Paul Valéry et la Corse. Morceaux de correspondance (1924-1933)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterran Tanulmanyok</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Etudes sur la région méditerranéenne, XXVII, pp.51-63</w:t>
+              <w:t xml:space="preserve">Political Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, The West, the East &amp; Russia social and political projects of the past, 20, pp.215-227</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01849088v1</w:t>
+                <w:t xml:space="preserve">hal-01814844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Corse exaltée ou le désir d’Orient. Récits et impressions de voyage dans l’œuvre de jeunesse de Gustave Flaubert (1835-1840)</w:t>
               </w:r>
@@ -6074,89 +6074,89 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02517896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le fonds Joseph-Antoine Canasi : un féru de langue et de culture corses qui vécut au siècle dernier dans le village de Noceta</w:t>
+                <w:t xml:space="preserve">L'étang d'Urbinu et sa microrégion aux XIXe et XXe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01768301v1</w:t>
+                <w:t xml:space="preserve">hal-01686380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bunifaziu, Lavezzi, isuli pasciali : les plantes endémiques de Corse (fonds Marcel Tournayre)</w:t>
               </w:r>
@@ -6198,89 +6198,89 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01768391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'étang d'Urbinu et sa microrégion aux XIXe et XXe siècles</w:t>
+                <w:t xml:space="preserve">Le fonds Joseph-Antoine Canasi : un féru de langue et de culture corses qui vécut au siècle dernier dans le village de Noceta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Luzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01686380v1</w:t>
+                <w:t xml:space="preserve">hal-01768301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6454,51 +6454,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D0302324"/>
+    <w:nsid w:val="9612BE6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6602,51 +6602,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="EAAC7F8D"/>
+    <w:nsid w:val="E4189C73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6750,51 +6750,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="54073136"/>
+    <w:nsid w:val="7A553682"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6898,51 +6898,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="4D0508B2"/>
+    <w:nsid w:val="13963BCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7138,51 +7138,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-luzi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9299-6954" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112164684" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://m3c.universita.corsica/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universita.corsica/fr/recherche/mediatheque-culturelle-de-corse-corses-m3c/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://m3c.universita.corsica/s/fr/page/presentation-du-projet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universita.corsica/fr/universita/gouvernance/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entrepot.recherche.data.gouv.fr/dataverse/univ-corse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studia.universita.corsica/plugins/actu/actu-front.php?id=7471" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umrlisa.univ-corse.fr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecole-doctorale.universita.corsica/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://m3c.universita.corsica/lumi/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storiacorsa.fr/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umrlisa.univ-corse.fr/micro-folies/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umrlisa.univ-corse.fr/rayonnement-test/prix-et-distinctions/#:~:text=Nous%20sommes%20tr%C3%A8s%20heureux%20et,ouvrage%20%C2%AB%20Fiori%20di%20machja%20%C2%BB." TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328845v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Luzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138390v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Petroni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756419v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682687v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271385v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rey" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Fran&#231;ois Xavier Gherardi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632812v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632793v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682692v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328843v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141905v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03952956v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141962v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03952923v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04141436v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141996v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04141745v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142014v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516140v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548624v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272069v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682708v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682732v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682758v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682737v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686854v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682746v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682755v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682763v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328840v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329290v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328851v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04011196v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Walter" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Esclapez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Simonnot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011097v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450015v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516055v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147189v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686825v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682393v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686856v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708405v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682408v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686858v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682666v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682476v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682658v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708321v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709786v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686809v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682640v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632778v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682495v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682672v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682654v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682633v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686878v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682679v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147312v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517973v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814844v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849088v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682141v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682144v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682156v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682159v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682369v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294357v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Quenot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canarelli Julie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandri Yan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Couvidat-Gherardi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Geronimi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330284v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330266v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686341v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Gherardi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouffroy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Poli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682386v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517896v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Beretti" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768301v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768391v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686380v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098587v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-luzi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9299-6954" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112164684" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://m3c.universita.corsica/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universita.corsica/fr/recherche/mediatheque-culturelle-de-corse-corses-m3c/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://m3c.universita.corsica/s/fr/page/presentation-du-projet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.universita.corsica/fr/universita/gouvernance/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entrepot.recherche.data.gouv.fr/dataverse/univ-corse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studia.universita.corsica/plugins/actu/actu-front.php?id=7471" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umrlisa.univ-corse.fr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecole-doctorale.universita.corsica/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://m3c.universita.corsica/lumi/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storiacorsa.fr/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umrlisa.univ-corse.fr/micro-folies/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umrlisa.univ-corse.fr/rayonnement-test/prix-et-distinctions/#:~:text=Nous%20sommes%20tr%C3%A8s%20heureux%20et,ouvrage%20%C2%AB%20Fiori%20di%20machja%20%C2%BB." TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328845v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Luzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138390v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Petroni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756419v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682687v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271385v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rey" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Fran&#231;ois Xavier Gherardi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632812v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632793v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682692v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328843v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03952956v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141962v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03952923v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04141436v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142014v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141996v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04141745v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141905v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516140v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548624v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272069v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682708v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682746v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686854v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682737v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682755v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682732v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682758v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682763v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328840v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329290v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328851v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04011196v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Walter" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Esclapez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Simonnot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011097v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450015v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516055v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147189v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686825v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682393v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686856v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708405v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682408v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682666v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682476v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682658v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708321v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709786v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686858v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632778v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682640v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682495v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682672v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686809v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682654v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682633v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686878v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682679v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517973v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147312v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849088v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814844v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682141v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682144v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682156v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682159v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682369v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294357v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Quenot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canarelli Julie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandri Yan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Couvidat-Gherardi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Geronimi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330284v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330266v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686341v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Gherardi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouffroy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Poli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682386v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517896v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Beretti" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686380v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768391v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768301v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098587v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>