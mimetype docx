--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -732,295 +732,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04337681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, synthesis and biological evaluation of conformationnally-restricted analogues of E7010 as inhibitors of tubulin assembly (ITA) and vascular disrupting agents (VDA)</w:t>
+                <w:t xml:space="preserve">Centrally expressed Cav3.2 T-type calcium channel is critical for the initiation and maintenance of neuropathic pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vassili Prudhomme</w:t>
+                <w:t xml:space="preserve">Sophie L Fayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélissa Cucca</w:t>
+                <w:t xml:space="preserve">Guillaume Ourties</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Nauton</w:t>
+                <w:t xml:space="preserve">Benjamin Le Gac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Jouffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Andrieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Fereyrolles</w:t>
+                <w:t xml:space="preserve">Sylvain Lamoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2022.114809⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, pp.e79018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.79018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03959739v1</w:t>
+                <w:t xml:space="preserve">hal-03942925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centrally expressed Cav3.2 T-type calcium channel is critical for the initiation and maintenance of neuropathic pain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design, synthesis and biological evaluation of conformationnally-restricted analogues of E7010 as inhibitors of tubulin assembly (ITA) and vascular disrupting agents (VDA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vassili Prudhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie L Fayad</w:t>
+                <w:t xml:space="preserve">Mélissa Cucca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Ourties</w:t>
+                <w:t xml:space="preserve">Lionel Nauton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Le Gac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Jouffre</w:t>
+                <w:t xml:space="preserve">Elsa Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Lamoine</w:t>
+                <w:t xml:space="preserve">Mathilde Fereyrolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11, pp.e79018. </w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 244, pp.114809. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/elife.79018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2022.114809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03942925v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03959739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Antitumor Peptide ERα17p Exerts Anti-Hyperalgesic and Anti-Inflammatory Actions Through GPER in Mice</w:t>
               </w:r>
@@ -1032,51 +1032,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Boudieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lamoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1506,429 +1506,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02380187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of Cav3.2 calcium channels: A new target for colonic hypersensitivity associated with low‐grade inflammation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A tetrapeptide class of biased analgesics from an Australian fungus targets the µ-opioid receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Antonio Carvalho</w:t>
+                <w:t xml:space="preserve">Zoltan Dekan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francina Agosti</w:t>
+                <w:t xml:space="preserve">Setareh Sianati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Bourinet</w:t>
+                <w:t xml:space="preserve">Arsalan Yousuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Ardid</w:t>
+                <w:t xml:space="preserve">Katy Sutcliffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Gillis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bph.14608⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (44), pp.22353-22358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1908662116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04317223v1</w:t>
+                <w:t xml:space="preserve">hal-04257287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Peptide ERα17p Is a GPER Inverse Agonist that Exerts Antiproliferative Effects in Breast Cancer Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosamaria Lappano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Rizzuti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fedora Grande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Raffaella Galli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Molecular and Cellular Mechanisms of Cancers: Breast Cancer, 8 (6), pp.590. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/cells8060590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02273130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tetrapeptide class of biased analgesics from an Australian fungus targets the µ-opioid receptor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zoltan Dekan</w:t>
+                <w:t xml:space="preserve">Inhibition of Cav3.2 calcium channels: A new target for colonic hypersensitivity associated with low‐grade inflammation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Setareh Sianati</w:t>
+                <w:t xml:space="preserve">Frédéric Antonio Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arsalan Yousuf</w:t>
+                <w:t xml:space="preserve">Francina Agosti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katy Sutcliffe</w:t>
+                <w:t xml:space="preserve">Emmanuel Bourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Gillis</w:t>
+                <w:t xml:space="preserve">Denis Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 116 (44), pp.22353-22358. </w:t>
+              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 176 (7), pp.950-963. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1908662116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bph.14608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04257287v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethosuximide improves chronic pain-induced anxiety- and depression-like behaviors</w:t>
               </w:r>
@@ -1940,51 +1940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Kerckhove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Boudieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ourties</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3162,225 +3162,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04337227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le paracétamol : un ancêtre plein d’avenir</w:t>
+                <w:t xml:space="preserve">Mise au point sur les mécanismes de l'action antalgique du paracétamol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Eschalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Urgence Pratique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 115, pp.29-31</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04337690v1</w:t>
+                <w:t xml:space="preserve">hal-04273935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise au point sur les mécanismes de l'action antalgique du paracétamol</w:t>
+                <w:t xml:space="preserve">Le paracétamol : un ancêtre plein d’avenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Eschalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urgence Pratique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 67 (4), pp.277-281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2515/therapie/2012039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04273935v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drug-induced GABA transporter currents enhance GABA release to induce opioid withdrawal behaviors</w:t>
               </w:r>
@@ -3513,51 +3513,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRPV1 in Brain Is Involved in Acetaminophen-Induced Antinociception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Ermund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4423,90 +4423,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Involvment of Cav3.2 calcium channels in osteoarthritis pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ourties</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Daulhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Eschalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4544,51 +4544,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Involvment of Cav3.2 calcium channels in oesteoarthritis pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ourties</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Daulhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4923,103 +4923,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Centrally expressed Cav3.2 T-type calcium channel is critical for the initiation and maintenance of neuropathic pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie L Fayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ourties</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Le Gac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Jouffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lamoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -5210,51 +5210,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04871148v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosamaria Lappano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Maggiolini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mallet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jacquot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2024.1413058" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337675v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Jouffre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Acramel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Daulhac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2023.109311" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04087799v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Belnou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Francesca Santolla" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Talia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-28062-9" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790651v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Picard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kerckhove" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Fran&#231;ois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Boudieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Billard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.15956" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337681v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Desmeules" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rassa Pegahi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Eschalier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/jpr.s393809" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03959739v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Prudhomme" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Cucca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Nauton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Andrieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fereyrolles" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114809" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03942925v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L Fayad" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ourties" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le Gac" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lamoine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.79018" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04256623v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Coudert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2021.578250" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03418812v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Courteix" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dea-2021-0145" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04256629v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan &#197;.Nilsson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiseko Shionoya" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Blomgren" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Sundin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2020.113042" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380187v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andr&#233; Barri&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawzi Boumezbeur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dalman" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cadeddu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.14934" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317223v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Antonio Carvalho" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francina Agosti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourinet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ardid" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.14608" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02273130v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rizzuti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fedora Grande" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Raffaella Galli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8060590" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04257287v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Dekan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Setareh Sianati" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsalan Yousuf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Sutcliffe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Gillis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1908662116" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488870v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bourdier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroneuro.2019.10.012" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875170v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jouve" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thery" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ducki" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Helfenbein" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thiery" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2018.06.007" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317301v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Scanzi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Accarie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Muller" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Aissouni" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nmo.12860" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337687v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Dubray" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dual&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5414/cp202687" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337204v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Chenaf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Duale" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2016-013530" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326283v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dalmann" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Antri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2014.11.006" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04273988v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356344v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boudes" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chemin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2014.01.015" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337223v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Barri&#232;re" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Simonsen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0070690" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337227v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter M Zygmunt" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ermund" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouya Movahed" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Andersson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0081618" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337690v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barri&#232;re" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2515/therapie/2012039" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-R54CR9RK-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04273935v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337230v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bagley" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hacker" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Chefer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavan Mcnally" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.2940" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04326308v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo J&#246;nsson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0012748" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04273458v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337579v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macdonald Christie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.288pe57" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04326295v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bonnefont" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ledent" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Etienne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2008.03.030" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KCBK41FM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659399v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chapuy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/mol.106.025775" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326273v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Duroux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/mol.106.025478" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745618v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Boumezbeur" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872989v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363984v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04273871v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Authier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Eschalier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zenut" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337640v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746638v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04871148v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosamaria Lappano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Maggiolini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mallet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jacquot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2024.1413058" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337675v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Jouffre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Acramel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Daulhac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2023.109311" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04087799v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Belnou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Francesca Santolla" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Talia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-28062-9" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790651v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Picard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kerckhove" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Fran&#231;ois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Boudieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Billard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.15956" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337681v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Desmeules" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rassa Pegahi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Eschalier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/jpr.s393809" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03942925v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L Fayad" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ourties" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le Gac" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lamoine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.79018" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03959739v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Prudhomme" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Cucca" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Nauton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Andrieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fereyrolles" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114809" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04256623v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Coudert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2021.578250" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03418812v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Courteix" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dea-2021-0145" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04256629v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan &#197;.Nilsson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiseko Shionoya" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Blomgren" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Sundin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2020.113042" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380187v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andr&#233; Barri&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawzi Boumezbeur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dalman" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cadeddu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.14934" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04257287v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Dekan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Setareh Sianati" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsalan Yousuf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Sutcliffe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Gillis" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1908662116" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02273130v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rizzuti" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fedora Grande" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Raffaella Galli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8060590" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317223v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Antonio Carvalho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francina Agosti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourinet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ardid" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.14608" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488870v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bourdier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroneuro.2019.10.012" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875170v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jouve" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thery" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ducki" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Helfenbein" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thiery" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2018.06.007" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317301v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Scanzi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Accarie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Muller" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Aissouni" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nmo.12860" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337687v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Dubray" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dual&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5414/cp202687" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337204v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Chenaf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Duale" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2016-013530" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326283v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dalmann" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Antri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2014.11.006" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04273988v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356344v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boudes" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chemin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2014.01.015" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337223v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Barri&#232;re" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Simonsen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0070690" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337227v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter M Zygmunt" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ermund" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouya Movahed" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Andersson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0081618" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04273935v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337690v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barri&#232;re" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2515/therapie/2012039" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-R54CR9RK-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337230v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bagley" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hacker" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Chefer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavan Mcnally" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.2940" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04326308v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo J&#246;nsson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0012748" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04273458v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337579v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macdonald Christie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.288pe57" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04326295v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bonnefont" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ledent" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Etienne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2008.03.030" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KCBK41FM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659399v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chapuy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/mol.106.025775" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326273v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Duroux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/mol.106.025478" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745618v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Boumezbeur" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872989v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363984v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04273871v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Authier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Eschalier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zenut" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04337640v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746638v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>