--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1533,425 +1533,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04010941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior of Two Foundry Cobalt-Based Alloys Exposed to a Hot Complex Gaseous Mixture Simulating the Atmosphere in a Waste- to-Energy Boiler. Part 2: Case of the Alloy Immersed in Synthetic Ashes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrice Berthod</w:t>
+                <w:t xml:space="preserve">Electrolysis of iron in a molten oxide electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Wiencke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Lavelaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15377/2410-4701.2018.05.2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48 (1), pp.115-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10800-017-1143-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02300934v1</w:t>
+                <w:t xml:space="preserve">hal-03982817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior of Two Foundry Cobalt-Based Alloys Exposed to a Hot Complex Gaseous Mixture Simulating the Atmosphere in a Waste- to-Energy Boiler. Part 1: Case of the Alloy Exposed to the Complex Gas Stream</w:t>
+                <w:t xml:space="preserve">Behavior of Two Foundry Cobalt-Based Alloys Exposed to a Hot Complex Gaseous Mixture Simulating the Atmosphere in a Waste- to-Energy Boiler. Part 2: Case of the Alloy Immersed in Synthetic Ashes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schweitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Souchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 5, pp.1-5. </w:t>
+              <w:t xml:space="preserve">, 2018, 5, pp.6-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15377/2410-4701.2018.05.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15377/2410-4701.2018.05.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02300930v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02300934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrolysis of iron in a molten oxide electrolyte</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Carine Petitjean</w:t>
+                <w:t xml:space="preserve">Behavior of Two Foundry Cobalt-Based Alloys Exposed to a Hot Complex Gaseous Mixture Simulating the Atmosphere in a Waste- to-Energy Boiler. Part 1: Case of the Alloy Exposed to the Complex Gas Stream</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Schweitzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Souchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 48 (1), pp.115-126. </w:t>
+              <w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5, pp.1-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10800-017-1143-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15377/2410-4701.2018.05.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03982817v1</w:t>
+                <w:t xml:space="preserve">hal-02300930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics of iron electrochemical reduction into liquid metal at 1823 K in a molten oxide electrolyte</w:t>
               </w:r>
@@ -2065,484 +2065,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04010945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Zinc Chloride in Ash in Oxidation Kinetics of Ni-Based and Fe-Based Alloys</w:t>
+                <w:t xml:space="preserve">Corrosion of Pure Cr and Ni-30Cr Alloy by Soda-Lime-Silicate Melts: Study of Simplified Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Schaal</w:t>
+                <w:t xml:space="preserve">T. K. Abdullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas David</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. Vilasi</w:t>
+                <w:t xml:space="preserve">Eric Schmucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxidation of Metals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 85 (5-6), pp.547-563. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11085-016-9612-5⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 85 (1-2, SI), pp.3-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11085-015-9571-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04010956v1</w:t>
+                <w:t xml:space="preserve">hal-01295110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical characterization of chromia- and alumina-forming nickel-based superalloys in molten silicates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of Zinc Chloride in Ash in Oxidation Kinetics of Ni-Based and Fe-Based Alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Schaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuti Katrina Abdullaha</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
+                <w:t xml:space="preserve">C. Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Mathieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Rapin</w:t>
+                <w:t xml:space="preserve">M. Vilasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 360 (B), pp.510-518. </w:t>
+              <w:t xml:space="preserve">Oxidation of Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 85 (5-6), pp.547-563. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2015.10.176⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11085-016-9612-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01295113v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04010956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrosion of Pure Cr and Ni-30Cr Alloy by Soda-Lime-Silicate Melts: Study of Simplified Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrochemical characterization of chromia- and alumina-forming nickel-based superalloys in molten silicates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuti Katrina Abdullaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. K. Abdullah</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eric Schmucker</w:t>
+                <w:t xml:space="preserve">Stephane Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxidation of Metals</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 360 (B), pp.510-518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2015.10.176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11085-015-9571-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01295110v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01295113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Chloride Content in Ash in Oxidation Kinetics of Ni-Based and Fe-Based Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2613,320 +2613,332 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01295128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’effet mémoire de forme est-il une réalité clinique pour le 35° Copper Ni-Ti® ? Étude par calorimétrie différentielle à balayage.</w:t>
+                <w:t xml:space="preserve">Stability of Protective Oxide Layer Against Corrosion: Solubility Measurements of Chromium in Soda Lime Silicate Melts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Kanter</w:t>
+                <w:t xml:space="preserve">Tuti Katrina Abdullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Bolender</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel Vilasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orthodontie Française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Oxidation of Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 80 (5-6), pp.611-622. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11085-013-9400-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/orthodfr/2013057⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01299748v1</w:t>
+                <w:t xml:space="preserve">hal-01289987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissolution equilibrium of chromium oxide in a soda lime silicate melt exposed to oxidizing and reducing atmospheres</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’effet mémoire de forme est-il une réalité clinique pour le 35° Copper Ni-Ti® ? Étude par calorimétrie différentielle à balayage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuti Katrina Abdullah</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
+                <w:t xml:space="preserve">Yves Bolender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Vilasi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M-P. Filleul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 142 (2-3), pp.572-579. </w:t>
+              <w:t xml:space="preserve">Orthodontie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 84 (3), pp.259 - 269. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2013.07.055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/orthodfr/2013057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01289990v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01299748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of Protective Oxide Layer Against Corrosion: Solubility Measurements of Chromium in Soda Lime Silicate Melts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Dissolution equilibrium of chromium oxide in a soda lime silicate melt exposed to oxidizing and reducing atmospheres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuti Katrina Abdullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2934,115 +2946,103 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vilasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxidation of Metals</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 142 (2-3), pp.572-579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2013.07.055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11085-013-9400-4⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01289987v1</w:t>
+                <w:t xml:space="preserve">hal-01289990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tin oxide solubility in soda-lime silicate melts</w:t>
               </w:r>
@@ -3067,64 +3067,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vilasi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics and Chemistry of Glasses - European Journal of Glass Science and Technology Part B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 53 (3), pp.68-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3188,64 +3188,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vilasi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 358 (8), pp.1135-1140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3318,64 +3318,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Abdelouhab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vilasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 357 (1), pp.31-42. </w:t>
@@ -3426,90 +3426,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solubility of Cr2O3 and Speciation of Chromium in Soda-Lime-Silicate Melts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hichem Khedim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuti Katrina Abdullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 93 (5), pp.1347-1354. </w:t>
@@ -3586,64 +3586,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vilasi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 356 (50-51), pp.2734-2741. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3729,51 +3729,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxidation of Metals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 63 (1-2), pp.57-72. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3943,558 +3943,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00096637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State of the Sub-surface Microstructure of Carbides strengthened cast Superalloys after High Temperature Oxidation -Use of Thermodynamic Modelling for a better Understanding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Berthod</w:t>
+                <w:t xml:space="preserve">Kinetics and Mechanisms of Tantalum Corrosion in Glass Melts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Podor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Michon</w:t>
+                <w:t xml:space="preserve">N. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Mathieu</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.461-464.1117⟩</w:t>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 151 (12), pp.B661. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/1.1808636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02275486v1</w:t>
+                <w:t xml:space="preserve">hal-04057793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetics and Mechanisms of Tantalum Corrosion in Glass Melts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Rapin</w:t>
+                <w:t xml:space="preserve">State of the Sub-surface Microstructure of Carbides strengthened cast Superalloys after High Temperature Oxidation -Use of Thermodynamic Modelling for a better Understanding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. David</w:t>
+                <w:t xml:space="preserve">S Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mathieu</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 151 (12), pp.B661. </w:t>
+              <w:t xml:space="preserve">Materials Science Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 461-464, pp.1117 - 1124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/1.1808636⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.461-464.1117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04057793v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02275486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Microstructural Texture of Cast Superalloys on their High-Temperature Oxidation Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Berthod</w:t>
+                <w:t xml:space="preserve">Influence of the microstructure texture of nickel base and cobalt base cast superalloys on their oxdation behaviour at high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Raude</w:t>
+                <w:t xml:space="preserve">Steven Raude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. S. Renck</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Renaud Podor</w:t>
+                <w:t xml:space="preserve">Aurélie Chiaravalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Renck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.461-464.1173⟩</w:t>
+              <w:t xml:space="preserve">Revue de Métallurgie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 101 (12), pp.1031-1042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/metal:2004109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02275489v1</w:t>
+                <w:t xml:space="preserve">hal-02108983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the microstructure texture of nickel base and cobalt base cast superalloys on their oxdation behaviour at high temperature</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Chiaravalle</w:t>
+                <w:t xml:space="preserve">Influence of the Microstructural Texture of Cast Superalloys on their High-Temperature Oxidation Behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Renck</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Rapin</w:t>
+                <w:t xml:space="preserve">S Raude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Renck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Métallurgie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/metal:2004109⟩</w:t>
+              <w:t xml:space="preserve">Materials Science Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 461-464, pp.1173 - 1180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.461-464.1173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02108983v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02275489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxydation à haute température et corrosion par le verre fondu de superalliages base cobalt</w:t>
               </w:r>
@@ -4605,64 +4605,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A corrosion study of the main constituent phases of AZ91 magnesium alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Steinmetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4773,51 +4773,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Di Martino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4907,51 +4907,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5002,64 +5002,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrosion behaviour of high pressure die-cast and semi-solid cast AZ91D alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Hazan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5183,51 +5183,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 68 (9), pp.4377-4382. </w:t>
@@ -5257,51 +5257,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02939542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (20)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -5310,90 +5310,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation at 550°C of cast chromium-rich cobalt-based alloys exposed to a H2O-O2-CO2-HCl gaseous mixture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schweitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Souchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurocorr 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Cracovie, Poland</w:t>
@@ -6027,64 +6027,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Raude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chiaravalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t>
@@ -6107,273 +6107,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03984658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical composition of titanium preformed orthodontic archwires - A preliminary report</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of dendrites orientation on the high-temperature oxidation behaviour of cast nickel alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Genin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrice Berthod</w:t>
+                <w:t xml:space="preserve">Sébastien Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Guestin-Grandmougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Orthodontic Society congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2005, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">Eurocorr 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04019849v1</w:t>
+                <w:t xml:space="preserve">hal-04015348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of dendrites orientation on the high-temperature oxidation behaviour of cast nickel alloys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chemical composition of titanium preformed orthodontic archwires - A preliminary report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Noël</w:t>
+                <w:t xml:space="preserve">Pierre Steinmetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Guestin-Grandmougin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Pierryle Filleul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurocorr 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Lisboa, Portugal</w:t>
+              <w:t xml:space="preserve">European Orthodontic Society congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04015348v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04019849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the Microstructural Texture of Cast Superalloys on their High-Temperature Oxidation Behaviour</w:t>
               </w:r>
@@ -6385,51 +6385,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Raude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Renck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6478,1259 +6478,1134 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04020660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some examples of thermodynamical modelisation use for a better understanding of sub-surface microstructural phenomena after high temperature oxidation of superalloys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Corrosion of superalloys in molten glass - Electrochemical characterization of the passive state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Di Martino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Mathieu</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Noël</w:t>
-[...8 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pierre Steinmetz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">James R. Varner; Thomas P. Seward; Helmut A. Schaeffer. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Calphad XXXII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2003, La Malbaie, Canada. 2023</w:t>
+              <w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, Rochester, United States. Wiley, Advances in Fusion and Processing of Glass III, 141, pp.496, 2004, Ceramic Transactions Series</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04079377v1</w:t>
+                <w:t xml:space="preserve">hal-04063680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical study of cobalt base superalloys' corrosion by a molten glass ; influence of alloy's microstructure and of the chemical composition of the glass</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of the dendritic orientation on the high temperature oxidation behavior of cast nickel base superalloys strengthened by carbides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">J Di Martino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2003, Rochester, United States</w:t>
+              <w:t xml:space="preserve">Gordon Research Conference "High Temperature Corrosion"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2003, New London (New Hampshire), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04062371v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04067017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some examples of thermodynamical modelisation use for a better understanding of sub-surface microstructural phenomena after high temperature oxidation of superalloys</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Noël</w:t>
+                <w:t xml:space="preserve">Electrochemical study of cobalt base superalloys' corrosion by a molten glass ; influence of alloy's microstructure and of the chemical composition of the glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Di Martino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Calphad XXXII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2003, La Malbaie, Canada</w:t>
+              <w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, Rochester, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04097898v1</w:t>
+                <w:t xml:space="preserve">hal-04062371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrosion of superalloys in molten glass - Electrochemical characterization of the passive state</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Some examples of thermodynamical modelisation use for a better understanding of sub-surface microstructural phenomena after high temperature oxidation of superalloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Di Martino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...53 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2003, Rochester, United States. Wiley, Advances in Fusion and Processing of Glass III, 141, pp.496, 2004, Ceramic Transactions Series</w:t>
+              <w:t xml:space="preserve">Calphad XXXII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2003, La Malbaie, Canada. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04063680v1</w:t>
+                <w:t xml:space="preserve">hal-04079377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the dendritic orientation on the high temperature oxidation behavior of cast nickel base superalloys strengthened by carbides</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Glass composition dependence of metal corrosion by molten glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Podor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Steinmetz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference "High Temperature Corrosion"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2003, New London (New Hampshire), United States</w:t>
+              <w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, Rochester, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04067017v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04033802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glass composition dependence of metal corrosion by molten glass</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An example of thermodynamical calculations applied to the study of the high temperature behaviour of Co-base superalloys strengthened by tantalum carbides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2003, Rochester, United States</w:t>
+              <w:t xml:space="preserve">Calphad XXXII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2003, La Malbaie, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04033802v1</w:t>
+                <w:t xml:space="preserve">hal-04079345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An example of thermodynamical calculations applied to the study of the high temperature behaviour of Co-base superalloys strengthened by tantalum carbides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Michon</w:t>
+                <w:t xml:space="preserve">Electrochemical Study of Metal and Alloys Corrosion by Molten Glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Di Martino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Steinmetz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Calphad XXXII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2003, La Malbaie, Canada</w:t>
+              <w:t xml:space="preserve">15th International Corrosion Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2002, Grenade, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04079345v1</w:t>
+                <w:t xml:space="preserve">hal-04100685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical Study of Metal and Alloys Corrosion by Molten Glasses</w:t>
-[...68 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microstructural and oxidation study of chromia forming Molybdenum-Tungsten based alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Diliberto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Steinmetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">R. Streiff; I. G. Wright; R.C. Krutenat; M. Caillet; A. Galerie. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Corrosion Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2002, Grenade, Spain</w:t>
+              <w:t xml:space="preserve">5th International Symposium On High Temperature Corrosion and Protection Of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2000, Les Embiez, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trans Tech Publications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Materials Science Forum, High Temperature Corrosion and Protection of Materials 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04100685v1</w:t>
+                <w:t xml:space="preserve">hal-04104455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructural and oxidation study of chromia forming Molybdenum-Tungsten based alloys</w:t>
-[...115 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">High temperature oxidation and corrosion by molten glass of refractory elements-base, Ni-base and Co-base alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...12 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Di Martino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Steinmetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Conference on "High Temperature Materials, Processes And Diagnostics"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2000, Plymouth, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04104273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7740,51 +7615,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical behavior of glass melts: application to corrosion processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7793,522 +7668,522 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Panteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vilasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ND INTERNATIONAL SUMMER SCHOOL ON NUCLEAR GLASS WASTEFORM: STRUCTURE, PROPERTIES AND LONG-TERM BEHAVIOR (SUMGLASS 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.101-110, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mspro.2014.10.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01291819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence des carbures de chrome sur le comportement en oxydation à haute température d'alliages métalliques réfractaires et sur la volatilisation de la couche protectrice de chromine</w:t>
+                <w:t xml:space="preserve">Analyse cinétique de l'oxydation à haute température et de la volatilisation de la chromine pour des superalliages de fonderie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Vébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Raude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chiaravalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t>
+              <w:t xml:space="preserve">Journées d'Etude sur la Cinétique Hétérogène (JECH 37)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04198313v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse cinétique de l'oxydation à haute température et de la volatilisation de la chromine pour des superalliages de fonderie</w:t>
+                <w:t xml:space="preserve">Influence des carbures de chrome sur le comportement en oxydation à haute température d'alliages métalliques réfractaires et sur la volatilisation de la couche protectrice de chromine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Abdelouhab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Podor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etude sur la Cinétique Hétérogène (JECH 37)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2006, Dijon, France</w:t>
+              <w:t xml:space="preserve">Matériaux 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04190933v1</w:t>
+                <w:t xml:space="preserve">hal-04198313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics of High Temperature Oxidation and of Chromia Volatilization for Chromium Carbides-containing Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Aranda</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S Abdelouhab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Rapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 European Corrosion Congress (Eurocorr 2005)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the microstructural fineness of cast superalloys on their high temperature oxidation behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Renck-Didelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Raude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8340,113 +8215,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2005 European Corrosion Congress (Eurocorr 2005)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State of the Sub-surface Microstructure of Carbides strengthened cast Superalloys after High Temperature Oxidation - Use of Thermodynamic Modelling for a better Understanding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8465,195 +8340,195 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Symposium on “High Temperature Corrosion &amp; Protection of Materials”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, Les Embiez, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04165428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes de corrosion d'éléments métalliques par le verre fondu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Journée d'Etudes en Lorraine sur le Matériau Verre : Matériaux Haute Température pour l'Industrie du Verre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2003, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04162914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La corrosion des matériaux réfractaires par le verre fondu : cas pratiques et processus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Steinmetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8668,113 +8543,113 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Journée d'Etudes en Lorraine sur le Matériau Verre : Matériaux Haute Température pour l'Industrie du Verre (2003 Métallurgie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2003, Nancy (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04159698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la texture microstructurale de superalliages de fonderie sur leur comportement en oxydation à haute température</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Raude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Renck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8789,73 +8664,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Automne de la SF2M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04140442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination de la solubilité de Cr2O3 dans les verres: relation avec la résistance à la corrosion des super-alliages chromine-formeurs par les verres fondus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Abdelouhab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8877,110 +8752,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mike Toplis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Journée d'Etudes en Lorraine sur le Matériau Verre : Matériaux Haute Température pour l'Industrie du Verre (2003 Métallurgie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2003, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High temperature oxidation and glass corrosion of cobalt base superalloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Di Martino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9039,73 +8914,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th French-Polish Seminar on the Reactivity of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Cluny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04139834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of electrochemical techniques for the characterization of alloys corrosion in molten glasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Di Martino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9127,84 +9002,84 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Podor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Steinmetz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th European Society of Glass Science and Technology Conference "Glass Odyssey 2002"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2002, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04132236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9214,114 +9089,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'inhibition de la corrosion aqueuse du cuivre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université Henri Poincaré - Nancy 1, 1994. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 1994NAN10358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01754171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId231"/>
+      <w:footerReference w:type="default" r:id="rId230"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9468,51 +9343,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402702v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Berthod" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siouare Hammi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rapin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/micro5040057" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129908v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallaury Martinez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fawaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick El Sayegh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Vande Vannet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/dj13070285" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994155v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Cazic" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parham Anvari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Panteix" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2024.136495" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04997745v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Kuntz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Canceill" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ejo/cjae063" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223763v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Spaeter" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Chenikha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Verni&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cmd4040028" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934986v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecanuet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rocca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Hee" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Skaper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.152281" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03777201v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hansen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Perret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Giboire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mure" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153802" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03719936v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2022.121523" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03442400v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nocx.2021.100069" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010934v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Wiencke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lavelaine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Petitjean" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11663-019-01737-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010941v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0811914jes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300934v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Schweitzer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Souchon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2018.05.2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300930v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2018.05.1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982817v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-017-1143-5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010945v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin John Kane" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2018.03.020" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010956v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schaal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas David" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rapin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vilasi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9612-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295113v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuti Katrina Abdullaha" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mathieu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.10.176" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1MX51M3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295110v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. K. Abdullah" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Schmucker" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-015-9571-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295128v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Brossard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-015-9556-1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299748v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kanter" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bolender" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-P. Filleul" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/orthodfr/2013057" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/07665B92A3615C4485D9980E10EC4BC011839D32/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289990v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuti Katrina Abdullah" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vilasi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2013.07.055" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289987v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-013-9400-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XGM2SVRZ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080032v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Gateau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983101v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gateau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2012.02.009" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080012v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Khedim" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Abdelouhab" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2010.10.012" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079998v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2009.03581.x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080003v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khedim" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Podor" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2010.09.045" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181301v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berthod" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. V&#233;bert" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aranda" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-005-1951-6" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096637v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Favre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Villi&#233;ras" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Duval" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Mcrae" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2005.01.038" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7D2N0ZJ2-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275486v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Michon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mathieu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rapin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.461-464.1117" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057793v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. David" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mathieu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.1808636" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275489v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Raude" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Renck" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.461-464.1173" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108983v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Raude" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chiaravalle" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Renck" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2004109" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/92FCC0F17875C3D086F78F16F0C7CCD003BB96B9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162956v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Di Martino" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Michon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057810v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Steinmetz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Steinmetz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0010-938X(03)00109-4" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SMWD0RPK-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398209v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Di Martino" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. No&#235;l" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2003.12.002" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398210v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Podor" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2003.12.003" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057802v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Hazan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0010-938X(02)00075-6" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZXSDH9C7-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02939542v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Diouf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delbarre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perrin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. G&#233;rardin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.68.9.4377-4382.2002" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207203v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626880v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Girardin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Frigerio" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915993v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carton" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913249v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999675v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vebert" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000093v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984658v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019849v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Steinmetz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierryle Filleul" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015348v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien No&#235;l" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guestin-Grandmougin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020660v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Raude" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079377v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mathieu" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062371v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Di Martino" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Berthod" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097898v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063680v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067017v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Noel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033802v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079345v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100685v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104455v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Diliberto" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scientific.net/book/high-temperature-corrosion-and-protection-of-materials-5/978-3-0357-0561-4" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104273v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291819v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mspro.2014.10.014" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198313v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190933v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line V&#233;bert" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190649v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Aranda" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abdelouhab" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190639v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Renck-Didelot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165428v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162914v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159698v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140442v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164077v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Toplis" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139834v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132236v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754171v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1994NAN10358" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402702v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Berthod" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siouare Hammi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rapin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/micro5040057" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129908v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallaury Martinez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fawaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick El Sayegh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Vande Vannet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/dj13070285" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994155v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Cazic" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parham Anvari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Panteix" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2024.136495" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04997745v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Kuntz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Canceill" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ejo/cjae063" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223763v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Spaeter" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Chenikha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Verni&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cmd4040028" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934986v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecanuet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rocca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Hee" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Skaper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.152281" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03777201v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hansen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Perret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Giboire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mure" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153802" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03719936v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2022.121523" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03442400v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nocx.2021.100069" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010934v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Wiencke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lavelaine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Petitjean" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11663-019-01737-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010941v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0811914jes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982817v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-017-1143-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300934v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Schweitzer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Souchon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2018.05.2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300930v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2018.05.1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010945v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin John Kane" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2018.03.020" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295110v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. K. Abdullah" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Schmucker" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-015-9571-2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010956v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schaal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas David" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rapin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vilasi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9612-5" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295113v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuti Katrina Abdullaha" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mathieu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.10.176" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1MX51M3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295128v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Brossard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-015-9556-1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289987v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuti Katrina Abdullah" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vilasi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-013-9400-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XGM2SVRZ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299748v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kanter" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bolender" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-P. Filleul" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/orthodfr/2013057" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/07665B92A3615C4485D9980E10EC4BC011839D32/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289990v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2013.07.055" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080032v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Gateau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983101v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gateau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2012.02.009" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080012v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Khedim" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Abdelouhab" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2010.10.012" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079998v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2009.03581.x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080003v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khedim" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Podor" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2010.09.045" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181301v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berthod" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. V&#233;bert" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aranda" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-005-1951-6" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096637v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Favre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Villi&#233;ras" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Duval" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Mcrae" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2005.01.038" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7D2N0ZJ2-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057793v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. David" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mathieu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.1808636" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275486v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Michon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mathieu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rapin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.461-464.1117" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108983v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Raude" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chiaravalle" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Renck" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2004109" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/92FCC0F17875C3D086F78F16F0C7CCD003BB96B9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275489v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Raude" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Renck" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.461-464.1173" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162956v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Di Martino" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Michon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057810v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Steinmetz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Steinmetz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0010-938X(03)00109-4" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SMWD0RPK-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398209v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Di Martino" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. No&#235;l" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2003.12.002" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398210v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Podor" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2003.12.003" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057802v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Hazan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0010-938X(02)00075-6" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZXSDH9C7-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02939542v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Diouf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delbarre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perrin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. G&#233;rardin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.68.9.4377-4382.2002" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207203v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626880v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Girardin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Frigerio" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915993v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carton" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913249v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999675v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vebert" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000093v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984658v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015348v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien No&#235;l" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guestin-Grandmougin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019849v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Steinmetz" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierryle Filleul" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020660v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Raude" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063680v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067017v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Berthod" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Noel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Di Martino" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062371v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079377v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mathieu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033802v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079345v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100685v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104455v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Diliberto" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scientific.net/book/high-temperature-corrosion-and-protection-of-materials-5/978-3-0357-0561-4" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104273v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291819v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mspro.2014.10.014" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190933v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line V&#233;bert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198313v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190649v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Aranda" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abdelouhab" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190639v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Renck-Didelot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165428v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162914v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159698v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140442v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164077v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Toplis" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139834v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132236v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754171v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1994NAN10358" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>