--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -168,1391 +168,1525 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep Deprivation in Healthy Males Increases Muscle Afferents, Impairing Motor Preparation and Reducing Endurance</w:t>
+                <w:t xml:space="preserve">Accuracy of Dexcom G6® and FreeStyle Libre® Sensors in Standardized Hypoxia Conditions: A Randomized Controlled Trial—FOX Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Bassas Letissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Ansquer</w:t>
+                <w:t xml:space="preserve">Corentin Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Ragot</w:t>
+                <w:t xml:space="preserve">Émilie Rabois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Kostencovska</w:t>
+                <w:t xml:space="preserve">Lisa Durocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Neurophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 42 (5), pp.457-465. </w:t>
+              <w:t xml:space="preserve">Diabetes Technology and Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 40 (3), pp.15209156261423954. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/WNP.0000000000001134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/15209156261423954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05389113v1</w:t>
+                <w:t xml:space="preserve">hal-05554284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association between respiratory-related cortical activation and weaning from mechanical ventilation: a physiological study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud W Thille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Héraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ragot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coudroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 29, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13054-025-05706-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05390650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of sleep disturbances on outcomes in intensive care units</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Sleep Deprivation in Healthy Males Increases Muscle Afferents, Impairing Motor Preparation and Reducing Endurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Héraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Arrivé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Coudroy</w:t>
+                <w:t xml:space="preserve">Solène Ansquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ragot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Kostencovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13054-024-05118-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 42 (5), pp.457-465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/WNP.0000000000001134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05389122v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05389113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noise-sensitivity during sleep in non-sedated mechanically ventilated patients is associated with weaning duration: a polysomnographic study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Impact of sleep disturbances on outcomes in intensive care units</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Marchasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Arrivé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coudroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep and Breathing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11325-024-03207-w⟩</w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 28 (1), pp.331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-024-05118-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05389107v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05389122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A real-time automated sleep scoring algorithm to detect refreshing sleep in conscious ventilated critically ill patients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Noise-sensitivity during sleep in non-sedated mechanically ventilated patients is associated with weaning duration: a polysomnographic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Frat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Héraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ragot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud W. Thille</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Coudroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2023.102856⟩</w:t>
+              <w:t xml:space="preserve">Sleep and Breathing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 29 (1), pp.19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11325-024-03207-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05389137v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05389107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlation Between Sleep Continuity and Patient-Reported Sleep Quality in Conscious Critically Ill Patients at High Risk of Reintubation: A Pilot Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éloïse van Camp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Héraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éloïse van Camp</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Frat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Balbous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Care Explorations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 5, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/cce.0000000000001016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04727655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">β Agonist Delivery by High-Flow Nasal Cannula During COPD Exacerbation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Beuvon</w:t>
+                <w:t xml:space="preserve">A real-time automated sleep scoring algorithm to detect refreshing sleep in conscious ventilated critically ill patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Coudroy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Rault</w:t>
+                <w:t xml:space="preserve">Quentin Héraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ragot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Frat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud W. Thille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiratory Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4187/respcare.09242⟩</w:t>
+              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 53 (1), pp.102856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2023.102856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03810489v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05389137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sleep deprivation reduces vagal tone during an inspiratory endurance task in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy-Paul Westphal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ragot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Neau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sleep</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/sleep/zsab105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep Deprivation Increases Air Hunger rather than Breathing Effort</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">β Agonist Delivery by High-Flow Nasal Cannula During COPD Exacerbation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Beuvon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Coudroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Bardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Marjanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1164/rccm.202004-1478LE⟩</w:t>
+              <w:t xml:space="preserve">Respiratory Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 67 (1), pp.9-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4187/respcare.09242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05389141v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03810489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Sleep Deprivation on Respiratory Motor Output and Endurance. A Physiological Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Sleep Deprivation Increases Air Hunger rather than Breathing Effort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Héraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ragot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Drouot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 203 (5), pp.642-645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1164/rccm.202004-1478LE⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05389141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of Sleep Deprivation on Respiratory Motor Output and Endurance. A Physiological Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Sangaré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ragot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Frat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2020, 201 (8), pp.976-983. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1164/rccm.201904-0819OC⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04015110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1562,114 +1696,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la privation de sommeil sur la commande cérébrale motrice chez le volontaire sain et le patient de réanimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université de Poitiers, 2022. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022POIT1407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03965305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId56"/>
+      <w:footerReference w:type="default" r:id="rId62"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1737,51 +1871,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4277FFF3"/>
+    <w:nsid w:val="F44D401D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1968,51 +2102,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-rault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0949-2991" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224377582" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/147152079227107112613" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389113v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin H&#233;raud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Ansquer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ragot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Kostencovska" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WNP.0000000000001134" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390650v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud W Thille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coudroy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05706-y" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389122v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marchasson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Pape" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Arriv&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-024-05118-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389107v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Frat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11325-024-03207-w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389137v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud W. Thille" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2023.102856" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727655v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lo&#239;se van Camp" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Balbous" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/cce.0000000000001016" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03810489v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Beuvon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bardin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marjanovic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4187/respcare.09242" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368332v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy-Paul Westphal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Robert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Neau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsab105" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389141v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Drouot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.202004-1478LE" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015110v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sangar&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Diaz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.201904-0819OC" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03965305v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022POIT1407" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-rault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0949-2991" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224377582" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/147152079227107112613" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554284v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Bassas Letissier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Faucher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Rabois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Durocher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15209156261423954" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390650v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud W Thille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin H&#233;raud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ragot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coudroy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05706-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Ansquer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Kostencovska" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WNP.0000000000001134" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389122v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marchasson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Pape" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Arriv&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-024-05118-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389107v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Frat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11325-024-03207-w" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727655v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lo&#239;se van Camp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Balbous" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/cce.0000000000001016" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389137v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud W. Thille" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2023.102856" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368332v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy-Paul Westphal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Robert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Neau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsab105" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03810489v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Beuvon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bardin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marjanovic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4187/respcare.09242" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389141v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Drouot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.202004-1478LE" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015110v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sangar&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Diaz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.201904-0819OC" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03965305v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022POIT1407" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>