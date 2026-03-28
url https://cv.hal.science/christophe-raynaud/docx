--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1797,412 +1797,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01924637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orbital Analysis of Carbon-13 Chemical Shift Tensors Reveals Patterns to Distinguish Fischer and Schrock Carbenes</w:t>
+                <w:t xml:space="preserve">Computation provides chemical insight into the diverse hydride NMR chemical shifts of [Ru(NHC)4(L)H]0/+ species (NHC = N-heterocyclic carbene; L = vacant, H2, N2, CO, MeCN, O2, P4, SO2, H−, F− and Cl−) and their [Ru(R2PCH2CH2PR2)2(L)H]+ congeners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keishi Yamamoto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christopher P. Gordon</w:t>
+                <w:t xml:space="preserve">L. Jonas L. Häller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei-Chih Liao</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Raynaud</w:t>
+                <w:t xml:space="preserve">Elena Mas-Marzá</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateusz K. Cybulski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajashekharayya A. Sanguramath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stuart A Macgregor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201701537⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 46, pp.2861-2873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7DT00117G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01573591v1</w:t>
+                <w:t xml:space="preserve">hal-01487454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computation provides chemical insight into the diverse hydride NMR chemical shifts of [Ru(NHC)4(L)H]0/+ species (NHC = N-heterocyclic carbene; L = vacant, H2, N2, CO, MeCN, O2, P4, SO2, H−, F− and Cl−) and their [Ru(R2PCH2CH2PR2)2(L)H]+ congeners</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling the surface of amorphous dehydroxylated silica: the influence of the potential on the nature and density of defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rajashekharayya A. Sanguramath</w:t>
+                <w:t xml:space="preserve">Stéphanie Halbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stuart A Macgregor</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simona Ispas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 46, pp.2861-2873. </w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (2), pp.1356 - 1367. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C7DT00117G⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C7NJ03922K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01487454v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01689194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the surface of amorphous dehydroxylated silica: the influence of the potential on the nature and density of defects</w:t>
+                <w:t xml:space="preserve">Orbital Analysis of Carbon-13 Chemical Shift Tensors Reveals Patterns to Distinguish Fischer and Schrock Carbenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Halbert</w:t>
+                <w:t xml:space="preserve">Keishi Yamamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher P. Gordon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simona Ispas</w:t>
+                <w:t xml:space="preserve">Wei-Chih Liao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Copéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 42 (2), pp.1356 - 1367. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (34), pp.10127-10131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C7NJ03922K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.201701537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01689194v1</w:t>
+                <w:t xml:space="preserve">hal-01573591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical investigation of on-surface synthesized armchair graphene nanoribbons</w:t>
               </w:r>
@@ -2361,51 +2361,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gordon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexey Fedorov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei-Chih Liao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrike Ehrhorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2469,64 +2469,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metathesis Activity Encoded in the Metallacyclobutane Carbon-13 NMR Chemical Shift Tensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher P. Gordon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keishi Yamamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei-Chih Liao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2590,51 +2590,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elucidating the Link between NMR Chemical Shifts and Electronic Structure in d0 Olefin Metathesis Catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Halbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Copéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2701,731 +2701,731 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarizable Molecular Dynamics in a Polarizable Continuum Solvent</w:t>
+                <w:t xml:space="preserve">Donor-Promoted 1,2-Hydrogen Migration from Silicon to a Saturated Ruthenium Center and Access to Silaoxiranyl and Silaiminyl Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filippo Lipparini</w:t>
+                <w:t xml:space="preserve">Hsueh-Ju Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Lagardère</w:t>
+                <w:t xml:space="preserve">Clark Landis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Don Tilley</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ct500998q⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 137 (28), pp.9186-9194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5b05571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01114784v1</w:t>
+                <w:t xml:space="preserve">hal-01179200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donor-Promoted 1,2-Hydrogen Migration from Silicon to a Saturated Ruthenium Center and Access to Silaoxiranyl and Silaiminyl Complexes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polarizable Molecular Dynamics in a Polarizable Continuum Solvent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Lipparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Lagardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hsueh-Ju Liu</w:t>
+                <w:t xml:space="preserve">Benjamin Stamm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clark Landis</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eric Cancès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 137 (28), pp.9186-9194. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (2), pp.623-634. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.5b05571⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ct500998q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01179200v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01114784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1,2-Hydrogen Migration to a Saturated Ruthenium Complex via Reversal of Electronic Properties for Tin in a Stannylene-to-Metallostannylene Conversion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Cyclometalated N-Heterocyclic Carbene Complexes of Ruthenium for Access to Electron-Rich Silylene Complexes That Bind the Lewis Acids CuOTf and AgOTf.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hsueh-Ju Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Eisenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Don Tilley</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 136, pp.13991-13994. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja507799e⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 136 (32), pp.11473-11482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja5054237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01072716v1</w:t>
+                <w:t xml:space="preserve">hal-01056168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B-H, C-H, and B-C Bond Activation: The Role of Two Adjacent Agostic Interactions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amalia Poblador-Bahamonde</w:t>
+                <w:t xml:space="preserve">1,2-Hydrogen Migration to a Saturated Ruthenium Complex via Reversal of Electronic Properties for Tin in a Stannylene-to-Metallostannylene Conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hsueh-Ju Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Guihaumé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Davin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Eisenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201404753⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 136, pp.13991-13994. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja507799e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01053546v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01072716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclometalated N-Heterocyclic Carbene Complexes of Ruthenium for Access to Electron-Rich Silylene Complexes That Bind the Lewis Acids CuOTf and AgOTf.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">B-H, C-H, and B-C Bond Activation: The Role of Two Adjacent Agostic Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gloaguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vendier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Guyard-Duhayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amalia Poblador-Bahamonde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 53, pp.7569-7573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201404753⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ja5054237⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01056168v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01053546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symmetrical Hydrogen Bonds in Iridium(III) Alkoxides with Relevance to Outer Sphere Hydrogen Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan D. Schley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Halbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3498,51 +3498,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structures of d4 MH3X: a Computational Study of the Influence of the Metal and the Ligands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amalia Poblador-Bahamonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3602,51 +3602,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DFT calculations of 29Si-NMR chemical shifts in Ru(II) silyl complexes. Searching for trends and accurate values.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amalia Poblador-Bahamonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Poteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3713,768 +3713,768 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00633440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manganese Catalysts for C−H Activation: An Experimental/Theoretical Study Identifies the Stereoelectronic Factor That Controls the Switch between Hydroxylation and Desaturation Pathways</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multicentered effective group potentials: ligand-field effects in organometallic clusters and dynamical study of chemical reactivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan F. Hull</w:t>
+                <w:t xml:space="preserve">Iker Del rosal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Balcells</w:t>
+                <w:t xml:space="preserve">Franck Jolibois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effiette L.O. Sauer</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurent Maron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Poteau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Theoretical Chemistry Accounts: Theory, Computation, and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 126 (3-4), pp.151-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00214-009-0615-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ja908744w⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00485956v1</w:t>
+                <w:t xml:space="preserve">hal-00493604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facile Interconversion of [Cp2(Cl)Hf(SnH3)] and [Cp2(Cl)Hf(μ-H)SnH2]: DFT Investigations of Hafnocene Stannyl Complexes as Masked Stannylenes</w:t>
+                <w:t xml:space="preserve">Manganese Catalysts for C−H Activation: An Experimental/Theoretical Study Identifies the Stereoelectronic Factor That Controls the Switch between Hydroxylation and Desaturation Pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Guihaume</w:t>
+                <w:t xml:space="preserve">Jonathan F. Hull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Balcells</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effiette L.O. Sauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Maron</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary W. Brudvig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.200906476⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 132 (22), pp.7605-7616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja908744w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00459000v1</w:t>
+                <w:t xml:space="preserve">hal-00485956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicentered effective group potentials: ligand-field effects in organometallic clusters and dynamical study of chemical reactivity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Facile Interconversion of [Cp2(Cl)Hf(SnH3)] and [Cp2(Cl)Hf(μ-H)SnH2]: DFT Investigations of Hafnocene Stannyl Complexes as Masked Stannylenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Guihaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Iker Del rosal</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Eisenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Jolibois</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+                <w:t xml:space="preserve">Lionel Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Chemistry Accounts: Theory, Computation, and Modeling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 126 (3-4), pp.151-163. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 49 (10), pp.1816 - 1819. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00214-009-0615-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.200906476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00493604v1</w:t>
+                <w:t xml:space="preserve">hal-00459000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular recognition in Mn-catalysed C-H oxydation. Reaction mechanism and origin of selectivity from a DFT perspective</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">C-H Oxidation by Hydroxo Manganese(V) Porphyrins. A DFT Study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Balcells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pamela Moles</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robert H. Crabtree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal- Chemical Society Dalton Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 13, pp.1772-1774. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/B821029B⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/b905317d⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00410103v1</w:t>
+                <w:t xml:space="preserve">hal-00357265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-H Oxidation by Hydroxo Manganese(V) Porphyrins. A DFT Study.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Molecular recognition in Mn-catalysed C-H oxydation. Reaction mechanism and origin of selectivity from a DFT perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Balcells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Moles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James D. Blakemore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary W. Brudvig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/B821029B⟩</w:t>
+              <w:t xml:space="preserve">Journal- Chemical Society Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2009 (30), pp.5989 - 6000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b905317d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00357265v1</w:t>
+                <w:t xml:space="preserve">hal-00410103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Rational Basis for the Axial Ligand Effect in C−H Oxidation by [MnO(porphyrin)(X)]+ (X = H2O, OH−, O2−) from a DFT Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Balcells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert H. Crabtree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Eisenstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4533,77 +4533,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The rebound mechanism in catalytic C–H oxidation by MnO(tpp)Cl from DFT studies: electronic nature of the active species.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Balcells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert H. Crabtree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Eisenstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4688,64 +4688,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Daudey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Jolibois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 110 (1), pp.101-105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4804,77 +4804,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berry Pseudorotation Mechanism for the Interpretation of the 19F NMR Spectrum in PF5 by Ab Initio Molecular Dynamics Simulations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Daudey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Jolibois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemPhysChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 7 (2), pp.407-413. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4902,272 +4902,272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00171227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab initio molecular dynamics simulation of the UV absorption spectrum of β-ionone</w:t>
+                <w:t xml:space="preserve">A DFT Study of Stannane Dehydrocoupling Catalyzed by Cp2LaH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Jolibois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure: THEOCHEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 771 (1-3), pp.43-50. </w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 25 (13), pp.3143-3151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.theochem.2006.03.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/om051060m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00171228v1</w:t>
+                <w:t xml:space="preserve">hal-00171216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A DFT Study of Stannane Dehydrocoupling Catalyzed by Cp2LaH</w:t>
+                <w:t xml:space="preserve">Ab initio molecular dynamics simulation of the UV absorption spectrum of β-ionone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Poteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Jolibois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 25 (13), pp.3143-3151. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure: THEOCHEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 771 (1-3), pp.43-50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/om051060m⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.theochem.2006.03.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00171216v1</w:t>
+                <w:t xml:space="preserve">hal-00171228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1,4- vs 1,3-Prototropic Mechanism for Intramolecular Double Proton Transfer Reaction in Monothiooxalic Acid. Theoretical Investigation of Potential Energy Surface</w:t>
               </w:r>
@@ -5179,64 +5179,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Daudey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Jolibois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 109 (42), pp.9646-9652. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5295,77 +5295,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconsidering Car–Parrinello molecular dynamics using direct propagation of molecular orbitals developed upon Gaussian type atomic orbitals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Daudey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Jolibois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 2004 (6), pp.4226-4232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5722,51 +5722,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="61A02421"/>
+    <w:nsid w:val="A4175FC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5870,51 +5870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="5E486CE3"/>
+    <w:nsid w:val="A10F83D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6018,51 +6018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="A860D386"/>
+    <w:nsid w:val="DD101E14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6255,51 +6255,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-raynaud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0979-2051" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/096197781" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-5361-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00079109v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Raynaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923219v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Binninger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Defne Sara&#231;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Marsh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Picard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Doublet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c00012" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281804v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Moreno Martinez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP01631B" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432103v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Azouzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Pointis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruqaya Buhaibeh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Hermosilla Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pedussaut" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2024.115334" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04031639v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abril Castro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Cascella" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Perutz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Eisenstein" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c04063" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03967685v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yougourthen Boumekla" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengjie Xia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Vidal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tot&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ob02243e" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03991675v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.2c00926" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354317v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nguyen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Picard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sergent" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Filhol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP02939H" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02617107v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Yang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#242;nica Postils" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lipschutz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meg Fasulo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC00997K" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269427v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher P. Gordon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A. Andersen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cop&#233;ret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.accounts.9b00225" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924637v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Lipke" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Poradowski" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Don Tilley" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.8b02161" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573591v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keishi Yamamoto" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Chih Liao" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201701537" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487454v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jonas L. H&#228;ller" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Mas-Marz&#225;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz K. Cybulski" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajashekharayya A. Sanguramath" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart A Macgregor" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7DT00117G" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689194v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Halbert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Ispas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ03922K" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01577757v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Zhao" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Borin Barin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rondin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Fairbrother" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201700223" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659081v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deven Estes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gordon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Fedorov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrike Ehrhorn" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b09934" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569539v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Allouche" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.7b00174" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278805v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5b12597" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114784v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Lipparini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lagard&#232;re" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Stamm" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Canc&#232;s" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ct500998q" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179200v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsueh-Ju Liu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clark Landis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5b05571" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072716v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Guihaum&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Davin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja507799e" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053546v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cassen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gloaguen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vendier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Guyard-Duhayon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Poblador-Bahamonde" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201404753" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-80570LXV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056168v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja5054237" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755799v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan D. Schley" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Crabtree" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic301601c" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695703v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic3001448" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633440v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Poteau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1DT11135C" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485956v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan F. Hull" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Balcells" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effiette L.O. Sauer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary W. Brudvig" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja908744w" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459000v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Guihaume" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Perrin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maron" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200906476" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FW7B3HWH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493604v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Del&#8197;rosal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jolibois" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-009-0615-z" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6M98WC27-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410103v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Moles" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James D. Blakemore" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b905317d" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357265v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert H. Crabtree" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B821029B" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-PS65MPVZ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326799v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic8013706" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-3SVFMLSC-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00250131v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b715939k" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-VJ7FH26Z-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171222v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Daudey" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp050771v" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-MN6B3ZN4-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171227v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200500297" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171228v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theochem.2006.03.038" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-03WL9CSZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171216v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om051060m" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-QTRGTM1C-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431282v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp052782u" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XGH7BMR7-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410105v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b402163k" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-P7KS02VC-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151717v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nallet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillippe Godignon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Planson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre P Chante" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.389-393.1247" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454327v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Murail" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Raynaud" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bmsap.1993.2350" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-raynaud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0979-2051" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/096197781" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-5361-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00079109v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Raynaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923219v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Binninger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Defne Sara&#231;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Marsh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Picard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Doublet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c00012" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281804v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Moreno Martinez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP01631B" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432103v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Azouzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Pointis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruqaya Buhaibeh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Hermosilla Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pedussaut" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2024.115334" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04031639v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abril Castro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Cascella" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Perutz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Eisenstein" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c04063" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03967685v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yougourthen Boumekla" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengjie Xia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Vidal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tot&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ob02243e" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03991675v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.2c00926" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354317v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nguyen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Picard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sergent" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Filhol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP02939H" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02617107v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Yang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#242;nica Postils" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lipschutz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meg Fasulo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC00997K" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269427v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher P. Gordon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A. Andersen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cop&#233;ret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.accounts.9b00225" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924637v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Lipke" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Poradowski" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Don Tilley" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.8b02161" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487454v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jonas L. H&#228;ller" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Mas-Marz&#225;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz K. Cybulski" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajashekharayya A. Sanguramath" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart A Macgregor" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7DT00117G" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689194v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Halbert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Ispas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ03922K" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573591v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keishi Yamamoto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Chih Liao" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201701537" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01577757v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Zhao" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Borin Barin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rondin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Fairbrother" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201700223" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659081v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deven Estes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gordon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Fedorov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrike Ehrhorn" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b09934" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569539v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Allouche" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.7b00174" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278805v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5b12597" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179200v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsueh-Ju Liu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clark Landis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5b05571" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114784v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Lipparini" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lagard&#232;re" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Stamm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Canc&#232;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ct500998q" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056168v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja5054237" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072716v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Guihaum&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Davin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja507799e" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053546v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cassen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gloaguen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vendier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Guyard-Duhayon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Poblador-Bahamonde" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201404753" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-80570LXV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755799v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan D. Schley" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Crabtree" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic301601c" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695703v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic3001448" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633440v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Poteau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1DT11135C" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493604v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Del&#8197;rosal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jolibois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maron" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-009-0615-z" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6M98WC27-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485956v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan F. Hull" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Balcells" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effiette L.O. Sauer" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary W. Brudvig" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja908744w" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459000v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Guihaume" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Perrin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200906476" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FW7B3HWH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357265v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert H. Crabtree" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B821029B" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-PS65MPVZ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410103v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Moles" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James D. Blakemore" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b905317d" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326799v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic8013706" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-3SVFMLSC-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00250131v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b715939k" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-VJ7FH26Z-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171222v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Daudey" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp050771v" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-MN6B3ZN4-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171227v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200500297" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171216v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om051060m" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-QTRGTM1C-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171228v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theochem.2006.03.038" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-03WL9CSZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431282v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp052782u" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XGH7BMR7-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410105v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b402163k" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-P7KS02VC-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151717v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nallet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillippe Godignon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Planson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre P Chante" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.389-393.1247" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454327v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Murail" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Raynaud" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bmsap.1993.2350" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>