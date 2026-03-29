--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -168,964 +168,964 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t>
+        <w:t xml:space="preserve">Ouvrages (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georg Lukács, La Théorie du roman (nouvelle traduction de Pierre Rusch)</w:t>
+                <w:t xml:space="preserve">Politique du roman romanesque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Melmoux-Montaubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier, 2024, Romanesques, 978-2-406-17452-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17453-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04508318v1</w:t>
+                <w:t xml:space="preserve">hal-04901841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles lectures politiques de Jules et Michel Verne</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Un autre Jules Verne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hautbout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reffait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Melmoux-Montaubin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Association Carmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, http://association-carmen.fr/un-autre-jules-verne, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Françoise Melmoux-Montaubin</w:t>
-[...54 lines deleted...]
-                <w:t xml:space="preserve">hal-04050932v1</w:t>
+                <w:t xml:space="preserve">hal-03620896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inventer l'économie</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Les lois de l'économie selon les romanciers du XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reffait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 96, 2020, Études romantiques et dix-neuviémistes, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-09747-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Pignol</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-03871765v1</w:t>
+                <w:t xml:space="preserve">hal-03625549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Littérature de jeunesse et romanesque</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ancrages-Passages. Dix écrivains de la Picardie aux Flandres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hautbout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Adler</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Rosemberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Association Carmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, http://canalnord.org/ancrages-passages, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Marcoin</w:t>
+                <w:t xml:space="preserve">hal-03620895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romance : avec deux essais de György Lukács inédits en français et un entretien avec Camille Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Umberto Arcuri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-04508312v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reffait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">György Lukács</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Encrage, 2011, Romanesques ; 4, 978-2-36058-014-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (5)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politique du roman romanesque</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Françoise Melmoux-Montaubin</w:t>
+                <w:t xml:space="preserve">Georg Lukács, La Théorie du roman (nouvelle traduction de Pierre Rusch)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Adler</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...40 lines deleted...]
-                <w:t xml:space="preserve">hal-04901841v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Umberto Arcuri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hors-série 2023, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un autre Jules Verne</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Hautbout</w:t>
+                <w:t xml:space="preserve">Nouvelles lectures politiques de Jules et Michel Verne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Melmoux-Montaubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-                <w:t xml:space="preserve">hal-03620896v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 15, pp.402, 2023, Hors-série, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14427-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lois de l'économie selon les romanciers du XIXe siècle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Inventer l'économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Pignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...37 lines deleted...]
-                <w:t xml:space="preserve">hal-03625549v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">28, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03871765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancrages-Passages. Dix écrivains de la Picardie aux Flandres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Hautbout</w:t>
+                <w:t xml:space="preserve">Littérature de jeunesse et romanesque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Reffait</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Marcoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...72 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">hal-04056647v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1143,64 +1143,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Melmoux-Montaubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Nouvelles lectures politiques de Jules et Michel Verne, Hors-Série (15), pp.11-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1234,64 +1234,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant-propos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, L’usage du roman-photo, 15, pp.11-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1325,51 +1325,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La physiologie burlesque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Jules Verne. Une vision du XIXe siècle, 4, p. 963-975. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1403,51 +1403,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La physiologie burlesque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 122 (4), pp.195-207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1481,64 +1481,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire voir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Pignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fabula-LhT : littérature, histoire, théorie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Inventer l'économie, 28, https://www.fabula.org/actualites/110475/fabula-lht-n-28-inventer-l-economie.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1563,51 +1563,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filatures et poursuites dans le Paris d'Émile Gaboriau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Romanesque et ville dans le roman populaire, Hors-série, pp.53-74. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1641,77 +1641,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien avec Philippe Vasset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 9, pp.277-297. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1745,51 +1745,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Division du travail et restriction de champ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Revue d'histoire de la pensée économique. 2016-2, n°2, pp.189-204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1823,51 +1823,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le don, entre toute-puissance et pathologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Homme et la Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 200 (2), pp.205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1933,51 +1933,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un secret sans romanesque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Francesco Spandri; Luca Pietromarchi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littérature et économie. Relire La Maison Nucingen de Balzac</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, Roma Tre Press, p. 73-86, 2023, Studi per le Scienze Politiche, 979-12-5977-255-8</w:t>
@@ -2006,51 +2006,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'arithmétique morale stendhalienne et ses limites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurie Bréban; Séverine Denieul; Élise Sultan-Villet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Science des mœurs au siècle des Lumières. Conception et expérimentations.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 518, Classiques Garnier, pp.333-348, 2021, Rencontres, 978-2-406-11900-5. </w:t>
@@ -2088,51 +2088,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Autant valait se trouver avec Cyrus dans une île déserte… »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Mustière; Michel Fabre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jules Verne et Robinson</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -2174,51 +2174,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logiques de l'argent et du récit dans L'Éducation sentimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Glaudes; Éléonore Reverzy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Relire L'Éducation sentimentale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 331, Classiques Garnier, pp.173-192, 2018, Rencontres, 978-2-406-07457-1. </w:t>
@@ -2346,51 +2346,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1FC4E92F"/>
+    <w:nsid w:val="FCA3C190"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2577,51 +2577,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-reffait" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7643-6888" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034595155" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/FTP-1886-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04508318v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Reffait" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rusch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Umberto Arcuri" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050932v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Melmoux-Montaubin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14427-4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871765v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pignol" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04508312v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Adler" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Marcoin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Besson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901841v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17453-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620896v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hautbout" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://association-carmen.fr/un-autre-jules-verne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03625549v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/les-lois-de-l-economie-selon-les-romanciers-du-xixe-siecle.html#:~:text=R%C3%A9sum%C3%A9%3A%20D%C3%A8s%20lors%20que%20l,l'individu%20et%20du%20social." TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09747-1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620895v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blondeau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rosemberg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://canalnord.org/ancrages-passages" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04056647v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gy&#246;rgy Luk&#225;cs" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Laurens" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050987v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14427-4.p.0011" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04173180v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15077-0.p.0011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04705306v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14328-4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986690v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14328-4.p.0195" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871892v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03625558v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09127-1.p.0053" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199317v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vasset" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07044-3.p.0277" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673101v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06350-6.p.0189" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03680877v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.200.0205" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04705299v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03625553v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11902-9.p.0333" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03625554v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiecoiffard.fr/livre/16697563-jules-verne-et-robinson-actes-des-6emes-renc--philippe-mustiere-michel-fabre-editions-coiffard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03625551v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07459-5.p.0173" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-reffait" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7643-6888" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034595155" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/FTP-1886-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901841v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Melmoux-Montaubin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Adler" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Reffait" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17453-0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620896v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hautbout" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://association-carmen.fr/un-autre-jules-verne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03625549v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/les-lois-de-l-economie-selon-les-romanciers-du-xixe-siecle.html#:~:text=R%C3%A9sum%C3%A9%3A%20D%C3%A8s%20lors%20que%20l,l'individu%20et%20du%20social." TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09747-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620895v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blondeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rosemberg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://canalnord.org/ancrages-passages" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04056647v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Umberto Arcuri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gy&#246;rgy Luk&#225;cs" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Laurens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04508318v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rusch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050932v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14427-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871765v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pignol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04508312v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Marcoin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Besson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050987v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14427-4.p.0011" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04173180v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15077-0.p.0011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04705306v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14328-4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986690v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14328-4.p.0195" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871892v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03625558v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09127-1.p.0053" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199317v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vasset" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07044-3.p.0277" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673101v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06350-6.p.0189" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03680877v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.200.0205" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04705299v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03625553v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11902-9.p.0333" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03625554v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiecoiffard.fr/livre/16697563-jules-verne-et-robinson-actes-des-6emes-renc--philippe-mustiere-michel-fabre-editions-coiffard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03625551v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07459-5.p.0173" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>