--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -144,51 +144,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (70)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -312,161 +312,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05502978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preconditioning donors with corticosteroids improves the early lung graft immunity</w:t>
+                <w:t xml:space="preserve">Development of a rabbit model of uterine rupture after caesarean section, Histological, biomechanical and polarimetric analysis of the uterine tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Schwartz-Cornil</w:t>
+                <w:t xml:space="preserve">Elodie Debras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florentina Pascale</w:t>
+                <w:t xml:space="preserve">Constance Maudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">Jean-Marc Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Huriet</w:t>
+                <w:t xml:space="preserve">Angelo Pierangelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Estephan</w:t>
+                <w:t xml:space="preserve">Aymeric Courilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, pp.1668591. </w:t>
+              <w:t xml:space="preserve">Reproduction &amp; Fertility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (4), pp.e-250018. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2025.1668591⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1530/raf-25-0018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05169191v2</w:t>
+                <w:t xml:space="preserve">hal-05299987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ageing-driven molecular and functional changes in the bovine endometrium</w:t>
               </w:r>
@@ -580,9657 +580,9523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05297660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a rabbit model of uterine rupture after caesarean section, Histological, biomechanical and polarimetric analysis of the uterine tissue</w:t>
+                <w:t xml:space="preserve">Gene profiles of peripheral white blood cells as potential predictors of pregnancy in embryo-recipient heifers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Debras</w:t>
+                <w:t xml:space="preserve">Mariam Raliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constance Maudot</w:t>
+                <w:t xml:space="preserve">Marie Margarete Meyerholz-Wohllebe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doulaye Dembélé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Allain</w:t>
+                <w:t xml:space="preserve">Kirsten Mense</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Pierangelo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Courilleau</w:t>
+                <w:t xml:space="preserve">Maike Heppelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction &amp; Fertility</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/raf-25-0018⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0330701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05299987v1</w:t>
+                <w:t xml:space="preserve">hal-05272679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene profiles of peripheral white blood cells as potential predictors of pregnancy in embryo-recipient heifers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CRISPR-Cas9 gene-editing to assess the role of RF-amide−related peptide 3 in ovine seasonal breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Raliou</w:t>
+                <w:t xml:space="preserve">Marjolaine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Margarete Meyerholz-Wohllebe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Doulaye Dembélé</w:t>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirsten Mense</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maike Heppelmann</w:t>
+                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0330701⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (5), pp.101508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05272679v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05058912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CRISPR-Cas9 gene-editing to assess the role of RF-amide−related peptide 3 in ovine seasonal breeding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Richard</w:t>
+                <w:t xml:space="preserve">Preconditioning donors with corticosteroids improves early lung graft immunity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Schwartz-Cornil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+                <w:t xml:space="preserve">Florentina Pascale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjolaine André</w:t>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Gelin</w:t>
+                <w:t xml:space="preserve">Maxime Huriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
+                <w:t xml:space="preserve">Jérôme Estephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 19 (5), pp.101508. </w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101508⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2025.1668591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05058912v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05387588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preconditioning donors with corticosteroids improves early lung graft immunity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Estephan</w:t>
+                <w:t xml:space="preserve">Citrulline supplementation does not reverse the effects of late gestation heat stress in ewes on feto-placental development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leticia Casarotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Aguirre-Lavin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2025.1668591⟩</w:t>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.117656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2025.117656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05387588v1</w:t>
+                <w:t xml:space="preserve">hal-05226758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citrulline supplementation does not reverse the effects of late gestation heat stress in ewes on feto-placental development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leticia Casarotto</w:t>
+                <w:t xml:space="preserve">CRISPR/Cas9-editing of PRNP in Alpine goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lasserre</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theriogenology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 56, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-024-01444-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2025.117656⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05226758v1</w:t>
+                <w:t xml:space="preserve">hal-04885356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CRISPR/Cas9-editing of PRNP in Alpine goats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+                <w:t xml:space="preserve">Understanding bovine embryo elongation: a transcriptomic study of trophoblastic vesicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine A Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fulin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1331098), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2024.1331098⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13567-024-01444-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04885356v1</w:t>
+                <w:t xml:space="preserve">hal-04489470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding bovine embryo elongation: a transcriptomic study of trophoblastic vesicles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
+                <w:t xml:space="preserve">Prolonged dialysis during ex vivo lung perfusion promotes inflammatory responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien de Wolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Gouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Glorion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Premachandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2024.1365964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2024.1331098⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04489470v1</w:t>
+                <w:t xml:space="preserve">hal-04551817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prolonged dialysis during ex vivo lung perfusion promotes inflammatory responses</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Preconception and/or preimplantation exposure to a mixture of environmental contaminants altered fetoplacental development and placental function in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Bozec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Premachandra</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 262, pp.119829. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2024.119829⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2024.1365964⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04551817v1</w:t>
+                <w:t xml:space="preserve">hal-04683426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preconception and/or preimplantation exposure to a mixture of environmental contaminants altered fetoplacental development and placental function in a rabbit model</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Alteration of the embryonic microenvironment and sex-specific responses of the preimplantation embryo related to a maternal high-fat diet in the rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Calderari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Developmental Origins of Health and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (5), pp.602-613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S2040174423000260⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2024.119829⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04683426v1</w:t>
+                <w:t xml:space="preserve">hal-04249255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining accelerometers and direct visual observations to detect sickness and pain in cows of different ages submitted to systemic inflammation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothee Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Veissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (1), pp.1977. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-023-27884-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03975769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential early response of monocyte/macrophage subsets to intra-operative corticosteroid administration in lung transplantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Glorion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentina Pascale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Huriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Estephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1281546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04311493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cross-circulatory platform for monitoring innate allo-responses in lung grafts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Glorion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentina Pascale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Estephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Huriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 18 (5), pp.e0285724. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0285724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04116782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration of the embryonic microenvironment and sex-specific responses of the preimplantation embryo related to a maternal high-fat diet in the rabbit model</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Challenging the Ex Vivo Lung Perfusion Procedure With Continuous Dialysis in a Pig Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien de Wolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Glorion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Estephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Leplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Developmental Origins of Health and Disease</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (5), pp.979-987. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TP.0000000000003931⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S2040174423000260⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04249255v1</w:t>
+                <w:t xml:space="preserve">hal-03339905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenging the Ex Vivo Lung Perfusion Procedure With Continuous Dialysis in a Pig Model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Leplat</w:t>
+                <w:t xml:space="preserve">Involving Animal Models in Uterine Transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angeline Favre-Inhofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Carbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Domert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chastant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.830826. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fsurg.2022.830826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/TP.0000000000003931⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03339905v1</w:t>
+                <w:t xml:space="preserve">hal-03588798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involving Animal Models in Uterine Transplantation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of Predictive Factors for Successful Vascular Anastomoses in a Sheep Uterine Transplantation Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angeline Favre-Inhofer</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie Carbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Chastant</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Balaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Surgery</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, pp.5262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm11185262⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fsurg.2022.830826⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03588798v1</w:t>
+                <w:t xml:space="preserve">hal-03770597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Predictive Factors for Successful Vascular Anastomoses in a Sheep Uterine Transplantation Model</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Balaya</w:t>
+                <w:t xml:space="preserve">Analysis of the transcriptome of bovine endometrial cells isolated by laser micro-dissection (1): specific signatures of stromal, glandular and luminal epithelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiruntita Chankeaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Lignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valerie Gelin</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodoros Ntallaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Raliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-021-07712-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jcm11185262⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03770597v1</w:t>
+                <w:t xml:space="preserve">hal-03271279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic differences in blastocoel and uterine fluids collected in vivo by ultrasound biomicroscopy on rabbit embryos</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+                <w:t xml:space="preserve">Analysis of the transcriptome of bovine endometrial cells isolated by laser micro-dissection (2): impacts of post-partum negative energy balance on stromal, glandular and luminal epithelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiruntita Chankeaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Mourier</w:t>
+                <w:t xml:space="preserve">Sandra Lignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodoros Ntallaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Raliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/biolre/ioab005⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-021-07713-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03137309v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03271294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the transcriptome of bovine endometrial cells isolated by laser micro-dissection (1): specific signatures of stromal, glandular and luminal epithelial cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandra Lignier</w:t>
+                <w:t xml:space="preserve">Metabolomic differences in blastocoel and uterine fluids collected in vivo by ultrasound biomicroscopy on rabbit embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Calderari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mariam Raliou</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-021-07712-0⟩</w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/biolre/ioab005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03271279v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03137309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the transcriptome of bovine endometrial cells isolated by laser micro-dissection (2): impacts of post-partum negative energy balance on stromal, glandular and luminal epithelial cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandra Lignier</w:t>
+                <w:t xml:space="preserve">PGE2 Supplementation of oocyte culture media improves the developmental and cryotolerance performance of bovine blastocysts derived from a serum-free in vitro production system, mirroring the inner cell mass transcriptome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Charpigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Marquant-Le Guienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mariam Raliou</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier O. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcell.2021.672948⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-021-07713-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03271294v1</w:t>
+                <w:t xml:space="preserve">hal-03251478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PGE2 Supplementation of oocyte culture media improves the developmental and cryotolerance performance of bovine blastocysts derived from a serum-free in vitro production system, mirroring the inner cell mass transcriptome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier O. Dubois</w:t>
+                <w:t xml:space="preserve">Analysis of blood parameters and molecular endometrial markers during early reperfusion in two ovine models of uterus transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Carbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Revaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angéline Favre-Inhofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Galio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (5), pp.e0251474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0251474⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcell.2021.672948⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03251478v1</w:t>
+                <w:t xml:space="preserve">hal-03232288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prenatal air pollution exposure to diesel exhaust induces cardiometabolic disorders in adulthood in a sex-specific manner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sylvie Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Morillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 200, pp.111690. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2021.111690⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03312025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of blood parameters and molecular endometrial markers during early reperfusion in two ovine models of uterus transplantation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Galio</w:t>
+                <w:t xml:space="preserve">Pressurized intra-peritoneal aerosol chemotherapy (PIPAC): increased intraperitoneal pressure does not affect distribution patterns but leads to deeper penetration depth of doxorubicin in a sheep model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Mimouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Letheule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21, pp.461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12885-021-07955-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0251474⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03232288v1</w:t>
+                <w:t xml:space="preserve">hal-03211408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressurized intra-peritoneal aerosol chemotherapy (PIPAC): increased intraperitoneal pressure does not affect distribution patterns but leads to deeper penetration depth of doxorubicin in a sheep model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Myriam Mimouni</w:t>
+                <w:t xml:space="preserve">Oocyte maturation under lipotoxic conditions induces carryover transcriptomic and functional alterations during post-hatching development of good-quality blastocysts: novel insights from a bovine embryo-transfer model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karolien L.J. Desmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waleed F.A. Marei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrien Sprangers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerrit T.S. Beemster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Human Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35 (2), pp.293-307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/humrep/dez248⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12885-021-07955-w⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03211408v1</w:t>
+                <w:t xml:space="preserve">hal-03160654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oocyte maturation under lipotoxic conditions induces carryover transcriptomic and functional alterations during post-hatching development of good-quality blastocysts: novel insights from a bovine embryo-transfer model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gerrit T.S. Beemster</w:t>
+                <w:t xml:space="preserve">Effects of first-generation in utero exposure to diesel engine exhaust on second-generation placental function, fatty acid profiles and foetal metabolism in rabbits: preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah A. Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sylvie Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Reproduction</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.9710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-46130-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/humrep/dez248⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03160654v1</w:t>
+                <w:t xml:space="preserve">hal-02185870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of first-generation in utero exposure to diesel engine exhaust on second-generation placental function, fatty acid profiles and foetal metabolism in rabbits: preliminary results</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie Sylvie Lallemand</w:t>
+                <w:t xml:space="preserve">Bovine scavenger receptor class A (SR-A) exhibit specific patterns of regulation in the endometrium during the oestrous cycle and early pregnancy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Eozenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Forde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. D. Healey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reproduction, Fertility and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (6), pp.1078-1090. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RD18411⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-46130-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02185870v1</w:t>
+                <w:t xml:space="preserve">hal-02618988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bovine scavenger receptor class A (SR-A) exhibit specific patterns of regulation in the endometrium during the oestrous cycle and early pregnancy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. D. Healey</w:t>
+                <w:t xml:space="preserve">Critical steps for initiating an animal uterine transplantation model in sheep: experience from a case serie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angeline Favre-Inhofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Carbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Revaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction, Fertility and Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 60, pp.245-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsu.2018.11.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/RD18411⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02618988v1</w:t>
+                <w:t xml:space="preserve">hal-02623603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical steps for initiating an animal uterine transplantation model in sheep: experience from a case serie.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valérie Mougenot</w:t>
+                <w:t xml:space="preserve">Effects of dietary arginine supplementation in pregnant mares on maternal metabolism and foal birthweight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Robles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Surgery</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (9), pp.6461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-42941-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsu.2018.11.017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02623603v1</w:t>
+                <w:t xml:space="preserve">hal-03291006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of dietary arginine supplementation in pregnant mares on maternal metabolism and foal birthweight</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cédric Dubois</w:t>
+                <w:t xml:space="preserve">Non-invasive evaluation of placental blood flow: lessons from animal models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Duan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bertholdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 153 (3), pp.R85-R96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/REP-16-0428⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-42941-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03291006v1</w:t>
+                <w:t xml:space="preserve">hal-01604405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prosurvival effect of cumulus prostaglandin G/H synthase 2/prostaglandin2 signaling on bovine blastocyst: impact on in vivo posthatching development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Nuttinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Charpigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 96 (3), pp.531-541. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1095/biolreprod.116.145367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal metabolism affects endometrial expression of oxidative stress and FOXL2 genes in cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lesage-Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niamh Forde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Poirée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gareth D Healey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (12), pp.e0189942. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0189942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02620264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-invasive evaluation of placental blood flow: lessons from animal models</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Maternal exposure to diluted diesel engine exhaust alters placental function and induces intergenerational effects in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Duan</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Aioun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Bertholdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Particle and Fibre Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12989-016-0151-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1530/REP-16-0428⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01604405v1</w:t>
+                <w:t xml:space="preserve">hal-02637441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal exposure to diluted diesel engine exhaust alters placental function and induces intergenerational effects in rabbits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Richard</w:t>
+                <w:t xml:space="preserve">Analysis of STAT1 expression and biological activity reveals interferon-tau-dependent STAT1-regulated SOCS genes in the bovine endometrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Eozenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.D. Healey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Forde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Particle and Fibre Toxicology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reproduction, Fertility and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RD14034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12989-016-0151-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02637441v1</w:t>
+                <w:t xml:space="preserve">hal-02631268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of STAT1 expression and biological activity reveals interferon-tau-dependent STAT1-regulated SOCS genes in the bovine endometrium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
+                <w:t xml:space="preserve">Differences during the first lactation between cows cloned by somatic cell nuclear transfer and noncloned cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction, Fertility and Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 99 (6), pp.4778-4794. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2015-10532⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/RD14034⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02631268v1</w:t>
+                <w:t xml:space="preserve">hal-02635880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences during the first lactation between cows cloned by somatic cell nuclear transfer and noncloned cows</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Neveux</w:t>
+                <w:t xml:space="preserve">Massive dysregulation of genes involved in cell signaling and placental development in cloned cattle conceptus and maternal endometrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando H. Biase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chanaka Rabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kalista Andropolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113 (51), pp.14492-14501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1520945114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2015-10532⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02635880v1</w:t>
+                <w:t xml:space="preserve">hal-01602490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massive dysregulation of genes involved in cell signaling and placental development in cloned cattle conceptus and maternal endometrium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kalista Andropolis</w:t>
+                <w:t xml:space="preserve">Altered DNA methylation associated with an abnormal liver phenotype in a cattle model with a high incidence of perinatal pathologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.38869. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep38869⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1520945114⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01602490v1</w:t>
+                <w:t xml:space="preserve">hal-02633915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered DNA methylation associated with an abnormal liver phenotype in a cattle model with a high incidence of perinatal pathologies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">In vivo evaluation of cervical stiffness evolution during induced ripening using shear wave elastography, histology and 2 photon excitation microscopy: Insight from an animal model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Peralta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Charpigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (8), pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0133377⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep38869⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02633915v1</w:t>
+                <w:t xml:space="preserve">hal-01194173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serum IGFBP4 concentration decreased in dairy heifers towards day 18 of pregnancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie M. Meyerholz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirsten Mense</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Lietzau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Kassens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Linden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Veterinary Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 16 (4), pp.413-421. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4142/jvs.2015.16.4.413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02631551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide next-generation DNA and RNA sequencing reveals a mutation that perturbs splicing of the phosphatidylinositol glycan anchor biosynthesis class H gene (&amp;lt;em&amp;gt;PIGH&amp;lt;/em&amp;gt;) and causes arthrogryposis in Belgian Blue cattle</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcervical collection of bovine embryos up to Day 21: An 8-year overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nico Tamma</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-015-1528-y⟩</w:t>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 83 (7), pp.1101-1109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2014.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635877v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02630658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcervical collection of bovine embryos up to Day 21: An 8-year overview</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome-wide next-generation DNA and RNA sequencing reveals a mutation that perturbs splicing of the phosphatidylinositol glycan anchor biosynthesis class H gene (&amp;lt;em&amp;gt;PIGH&amp;lt;/em&amp;gt;) and causes arthrogryposis in Belgian Blue cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sartelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanbo Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nico Tamma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theriogenology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2014.12.005⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-015-1528-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02630658v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milk fatty acid composition and mammary lipogenic genes expression in bovine cloned and control cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 176, pp.188-195. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.livsci.2015.03.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02640576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo evaluation of cervical stiffness evolution during induced ripening using shear wave elastography, histology and 2 photon excitation microscopy: Insight from an animal model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+                <w:t xml:space="preserve">Energy and lipid metabolism gene expression of D18 embryos in dairy cows is related to dam physiological status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Valour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew A. A. Ponter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physiological Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46 (2), pp.39-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/physiolgenomics.00091.2013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0133377⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01194173v1</w:t>
+                <w:t xml:space="preserve">hal-01019556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and temporal changes of Decorin, Type I collagen and Fibronectin expression in normal and clone bovine placenta</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Hue</w:t>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;SOCS&amp;lt;/em&amp;gt; genes expression during physiological and perturbed implantation in bovine endometrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Forde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.D. Healey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Eozenou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Placenta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.placenta.2014.06.366⟩</w:t>
+              <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 148 (6), pp.545-557. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/REP-14-0214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635816v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FOXL2 is a female sex-determining gene in the goat</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maeva M. El Zaiat</w:t>
+                <w:t xml:space="preserve">Spatial and temporal changes of Decorin, Type I collagen and Fibronectin expression in normal and clone bovine placenta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2013.12.039⟩</w:t>
+              <w:t xml:space="preserve">Placenta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 35 (9), pp.737-747. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.placenta.2014.06.366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02638689v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy and lipid metabolism gene expression of D18 embryos in dairy cows is related to dam physiological status</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FOXL2 is a female sex-determining gene in the goat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severine Degrelle</w:t>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew A. A. Ponter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Campion</w:t>
+                <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva M. El Zaiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/physiolgenomics.00091.2013⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24 (4), pp.404-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2013.12.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019556v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;SOCS&amp;lt;/em&amp;gt; genes expression during physiological and perturbed implantation in bovine endometrium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Caroline Eozenou</w:t>
+                <w:t xml:space="preserve">Changes in WNT signaling-related gene expression associated with development and cloning in bovine extra-embryonic and endometrial tissues during the peri-implantation period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando H. Biase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chanaka Rabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kalista Andropolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 80 (12), pp.977-987. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrd.22257⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1530/REP-14-0214⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02633219v1</w:t>
+                <w:t xml:space="preserve">hal-01019140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in WNT signaling-related gene expression associated with development and cloning in bovine extra-embryonic and endometrial tissues during the peri-implantation period</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kalista Andropolis</w:t>
+                <w:t xml:space="preserve">Postpartum variations of plasma IGF and IGFBPs, oocyte production and quality in dairy cows: relationships with parity and subsequent fertility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Grimard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. B. Marquant-Leguienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique D. Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Nuttinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrd.22257⟩</w:t>
+              <w:t xml:space="preserve">Reproduction in Domestic Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 48 (2), pp.183-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1439-0531.2012.02127.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01019140v1</w:t>
+                <w:t xml:space="preserve">hal-01000953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postpartum variations of plasma IGF and IGFBPs, oocyte production and quality in dairy cows: relationships with parity and subsequent fertility</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Nuttinck</w:t>
+                <w:t xml:space="preserve">FOXL2 is regulated during the bovine estrous cycle and its expression in the endometrium is independent of conceptus-derived interferon tau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Eozenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niamh N. Forde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction in Domestic Animals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1439-0531.2012.02127.x⟩</w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 87 (2), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.112.101584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01000953v1</w:t>
+                <w:t xml:space="preserve">hal-01000758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncoupled Embryonic and Extra-Embryonic Tissues Compromise Blastocyst Development after Somatic Cell Nuclear Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine S. Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jaffrezic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim-Anh Lê Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (6), pp.e38309. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0038309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02440313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FOXL2 is regulated during the bovine estrous cycle and its expression in the endometrium is independent of conceptus-derived interferon tau</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
+                <w:t xml:space="preserve">Abnormal patterns of resumption of cyclicity after calving in Holstein cows: risk factors,relationships with the ultrasound appearance of the ovaries and with gestation failure after AI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothee Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Touze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew A. A. Ponter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.J. Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de Médecine Vétérinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 162 (2), pp.98-106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1095/biolreprod.112.101584⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01000758v1</w:t>
+                <w:t xml:space="preserve">hal-01129550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A small set of extra-embryonic genes defines a new landmark for bovine embryo staging</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
+                <w:t xml:space="preserve">Altered secretion of pregnancy-associated glycoproteins during gestation in bovine somatic clones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne F. Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine S. Camous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Y. Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. N. de Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/REP-10-0174⟩</w:t>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 76 (6), pp.1006-1021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2011.04.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000888v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered secretion of pregnancy-associated glycoproteins during gestation in bovine somatic clones</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
+                <w:t xml:space="preserve">A small set of extra-embryonic genes defines a new landmark for bovine embryo staging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine A. S.A. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim-Anh Lê Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Y. Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">N. N. de Sousa</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.E. R.E. Everts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theriogenology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 141 (1), pp.79-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/REP-10-0174⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2011.04.029⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01000468v1</w:t>
+                <w:t xml:space="preserve">hal-01000888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abnormal patterns of resumption of cyclicity after calving in Holstein cows: risk factors,relationships with the ultrasound appearance of the ovaries and with gestation failure after AI</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M.J. Bosc</w:t>
+                <w:t xml:space="preserve">Gene expression profiles of bovine caruncular and intercaruncular endometrium at implantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadera Mansouri-Atiia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Reinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Taghouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Médecine Vétérinaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physiological Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 39 (1), pp.14-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/physiolgenomics.90404.2008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01129550v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01197513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The immune status of bovine somatic clones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine C. Urien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cloning and Stem Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 11 (2), pp.309-318. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/clo.2008.0080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02664605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of cloned and non-cloned Holstein heifers in muscle contractile and metabolic characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Jurie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 3 (2), pp.244-250. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S1751731108003406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02665080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene expression profiles of bovine caruncular and intercaruncular endometrium at implantation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Geraldine Taghouti</w:t>
+                <w:t xml:space="preserve">Quality and safety of bovine clones and their products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jurie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Genomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1 (7), pp.963-972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731107000171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/physiolgenomics.90404.2008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01197513v1</w:t>
+                <w:t xml:space="preserve">hal-01173367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual discrimination by heifers (Bos taurus) of their own species.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Deputte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Baudoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Comparative Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 121 (2), pp.198-204. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/0735-7036.121.2.198⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00293694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dairy cattle exploratory and social behaviors: is there an effect of cloning?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theriogenology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 68, pp.1097-1103. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2007.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00293691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quality and safety of bovine clones and their products</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
+                <w:t xml:space="preserve">Le clonage somatique : un état des lieux chez les bovins et les petits ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 18 (5), pp.339-354</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731107000171⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01173367v1</w:t>
+                <w:t xml:space="preserve">hal-02682489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le clonage somatique : un état des lieux chez les bovins et les petits ruminants</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Molecular evidence for a critical period in mural trophoblast development in bovine blastocysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine S. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 288 (2), pp.448-460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2005.09.043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02682489v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02440263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular evidence for a critical period in mural trophoblast development in bovine blastocysts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
+                <w:t xml:space="preserve">Health status of cloned cattle at different ages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Issenman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cloning and Stem Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 6 (2), pp.94-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/1536230041372274⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2005.09.043⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-02440263v1</w:t>
+                <w:t xml:space="preserve">hal-02679050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zootechnical performance of cloned cattle and offspring: preliminary results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Rodriguez-Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lazzari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cloning and Stem Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 6 (2), pp.111-120. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/1536230041372364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02671152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health status of cloned cattle at different ages</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N. Cordonnier</w:t>
+                <w:t xml:space="preserve">Preliminary results on variability in oocyte recovery and developmental competence in cattle derived from embryonic cloning : work in progress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tamassia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chastant-Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cloning and Stem Cells</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 60, pp.891-900</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/1536230041372274⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02679050v1</w:t>
+                <w:t xml:space="preserve">hal-02670210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of oocyte donor cow effect over oocyte production and embryo development in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Tamassia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 126, pp.629-637</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02670626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary results on variability in oocyte recovery and developmental competence in cattle derived from embryonic cloning : work in progress</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Consequences of transvaginal follicular puncture on well-being in cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Tamassia</w:t>
+                <w:t xml:space="preserve">S. Chastant-Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Quinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lauffenburger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Cordonnier-Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theriogenology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 60, pp.891-900</w:t>
+              <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 125, pp.555-563</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670210v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02680596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consequences of transvaginal follicular puncture on well-being in cows</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Cordonnier-Lefort</w:t>
+                <w:t xml:space="preserve">Clinical, hormonal, and hematologic characteristics of bovine calves derived from nuclei from somatic cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Monget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 125, pp.555-563</w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 66, pp.1596-1603</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02680596v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical, hormonal, and hematologic characteristics of bovine calves derived from nuclei from somatic cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yvan Heyman</w:t>
+                <w:t xml:space="preserve">Lymphoid hypoplasia and somatic cloning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chastant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...110 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 353, pp.1489-1491</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02690843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (93)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (94)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of maternal exposure to a mixture of food chemical compounds on fetoplacental development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effet de l’exposition maternelle chronique périconceptionnelle et périnatale à un mélange de 8 polluants chimiques alimentaires sur le phénotype cardio-métabolique de la descendance à l’âge adulte, dans un modèle lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donya Popping</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Bozec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donya Popping</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+                <w:t xml:space="preserve">Natalie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Placenta Group</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées francophones de nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Lyon, France. pp.147-148</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04994687v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05525472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PRECONCEPTION AND GESTATIONAL MATERNAL EXPOSURE TO A MIXTURE OF SHORT-HALF-LIFE FOOD CHEMICALS ALTERED FETOPLACENTAL DEVELOPMENT AND PLACENTAL FUNCTION IN A RABBIT MODEL, BASED ON EXPOSURE DATA FROM THE SEPAGES MOTHER-CHILD COHORT</w:t>
+                <w:t xml:space="preserve">Effects of maternal exposure to a mixture of food chemical compounds on fetoplacental development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Bozec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Angrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donya Popping</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFPA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Placenta Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Hradec Králové, Czech Republic. n.p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.placenta.2024.10.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05279447v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04994687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment des biopsies sériées de placentome ovin par coelioscopie ou échoguidage permettront de réduire le nombre d'animaux utilisés</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">PRECONCEPTION AND GESTATIONAL MATERNAL EXPOSURE TO A MIXTURE OF SHORT-HALF-LIFE FOOD CHEMICALS ALTERED FETOPLACENTAL DEVELOPMENT AND PLACENTAL FUNCTION IN A RABBIT MODEL, BASED ON EXPOSURE DATA FROM THE SEPAGES MOTHER-CHILD COHORT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Bozec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jovanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ouidir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Angrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAPS (Science Animale Paris-Saclay)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Jouy-en-Josas, France</w:t>
+              <w:t xml:space="preserve">IFPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Erfurt (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05222775v1</w:t>
+                <w:t xml:space="preserve">hal-05279447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ageing is associated with molecular and functional modifications of endometrial physiology in cattle</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment des biopsies sériées de placentome ovin par coelioscopie ou échoguidage permettront de réduire le nombre d'animaux utilisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Ruminant Reproduction Conference(IRRS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SAPS (Science Animale Paris-Saclay)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Jouy-en-Josas, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04324127v1</w:t>
+                <w:t xml:space="preserve">hal-05222775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Maternal Exposure to a Cocktail of Food Contaminants on Feto-Placental Development and Growth in a Rabbit Model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+                <w:t xml:space="preserve">Ageing is associated with molecular and functional modifications of endometrial physiology in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dembele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Reinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Placenta Group</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th International Ruminant Reproduction Conference(IRRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Galway City, Ireland. pp.511-512, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2023.03.130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883821v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early mammalian embryo response to environmental changes: should we take the sex into account?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10292,1118 +10158,1118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04330599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of F0 maternal diesel engine exhaust exposure during gestation on F1 and F2 offspring phenotype</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+                <w:t xml:space="preserve">Effect of Maternal Exposure to a Cocktail of Food Contaminants on Feto-Placental Development and Growth in a Rabbit Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Bozec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pauline Hoarau</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESRI</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Placenta Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Jouy-en-Josas, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03643599v1</w:t>
+                <w:t xml:space="preserve">hal-03883821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de l'exposition aux nanoparticules d'or par inhalation sur la fonction placentaire et le phénotype de la descendance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of F0 maternal diesel engine exhaust exposure during gestation on F1 and F2 offspring phenotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">John Boere</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah A. Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GFP-Groupe de la Francophonie Placentaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESRI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jri.2022.103562⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03341279v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03643599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programmation périconceptionnelle par la production in vitro de l'embryon: étude de l'altération de l'expression sexe-dimorphique des gènes dans l'embryon bovin.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Denoës Olivier</w:t>
+                <w:t xml:space="preserve">Effets de l'exposition aux nanoparticules d'or par inhalation sur la fonction placentaire et le phénotype de la descendance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Fessard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Boere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème congrès de la SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SF-DOHaD, Nov 2021, Jouy en Josas, Yvelines, France</w:t>
+              <w:t xml:space="preserve">GFP-Groupe de la Francophonie Placentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04330661v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03341279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of aging on epigenetics of immune cells in dairy cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Richard</w:t>
+                <w:t xml:space="preserve">Programmation périconceptionnelle par la production in vitro de l'embryon: étude de l'altération de l'expression sexe-dimorphique des gènes dans l'embryon bovin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denoës Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70. Annual meeting of the European Association for Animal Production (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2019, Gant, Belgium. 116p</w:t>
+              <w:t xml:space="preserve">5ème congrès de la SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SF-DOHaD, Nov 2021, Jouy en Josas, Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734929v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04330661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of maternal au-np exposure by inhalation on foeto-placental development and placental function, in a rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+                <w:t xml:space="preserve">Autotransplantation utérine dans un modèle ovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Carbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Revaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Coscas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPTC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Salzburg, Austria</w:t>
+              <w:t xml:space="preserve">16. journée de chirurgie gynécologique et pelvienne (SCGP) « La chirurgie gynécologique à l’heure de la francophonie »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733978v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autotransplantation utérine dans un modèle ovin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Richard</w:t>
+                <w:t xml:space="preserve">Effects of maternal au-np exposure by inhalation on foeto-placental development and placental function, in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Fessard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John A. Boere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fokkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. journée de chirurgie gynécologique et pelvienne (SCGP) « La chirurgie gynécologique à l’heure de la francophonie »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">IPTC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Salzburg, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785848v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Courbe d'apprentissage de la transplantation utérine chez la brebis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romain Bosc</w:t>
+                <w:t xml:space="preserve">Effects of aging on epigenetics of immune cells in dairy cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Pontlevoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42. Journées Nationales du CNGOF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collège National des Gynécologues et Obstétriciens Français. FRA., Dec 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">70. Annual meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2019, Gant, Belgium. 116p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736608v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des voies fonctionnelles altérées par un régime maternal hypergras dans l’embryon pré-implantatoire de lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Richard</w:t>
+                <w:t xml:space="preserve">Effets de la supplémentation alimentaire en arginine chez les juments gravides sur le métabolisme maternal, la fonction placentaire et le poids de naissance des poulains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Robles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Geeverding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Aioun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation Scientifique du Département PHASE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">4. Congrès de la SF-Dohad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Francophone de la Dohad., Nov 2018, Grenoble, France. pp.120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737130v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aged endometrium displays perturbations of inflammation-related molecular pathways compared with fertile endometrium in the bovine species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Pez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lesage-Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Reinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fertility 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Association of clinical Embryologists (ACE), British Fertility Society (BFS) and Society for Reproduction and Fertility (SRF)., Jan 2018, Liverpool, United Kingdom. pp.124</w:t>
@@ -11426,5671 +11292,5659 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact d’une restriction alimentaire durant le post-partum sur l’expression des gènes des cellules endométriales chez la vache laitière</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Theodoros Ntallaris</w:t>
+                <w:t xml:space="preserve">Effets de l’exposition maternelle aux nanoparticules d’or par ingestion pendant la gestation, sur le développement foeto-placentaire et la fonction placentaire, dans un modèle lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation Scientifique du Département PHASE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">4. Congrès de la SF-Dohad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Francophone-DOHaD. FRA., Nov 2018, Grenoble, France. pp.120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02736380v1</w:t>
+                <w:t xml:space="preserve">hal-02734001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de l’exposition maternelle aux nanoparticules d’or par ingestion pendant la gestation, sur le développement foeto-placentaire et la fonction placentaire, dans un modèle lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">Eplmmun: Effets du vieillissement sur la réponse inflammatoire chez la vache laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Foucras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothee Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Congrès de la SF-Dohad</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Francophone-DOHaD. FRA., Nov 2018, Grenoble, France. pp.120</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département PHASE-INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734001v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eplmmun: Effets du vieillissement sur la réponse inflammatoire chez la vache laitière</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valerie Gelin</w:t>
+                <w:t xml:space="preserve">Courbe d'apprentissage de la transplantation utérine chez la brebis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angeline Favre-Inhofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Carbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Revaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département PHASE-INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">42. Journées Nationales du CNGOF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège National des Gynécologues et Obstétriciens Français. FRA., Dec 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738321v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elevated non-esterified fatty acid concentrations during in vitro maturation affect the transcriptome profile of day 14 bovine embryos 7 days after transfer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">W.F.A. Marei</w:t>
+                <w:t xml:space="preserve">Identification des voies fonctionnelles altérées par un régime maternal hypergras dans l’embryon pré-implantatoire de lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Calderari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Andries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34. Meeting of the Association of Embryo Transfer in Europe (AETE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Européenne des Technologies et de l'Embryon (AETE) (AETE). FRA., Sep 2018, Nantes, France</w:t>
+              <w:t xml:space="preserve">Journées d’Animation Scientifique du Département PHASE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735475v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation ultra structurale du placenta équin après supplémentation alimentaire en arginine des juments au dernier tiers de la gestation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+                <w:t xml:space="preserve">Impact d’une restriction alimentaire durant le post-partum sur l’expression des gènes des cellules endométriales chez la vache laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Lignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiruntita Chankeaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Raliou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodoros Ntallaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17.Journées de formation du RCCM (Réseau des Centres Communs de Microscopie)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2018, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Journées d’Animation Scientifique du Département PHASE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02187460v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses des conséquences du vieillissement sur la physiologie de l’endomètre à l’aide d’un modèle bovin de génome nucléaire fixé</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maud Pez</w:t>
+                <w:t xml:space="preserve">Elevated non-esterified fatty acid concentrations during in vitro maturation affect the transcriptome profile of day 14 bovine embryos 7 days after transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.L.J Desmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.F.A. Marei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Lesage-Padilla</w:t>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Andries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département PHASE-INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">34. Meeting of the Association of Embryo Transfer in Europe (AETE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Européenne des Technologies et de l'Embryon (AETE) (AETE). FRA., Sep 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733987v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des échanges transplacentaires par perfusion placentaire ex-vivo ou par des modèles cellulaires in vitro</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+                <w:t xml:space="preserve">Caractérisation ultra structurale du placenta équin après supplémentation alimentaire en arginine des juments au dernier tiers de la gestation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Geeverding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Aioun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Robles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département PHASE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">17.Journées de formation du RCCM (Réseau des Centres Communs de Microscopie)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2018, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733989v1</w:t>
+                <w:t xml:space="preserve">hal-02187460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phénotypage endométrial du transport des spermatozoïdes (PETS)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyses des conséquences du vieillissement sur la physiologie de l’endomètre à l’aide d’un modèle bovin de génome nucléaire fixé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Pez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Reinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lesage-Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'Animation Scientifique du Département PHASE</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département PHASE-INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736865v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific impacts of mild feed restrictions on gene expression of endometrial luminal, glandular and stromal cells in postpartum dairy cows</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phénotypage endométrial du transport des spermatozoïdes (PETS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mauffré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sainte-Beuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44.Annual Conference of the International Embryo Transfer Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Bangkok, Thailand. pp.251</w:t>
+              <w:t xml:space="preserve">Journée d'Animation Scientifique du Département PHASE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736792v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la supplémentation alimentaire en arginine chez les juments gravides sur le métabolisme maternal, la fonction placentaire et le poids de naissance des poulains</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Josiane Aioun</w:t>
+                <w:t xml:space="preserve">Specific impacts of mild feed restrictions on gene expression of endometrial luminal, glandular and stromal cells in postpartum dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Chankeaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Lignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Raliou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ntallaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Congrès de la SF-Dohad</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Francophone de la Dohad., Nov 2018, Grenoble, France. pp.120</w:t>
+              <w:t xml:space="preserve">44.Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Bangkok, Thailand. pp.251</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735937v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lack of impact of low energy diets on metabolomic analysis of cow follicular and uterine fluids</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rozenn Dalbies-Tran</w:t>
+                <w:t xml:space="preserve">Analyse des échanges transplacentaires par perfusion placentaire ex-vivo ou par des modèles cellulaires in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guenhaël Sanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. International Congress of the Spanish-Association-for-Animal Reproduction (AERA)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département PHASE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734863v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressurized intra-peritoneal aerosol chemotherapy (PIPAC): does increase of level of pneumoperitoneum change distribution pattern and penetration depth of doxorubicin in a sheep model?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">MIMA2-CIMA platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Canette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Meylheuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COST Action BM 1308 « Sharing Advances on Large Animal Models - SAALAM »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ludwig Maximilians University of Munich (LMU). DEU. European Cooperation in Science and Technology (COST), BEL., Sep 2017, Halle, Germany</w:t>
+              <w:t xml:space="preserve">CLIPS 2017 - Multiscale live imaging in human, animal and plant health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Saclay (COMUE). FRA., Sep 2017, Gif-Sur-Yvette, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738029v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo imaging of pregnancy: insight from large animal models</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pressurized intra-peritoneal aerosol chemotherapy (PIPAC): does increase of level of pneumoperitoneum change distribution pattern and penetration depth of doxorubicin in a sheep model?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Mimouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Huchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Letheule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLIPS 2017 - Multiscale live imaging in human, animal and plant health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris Saclay (COMUE). FRA., Sep 2017, Gif Sur Yvette, France. 1 p</w:t>
+              <w:t xml:space="preserve">COST Action BM 1308 « Sharing Advances on Large Animal Models - SAALAM »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ludwig Maximilians University of Munich (LMU). DEU. European Cooperation in Science and Technology (COST), BEL., Sep 2017, Halle, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608599v1</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of non-esterified fatty acids during in vitro oocyte maturation on the development of bovine embryos after transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.L.J. Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.F.A. Marei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Andries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33. Annual Meeting of the European Embryo Transfer Association (AETE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2017, Bath, United Kingdom. 541 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal exposure to diluted diesel engine exhaust alters placental function of the first and second generation in rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+                <w:t xml:space="preserve">Lack of impact of low energy diets on metabolomic analysis of cow follicular and uterine fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Humblot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ntallaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Dalbies-Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35. Congrès de la Société Française de Toxicologie Génétique "Conséquences pour l'homme et l'environnement des effets génotoxiques et épigénétiques transgénérationnels"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14. International Congress of the Spanish-Association-for-Animal Reproduction (AERA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Organisation on Animal Reproduction. ESP., Nov 2017, Barcelone, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/rda.13064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735196v1</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MIMA2-CIMA platform</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Canette</w:t>
+                <w:t xml:space="preserve">In vivo imaging of pregnancy: insight from large animal models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CLIPS 2017 - Multiscale live imaging in human, animal and plant health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université Paris Saclay (COMUE). FRA., Sep 2017, Gif-Sur-Yvette, France. 1 p</w:t>
+              <w:t xml:space="preserve">, Université Paris Saclay (COMUE). FRA., Sep 2017, Gif Sur Yvette, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607383v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le placenta, organe des échanges foeto-maternels et de la programmation fœtale. Caractérisation ultrastructurale du placenta dans un modèle lapin témoin ou soumis pendant la gestation à l’inhalation de gaz d’échappement diesel filtrés</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Maternal exposure to diluted diesel engine exhaust alters placental function of the first and second generation in rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marine Guinot</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. journées de Formation du RCCM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2016, Saint Etienne, France</w:t>
+              <w:t xml:space="preserve">35. Congrès de la Société Française de Toxicologie Génétique "Conséquences pour l'homme et l'environnement des effets génotoxiques et épigénétiques transgénérationnels"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Toxicologie Génétique. FRA., Oct 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607889v1</w:t>
+                <w:t xml:space="preserve">hal-02735196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal exposure to diesel exhaust alters placental function and induces intergenerational effects in rabbits</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josiane Aioun</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Richard</w:t>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44. Annual Conference of the European Teratology Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Organisation on Animal Reproduction. FRA., Jun 2016, Tours, France. 676 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02742499v1</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
+                <w:t xml:space="preserve">Le placenta, organe des échanges foeto-maternels et de la programmation fœtale. Caractérisation ultrastructurale du placenta dans un modèle lapin témoin ou soumis pendant la gestation à l’inhalation de gaz d’échappement diesel filtrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Josiane Aioun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sarah Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christophe Richard</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Francophone pour la Recherche et l'Education sur les Origines Développementales, Environnementales et Epigénétiques de la Santé et des Maladies (SF-DOHAD). FRA., Dec 2016, Paris, France. 84 p</w:t>
+              <w:t xml:space="preserve">15. journées de Formation du RCCM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2016, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743432v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maternal exposure to diesel exhaust alters placental function and induces intergenerational effects in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Valentino</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+                <w:t xml:space="preserve">Josiane Aioun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">44. Annual Conference of the European Teratology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Teratology Society (ETS). GBR., Sep 2016, Dublin, Ireland. 210 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.reprotox.2016.06.054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02740895v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences tardives de perturbations épigénétiques précoces : exemple des clones bovins</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Campion</w:t>
+                <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Jun 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Francophone pour la Recherche et l'Education sur les Origines Développementales, Environnementales et Epigénétiques de la Santé et des Maladies (SF-DOHAD). FRA., Dec 2016, Paris, France. 84 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01197642v1</w:t>
+                <w:t xml:space="preserve">hal-02743432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;In vivo&amp;lt;/em&amp;gt; evaluation of the cervical stiffness evolution during induced labor in ewes using elastography</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
+                <w:t xml:space="preserve">Maternal exposure to diesel engine exhaust during pregnancy affects early embryo development in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41. Annual Conference IETS</w:t>
+              <w:t xml:space="preserve">41. Annual Conference of IETS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2015, Versailles, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1071/RDv27n1Ab117⟩</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv27n1Ab120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741035v1</w:t>
+                <w:t xml:space="preserve">hal-02741151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal exposure to diesel engine exhaust during pregnancy affects early embryo development in a rabbit model</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
+                <w:t xml:space="preserve">Découverte de la gestation en images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41. Annual Conference of IETS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Science Break « Dans les coulisses de la gestation »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Biologie du Développement et Reproduction (1198)., Jun 2015, Jouy en Josas, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741151v1</w:t>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An aberrant age of liver DNA methylation is associated with cloning-induced pathologies</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The use of in vivo imaging to study pregnancy in non-rodent animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Jacques Monod, DNA methylation and demethylation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6. International Scientific Meeting - Days of Veterinary Medicine 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Flanders Research Institute for Agriculture, Fisheries and Food (ILVO). BEL., Sep 2015, Struga, Macedonia. 67 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14432/j.macvetrev.2015.09.056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797595v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishment of pregnancy is associated with TSH-levels on the day of ovulation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matthias Linden</w:t>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;In vivo&amp;lt;/em&amp;gt; evaluation of the cervical stiffness evolution during induced labor in ewes using elastography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Peralta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48. Annual Conference Physiology and Pathology of Reproduction and simultaneously 40. Joint Congress of Veterinary and Human Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/rda.12498⟩</w:t>
+              <w:t xml:space="preserve">41. Annual Conference IETS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2015, Versailles, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv27n1Ab117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02742398v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The development origins of health and disease: Importance for animal production</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Morgane Robles</w:t>
+                <w:t xml:space="preserve">Conséquences tardives de perturbations épigénétiques précoces : exemple des clones bovins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31ème colloque scientifique AETE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2015, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">1. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741063v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01197642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Découverte de la gestation en images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+                <w:t xml:space="preserve">The development origins of health and disease: Importance for animal production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Robles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Break « Dans les coulisses de la gestation »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Biologie du Développement et Reproduction (1198)., Jun 2015, Jouy en Josas, France</w:t>
+              <w:t xml:space="preserve">31ème colloque scientifique AETE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2015, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797828v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of in vivo imaging to study pregnancy in non-rodent animals</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Establishment of pregnancy is associated with TSH-levels on the day of ovulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Meyerholz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsten Mense</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lietzau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kassens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Linden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Scientific Meeting - Days of Veterinary Medicine 2015</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14432/j.macvetrev.2015.09.056⟩</w:t>
+              <w:t xml:space="preserve">48. Annual Conference Physiology and Pathology of Reproduction and simultaneously 40. Joint Congress of Veterinary and Human Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Veterinary Medicine [Hannover]. DEU., Feb 2015, Zurich, Switzerland. 77 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/rda.12498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741591v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences between cloned and non-cloned cows during first lactation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valérie V. Hallé</w:t>
+                <w:t xml:space="preserve">An aberrant age of liver DNA methylation is associated with cloning-induced pathologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">Conférence Jacques Monod, DNA methylation and demethylation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Nov 2015, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743511v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embryo collection in clone cattle offspring</w:t>
+                <w:t xml:space="preserve">Transabdominal ultrasound evaluation of bovine fetal development in late gestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31. Colloque Scientifique de l'AETE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2015, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">41. Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2015, Versailles, France. 82 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740072v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transabdominal ultrasound evaluation of bovine fetal development in late gestation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differences between cloned and non-cloned cows during first lactation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie V. Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41. Annual Conference of the International Embryo Transfer Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2015, Versailles, France. 82 p</w:t>
+              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741198v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The developmental origins of health and disease: importance for animal production</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Embryo collection in clone cattle offspring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29. Annual Meeting of the Brazilian Embryo Technology Society (SBTE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Brazilian Embryo Technology Society (SBTE). BRA., Aug 2015, Gramado, Brazil</w:t>
+              <w:t xml:space="preserve">31. Colloque Scientifique de l'AETE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2015, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739712v1</w:t>
+                <w:t xml:space="preserve">hal-02740072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achievements and challenges of imaging in large animal models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">The developmental origins of health and disease: importance for animal production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. Muller</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline P. Peugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Robles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Dec 2014, Munich, Germany</w:t>
+              <w:t xml:space="preserve">29. Annual Meeting of the Brazilian Embryo Technology Society (SBTE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brazilian Embryo Technology Society (SBTE). BRA., Aug 2015, Gramado, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741577v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of a preconceptional and gestational mutli-vitamin-mineral-omega3 supplementation on fetoplacental development in a rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Albert</w:t>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;FOXL2&amp;lt;/em&amp;gt; is a female sex-determining gene in the goat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva M. El Zaiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40th Annual Conference of the IETS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Dec 2014, Munich, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019240v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’exposition maternelle aux gaz d’échappement de moteur diesel au cours de la gestation affecte le développement foeto-placentaire : validation du modèle lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Etienne E. Aujean</w:t>
+                <w:t xml:space="preserve">Achievements and challenges of imaging in large animal models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Rencontre du Groupe de la Francophonie Placentaire (GfP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe de la francophonie Placentaire (GfP). FRA., Sep 2014, Paris, France. 1 p</w:t>
+              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Dec 2014, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797176v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;FOXL2&amp;lt;/em&amp;gt; is a female sex-determining gene in the goat</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maeva M. El Zaiat</w:t>
+                <w:t xml:space="preserve">L’exposition maternelle aux gaz d’échappement de moteur diesel au cours de la gestation affecte le développement foeto-placentaire : validation du modèle lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne E. Aujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Dec 2014, Munich, Germany</w:t>
+              <w:t xml:space="preserve">3. Rencontre du Groupe de la Francophonie Placentaire (GfP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de la francophonie Placentaire (GfP). FRA., Sep 2014, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741098v1</w:t>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CHIPSTRAFFIC : identification des gènes cibles de facteurs de transcription bovins par ChIP et ChIP-seq dans l'endomètre et les tissus extra-embryonnaires à l'implantation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
+                <w:t xml:space="preserve">Effects of a preconceptional and gestational mutli-vitamin-mineral-omega3 supplementation on fetoplacental development in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de restitution AIP Bioressources</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">40th Annual Conference of the IETS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2014, Reno, Nevada, United States. pp.150, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv26n1Ab72⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019203v1</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of inter-individual epigenetic variability in bovine clones: A high throughput study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+                <w:t xml:space="preserve">Transcervical embryo collection in late stage in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">29. Annual Meeting AETE 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2013, Istanbul, Turkey. pp.194</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004742v1</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d’une supplémentation multi-vitamines-minéraux-oméga3 préconceptionnelle et gestationnelle sur le développement fœtoplacentaire dans un modèle lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Albert</w:t>
+                <w:t xml:space="preserve">Cloning disrupts the methylation signatures associated to age in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Martin-Magniette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Balzergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées nationales de la société française de médecine périnatale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Monaco, R.A.S. chinoise de Macao</w:t>
+              <w:t xml:space="preserve">Conférence Jacques Monod Méthylation et déméthylation de l'ADN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01189852v1</w:t>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of inter-individual epigenetic variability in bovine clones: a high throughput study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">Effets d’une supplémentation multi-vitamines-minéraux-oméga3 préconceptionnelle et gestationnelle sur le développement fœtoplacentaire dans un modèle lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Balzergue</w:t>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Animal Production (EAAP). FRA., Aug 2013, Nantes, France. pp.542</w:t>
+              <w:t xml:space="preserve">Journées nationales de la société française de médecine périnatale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Monaco, R.A.S. chinoise de Macao</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004784v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invalidation du gène FOXL2 chez la chèvre; démonstration de son rôle de déterminant ovarien chez les bovidés</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maeva Elzaiat</w:t>
+                <w:t xml:space="preserve">Investigation of inter-individual epigenetic variability in bovine clones: A high throughput study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Magniette Martin-Magniette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Balzergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique Phase 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Hanovre, Germany. pp.173, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv25n1Ab51⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019184v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloning disrupts the methylation signatures associated to age in cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Balzergue</w:t>
+                <w:t xml:space="preserve">CHIPSTRAFFIC : identification des gènes cibles de facteurs de transcription bovins par ChIP et ChIP-seq dans l'endomètre et les tissus extra-embryonnaires à l'implantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamelia Kara-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Eozenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Jacques Monod Méthylation et déméthylation de l'ADN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France</w:t>
+              <w:t xml:space="preserve">Séminaire de restitution AIP Bioressources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). US Etude du Polymorphisme des Génomes Végétaux (1279)., Feb 2013, Paris, France. pp.106-108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019185v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcervical embryo collection in late stage in cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yvan Heyman</w:t>
+                <w:t xml:space="preserve">Investigation of inter-individual epigenetic variability in bovine clones: a high throughput study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Magniette Martin-Magniette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Balzergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29. Annual Meeting AETE 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2013, Istanbul, Turkey. pp.194</w:t>
+              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Animal Production (EAAP). FRA., Aug 2013, Nantes, France. pp.542</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019550v1</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of decorin and associated extra cellular matrix (ECM) components during placentation in AI and SCNT pregnancies in cow</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+                <w:t xml:space="preserve">Invalidation du gène FOXL2 chez la chèvre; démonstration de son rôle de déterminant ovarien chez les bovidés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Elzaiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Federation of Placenta Associations Meeting 2012</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique Phase 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 1 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01003455v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FOXL2 endometrial expression is impacted by P4 and not IFNT in cattle</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+                <w:t xml:space="preserve">Ultrasound evaluation of fetal and placental development in somatic cell nuclear transfer and artificial insemination bovine pregnancies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N. Le Cleach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard E. Lecarpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie V. Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SRF Conference 2012</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">38. Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2012, Phoenix, United States. pp.118, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv24n1Ab13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019623v1</w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetic regulation of the expression on of [i]ELF5[/i] in different bovine cell lineages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on the Functional Genomics of Early Development in Livestock</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Alberta. CAN., Jul 2012, Alberta, Canada. pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17109,959 +16963,975 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01019580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of in-vivo produced and cloned embryos on endometrial STAT1/SOCS pathway at implantation in cattle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">FOXL2 endometrial expression is impacted by P4 and not IFNT in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Eozenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niamh Forde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SRF Conference 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Society for Reproduction and Fertility (SRF). GBR., Jul 2012, Edingburgh, United Kingdom. 1 p</w:t>
+              <w:t xml:space="preserve">, Socoety for Reproduction and Fertility (SRF). GBR., Jul 2012, Edinbourg, United Kingdom. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02809115v1</w:t>
+                <w:t xml:space="preserve">hal-01019623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound evaluation of fetal and placental development in somatic cell nuclear transfer and artificial insemination bovine pregnancies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Expression of decorin and associated extra cellular matrix (ECM) components during placentation in AI and SCNT pregnancies in cow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas N. Le Cleach</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Valérie V. Hallé</w:t>
+                <w:t xml:space="preserve">Sabrina Guissant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38. Annual Conference of the International Embryo Transfer Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Federation of Placenta Associations Meeting 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Federation of Placenta Associations (IFPA). INT., Sep 2012, Hiroshima, Japan. pp.A96, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.placenta.2012.06.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/RDv24n1Ab13⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000963v1</w:t>
+                <w:t xml:space="preserve">hal-01003455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and cellular characterization of bovine extra-embryonic primary cultured cells: an in vitro model to study trophoblast, endoderm and mesoderm crosstalks before implantation?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. D. Evain-Brion</w:t>
+                <w:t xml:space="preserve">Impact of in-vivo produced and cloned embryos on endometrial STAT1/SOCS pathway at implantation in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niamh Forde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Eozenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lineage commitments : Emphasis on Extraembryonic-Embryonic interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Molecular Biology Organization. DEU., May 2011, Leuven, Belgium. 1 p</w:t>
+              <w:t xml:space="preserve">SRF Conference 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for Reproduction and Fertility (SRF). GBR., Jul 2012, Edingburgh, United Kingdom. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01004438v1</w:t>
+                <w:t xml:space="preserve">hal-02809115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarisation de la croissance trophoblastique : rôle du cytosquelette ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Adenot</w:t>
+                <w:t xml:space="preserve">Ultrasound evaluation of fetal and placental development in clone and control bovine pregnancies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Cleach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Lecarpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Fournier</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valérie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6èmes Journées de Biologie cellulaire du Grand Campus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). Biocell, Gif sur Yvette, FRA., May 2011, Orsay, France. pp.27</w:t>
+              <w:t xml:space="preserve">27. Colloque scientifique de l'AETE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2011, Chester, United Kingdom. pp.265</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019064v1</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound evaluation of fetal and placental development in clone and control bovine pregnancies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular and cellular characterization of bovine extra-embryonic primary cultured cells: an in vitro model to study trophoblast, endoderm and mesoderm crosstalks before implantation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine S. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Le Cleach</w:t>
+                <w:t xml:space="preserve">T. T. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Lecarpentier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Hallé</w:t>
+                <w:t xml:space="preserve">D. D. Evain-Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Colloque scientifique de l'AETE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2011, Chester, United Kingdom. pp.265</w:t>
+              <w:t xml:space="preserve">Lineage commitments : Emphasis on Extraembryonic-Embryonic interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Molecular Biology Organization. DEU., May 2011, Leuven, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190435v1</w:t>
+                <w:t xml:space="preserve">hal-01004438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embryonic patterning and extra-embryonic differentiation appear disconnected before implantation in bovine somatic cell nuclear transfer embryos</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+                <w:t xml:space="preserve">Polarisation de la croissance trophoblastique : rôle du cytosquelette ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lineage commitments: Emphasis on Extraembryonic interface EMBO workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Molecular Biology Organization. DEU., May 2011, Leuven, Belgium. 1 p</w:t>
+              <w:t xml:space="preserve">6èmes Journées de Biologie cellulaire du Grand Campus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). Biocell, Gif sur Yvette, FRA., May 2011, Orsay, France. pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004437v1</w:t>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle fatty acid composition and lipogenic gene expression in adult bovine clones and control cattle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence Bernard</w:t>
+                <w:t xml:space="preserve">Embryonic patterning and extra-embryonic differentiation appear disconnected before implantation in bovine somatic cell nuclear transfer embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine S. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Annual Conference of the International Embryo Transfer Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, Cordoba, Argentina</w:t>
+              <w:t xml:space="preserve">Lineage commitments: Emphasis on Extraembryonic interface EMBO workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Molecular Biology Organization. DEU., May 2011, Leuven, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754215v1</w:t>
+                <w:t xml:space="preserve">hal-01004437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas of expression of candidate genes at the utero-conceptus interface during early pregnancy in cow: a comparative analysis between normal and cloned pregnancies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Guillomot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne E. Campion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine G. Taghouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18116,103 +17986,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle characteristics of bovine clone offspring F1 compared with clones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36. Annual Conference of the International Embryo Transfert Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Cordoba, Argentina. </w:t>
@@ -18250,103 +18120,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endometrial STAT/SOCS signalling pathway in normal and perturbed bovine implantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Cagnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Mansouri-Attia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Annual Gemini Meeting: Maternal Interaction with Gametes and Embryo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Soustons, France</w:t>
@@ -18369,9618 +18239,9864 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partial delay in muscle maturation in bovine clone offspring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
+                <w:t xml:space="preserve">Muscle fatty acid composition and lipogenic gene expression in adult bovine clones and control cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurence Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Annual Meeting AETE ( Association Européenne de Transfert Embryonnaire)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Kuopio, Finland</w:t>
+              <w:t xml:space="preserve">7. Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Cordoba, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02751212v1</w:t>
+                <w:t xml:space="preserve">hal-02754215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of the Forkhead box transcription factor FOXL2 in the bovine endometrium during early pregnancy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
+                <w:t xml:space="preserve">Partial delay in muscle maturation in bovine clone offspring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. General Meeting of Gemini: Maternal Communication with Gametes and Embryo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Soustons, France</w:t>
+              <w:t xml:space="preserve">26. Annual Meeting AETE ( Association Européenne de Transfert Embryonnaire)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Kuopio, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757921v1</w:t>
+                <w:t xml:space="preserve">hal-02751212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of bovine clone offspring (F1): comparison with clones</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterisation of the Forkhead box transcription factor FOXL2 in the bovine endometrium during early pregnancy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Eozenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Forde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, San Diego, California, United States</w:t>
+              <w:t xml:space="preserve">3. General Meeting of Gemini: Maternal Communication with Gametes and Embryo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Soustons, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752375v1</w:t>
+                <w:t xml:space="preserve">hal-02757921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Birth and characteristics of clone offspring: preliminary results.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics of bovine clone offspring (F1): comparison with clones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delatouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. Scientific Meeting AETE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Pau, France</w:t>
+              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, San Diego, California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750683v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact du conceptus sur le transcriptome de l’endomètre bovin à l’implantation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Birth and characteristics of clone offspring: preliminary results.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">24. Scientific Meeting AETE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01197538v1</w:t>
+                <w:t xml:space="preserve">hal-02750683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognition sociale et bien-être chez les bovins: étude des capacités de discrimination visuelle de l'espèce.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impact du conceptus sur le transcriptome de l’endomètre bovin à l’implantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadera Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Reinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition sociale et bien-être chez les bovins: étude des capacités de discrimination visuelle de l'espèce.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Paris, France. 4 p</w:t>
+              <w:t xml:space="preserve">15. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00293880v1</w:t>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01197538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene expression profiles in endometrium of cyclic and pregnant cows during the peri-implantation period</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cognition sociale et bien-être chez les bovins: étude des capacités de discrimination visuelle de l'espèce.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Deputte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. EMBIC (EMBryo Implantation Control) Summer School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Jena, Germany</w:t>
+              <w:t xml:space="preserve">Cognition sociale et bien-être chez les bovins: étude des capacités de discrimination visuelle de l'espèce.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Paris, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01197494v1</w:t>
+                <w:t xml:space="preserve">hal-00293880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles animaux de physiopathologies humaines: un nouveau rôle pour les mammifères d'élevage</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jacques Marchal</w:t>
+                <w:t xml:space="preserve">Gene expression profiles in endometrium of cyclic and pregnant cows during the peri-implantation period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadera Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Galio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32. Journées de l'Association Française des Sciences et Techniques de l'Animal de Laboratoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, Bordeaux, France. 1 p</w:t>
+              <w:t xml:space="preserve">3. EMBIC (EMBryo Implantation Control) Summer School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Jena, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02824633v1</w:t>
+                <w:t xml:space="preserve">hal-01197494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relation entre chronologie des échecs de gestation et anomalies de reprise de cyclicité postpartum chez la vache laitière</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrice Laigre</w:t>
+                <w:t xml:space="preserve">Full term development in a cow carrying a nuclear transfer embryo derived from fibroblasts and oocytes of its own clone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
+              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2006, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752390v1</w:t>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dairy cattle exploratory and social behaviour: a comparaison of cloned and control heifers.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Y. Heyman</w:t>
+                <w:t xml:space="preserve">Modèles animaux de physiopathologies humaines: un nouveau rôle pour les mammifères d'élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dairy cattle exploratory and social behaviour: a comparaison of cloned and control heifers.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Bristol, United Kingdom. pp.213</w:t>
+              <w:t xml:space="preserve">32. Journées de l'Association Française des Sciences et Techniques de l'Animal de Laboratoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Bordeaux, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00293887v1</w:t>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02824633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Puberty and fertility of somatic cloned heifeirs compared to control AI females</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relation entre chronologie des échecs de gestation et anomalies de reprise de cyclicité postpartum chez la vache laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Touze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Laigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yvan Heyman</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Grimard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Annual Scientific Meeting of The European Embryo Transfer Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Zug, Switzerland</w:t>
+              <w:t xml:space="preserve">13. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750881v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dairy cattle exploratory and social behaviour: a comparison of cloned and control heifers</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
+                <w:t xml:space="preserve">Dairy cattle exploratory and social behaviour: a comparaison of cloned and control heifers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coulon Marjorie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yvan Heyman</w:t>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Deputte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40. International Congress of the International Society for Applied Ethology ISAE 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2006, Bristol, United Kingdom</w:t>
+              <w:t xml:space="preserve">Dairy cattle exploratory and social behaviour: a comparaison of cloned and control heifers.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Bristol, United Kingdom. pp.213</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755850v1</w:t>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00293887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full term development in a cow carrying a nuclear transfer embryo derived from fibroblasts and oocytes of its own clone</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
+                <w:t xml:space="preserve">Puberty and fertility of somatic cloned heifeirs compared to control AI females</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the International Embryo Transfer Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2006, Orlando, United States</w:t>
+              <w:t xml:space="preserve">22. Annual Scientific Meeting of The European Embryo Transfer Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Zug, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02751873v1</w:t>
+                <w:t xml:space="preserve">hal-02750881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full term development in a cow carrying a cloned embryo derived from fibroblasts and oocytes of its own genotype</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
+                <w:t xml:space="preserve">Dairy cattle exploratory and social behaviour: a comparison of cloned and control heifers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Deputte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christophe C. Audouard</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. Annual Meeting A.E.T.E (European Embryo Transfer Association)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Keszthely, Hungary</w:t>
+              <w:t xml:space="preserve">40. International Congress of the International Society for Applied Ethology ISAE 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02762013v1</w:t>
+                <w:t xml:space="preserve">hal-02755850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations entre bilan énergétique, production d'ovocytes et d'embryons in vitro en début de lactation et fertilité chez la vache laitière</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Richard</w:t>
+                <w:t xml:space="preserve">Functional genomics on normal and cloned bovine embryo before implantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine S. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Caraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Marquant-Leguienne</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pascale Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2005, Paris, France</w:t>
+              <w:t xml:space="preserve">1. EMBIC (Embryo Implantation Control) Summer School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Malinska, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760427v1</w:t>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional genomics on normal and cloned bovine embryo before implantation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+                <w:t xml:space="preserve">Full term development in a cow carrying a cloned embryo derived from fibroblasts and oocytes of its own genotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Delmas</w:t>
+                <w:t xml:space="preserve">Sandrine Peron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Caraux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascale Roux</w:t>
+                <w:t xml:space="preserve">Christophe C. Audouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. EMBIC (Embryo Implantation Control) Summer School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2005, Malinska, Croatia</w:t>
+              <w:t xml:space="preserve">21. Annual Meeting A.E.T.E (European Embryo Transfer Association)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Keszthely, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02760881v1</w:t>
+                <w:t xml:space="preserve">hal-02762013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro embryo production is affected by the oocyte donor cow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Tamassia</w:t>
+                <w:t xml:space="preserve">Relations entre bilan énergétique, production d'ovocytes et d'embryons in vitro en début de lactation et fertilité chez la vache laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Grimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Marquant-Leguienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Humblot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew A. A. Ponter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. Congrès Mondial de Buiatrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2004, Québec, Canada</w:t>
+              <w:t xml:space="preserve">12. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762812v1</w:t>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le clonage somatique chez les bovins: Situation actuelle et premier bilan</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Haematological and biochemical measurements of cloned calves during the two first months of life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yvan Heyman</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique D. Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Hissenman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Mialot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Rencontres Recherches Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2004, Paris, France</w:t>
+              <w:t xml:space="preserve">23. Congrès Mondial de Buiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2004, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02763128v1</w:t>
+                <w:t xml:space="preserve">hal-02764334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haematological and biochemical measurements of cloned calves during the two first months of life</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique D. Remy</w:t>
+                <w:t xml:space="preserve">In vitro embryo production is affected by the oocyte donor cow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tamassia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId528" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Lavergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23. Congrès Mondial de Buiatrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2004, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764334v1</w:t>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normality and variability in in vitro embryo production performance in cloned cattle derived from embryonic cloning</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
+                <w:t xml:space="preserve">Le clonage somatique chez les bovins: Situation actuelle et premier bilan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique D. Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. Congrès Mondial de Buiatrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2004, Québec, Canada</w:t>
+              <w:t xml:space="preserve">11. Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2004, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02760292v1</w:t>
+                <w:t xml:space="preserve">hal-02763128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de la génomique pour l'étude de la phase d'élongation de l'embryon bovin</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Normality and variability in in vitro embryo production performance in cloned cattle derived from embryonic cloning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tamassia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chastant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2003, Paris, France</w:t>
+              <w:t xml:space="preserve">23. Congrès Mondial de Buiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2004, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02760838v1</w:t>
+                <w:t xml:space="preserve">hal-02760292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Utilisation de la génomique pour l'étude de la phase d'élongation de l'embryon bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine S. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2003, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Identification d’un effet femelle indépendant de l’effet mâle sur le développement embryonnaire in vitro chez les bovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoel Tamassia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2001, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (54)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (55)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uterine healing after cesarean, Development of a rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Courilleau</w:t>
+                <w:t xml:space="preserve">Effet de l’exposition maternelle chronique périconceptionnelle et périnatale à un mélange de 8 polluants chimiques alimentaires sur le phénotype cardio-métabolique de la descendance à l’âge adulte, dans un modèle lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donya Popping</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Bozec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57th annual meeting of the Society for the Study of Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId535" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05203884v1</w:t>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05525448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d'une exposition maternelle pré-implantatoire à des contaminants alimentaires sur le développement fœto-placentaire et la fonction du placenta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Bozec</w:t>
+                <w:t xml:space="preserve">Uterine healing after cesarean, Development of a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Debras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Maudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Valerie Gelin</w:t>
+                <w:t xml:space="preserve">Jean-Marc Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Pierangelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Courilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">57th annual meeting of the Society for the Study of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04994663v1</w:t>
+                <w:t xml:space="preserve">hal-05203884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uterus healing after cesarean: development of a rabbit model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Debras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Maudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Pierangelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIV World Congress of Gynecology and Obstetrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05203851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de l’exposition sub-chronique maternelle à des microplastiques de polyéthylène par ingestion dans un modèle murin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Effet d'une exposition maternelle pré-implantatoire à des contaminants alimentaires sur le développement fœto-placentaire et la fonction du placenta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Bozec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Gelin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Thenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes Journées Scientifiques et Techniques du Réseau des Microscopistes de l’INRAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03903563v1</w:t>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04994663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences d’une exposition maternelle à un cocktail de contaminants alimentaires sur le développement et la croissance foeto-placentaire chez le lapin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+                <w:t xml:space="preserve">Effets de l’exposition sub-chronique maternelle à des microplastiques de polyéthylène par ingestion dans un modèle murin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Thenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones de nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">11èmes Journées Scientifiques et Techniques du Réseau des Microscopistes de l’INRAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03883817v1</w:t>
+                <w:t xml:space="preserve">hal-03903563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of Sex Dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eugénie Canon</w:t>
+                <w:t xml:space="preserve">Conséquences d’une exposition maternelle à un cocktail de contaminants alimentaires sur le développement et la croissance foeto-placentaire chez le lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Bozec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AETE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Virtual meeting, France</w:t>
+              <w:t xml:space="preserve">Journées francophones de nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367268v1</w:t>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of Sex-dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Desnoës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId547" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AETE 37th annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Online, France. AETE-Proceedings-2021, pp.46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04355479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of maternal au-np exposure by inhalation on feto-placental development and placental function, in a rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+                <w:t xml:space="preserve">Expression of Sex Dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Desnoes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFPA 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Buenos Aires, Argentina. , 135 p., 2019, IFPA 2019- VIII SLIMP Full Program Book</w:t>
+              <w:t xml:space="preserve">AETE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Virtual meeting, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733979v1</w:t>
+                <w:t xml:space="preserve">hal-03367268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet du vieillissement chez le bovin sur le méthylome des monocytes à génome constant</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valerie Gelin</w:t>
+                <w:t xml:space="preserve">Effects of maternal au-np exposure by inhalation on feto-placental development and placental function, in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Fessard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Boere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fokkens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journée d'Animation Scientifique du réseau épiPhase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Toulouse, France. 35 p., 2019, épiPHASE</w:t>
+              <w:t xml:space="preserve">IFPA 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Buenos Aires, Argentina. , 135 p., 2019, IFPA 2019- VIII SLIMP Full Program Book</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734931v1</w:t>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la supplémentation alimentaire en arginine chez les juments gravides sur le métabolisme maternel, la fonction placentaire et le poids de naissance des poulains.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Josiane Aioun</w:t>
+                <w:t xml:space="preserve">Effet du vieillissement chez le bovin sur le méthylome des monocytes à génome constant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Pontlevoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Rencontre du Groupe de la Francophonie Placentaire 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Paris, France. 36p, 2019</w:t>
+              <w:t xml:space="preserve">5. Journée d'Animation Scientifique du réseau épiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Toulouse, France. 35 p., 2019, épiPHASE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264920v1</w:t>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PGE2 concentration of the follicular fluid as a measure of heterogeneity of the response to hormonal stimulation of the bovine ovarian follicle</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effets de la supplémentation alimentaire en arginine chez les juments gravides sur le métabolisme maternel, la fonction placentaire et le poids de naissance des poulains.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Robles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Geeverding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Aioun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35. Annual Meeting A.E.T.E. 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Murcia, Spain. , Animal Reproduction, 16, 802p., 2019, Animal Reproduction</w:t>
+              <w:t xml:space="preserve">7. Rencontre du Groupe de la Francophonie Placentaire 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Paris, France. 36p, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02291481v1</w:t>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MIMA 2 Imaging Plateform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Meylheuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Biacchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphyne Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aviesan, Symposium “Translational research on diabetic cardiomyopathy”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Paris, France. , 2019, ITMO " Translational research on diabetic cardiomyopathy"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elongation of trophoblastic vesicles between Days 15 and 18 in cattle</w:t>
+                <w:t xml:space="preserve">PGE2 concentration of the follicular fluid as a measure of heterogeneity of the response to hormonal stimulation of the bovine ovarian follicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId556" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Charpigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier O. Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Nuttinck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45. International Annual Conference IETS</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">35. Annual Meeting A.E.T.E. 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Murcia, Spain. , Animal Reproduction, 16, 802p., 2019, Animal Reproduction</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId555" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734066v1</w:t>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term effects of cloning by nuclear transfer on monocytes methylome in dairy Cattle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
+                <w:t xml:space="preserve">Elongation of trophoblastic vesicles between Days 15 and 18 in cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. World Conference on Animal Production (WCAP) - ASAS-CSAS Annual meeting &amp; Trade Show</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jas/sky404.835⟩</w:t>
+              <w:t xml:space="preserve">45. International Annual Conference IETS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, New Orleans, Lousiana, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CSIRO Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Reproduction, Fertility and Development, 31 (1), 230 p., 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv31n1Ab85⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId559" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734979v1</w:t>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of dietary arginine supplementation to primiparous mares in the last third of gestation on foal birthweight and placental function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Derisoud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Morgane Robles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Geeverding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josiane Aioun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFPA 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Tokyo, France. , Placenta, 69, pp.93, 2018, Abstracts for the forthcoming International Federation of Placenta Associations Meeting, Tokyo, Japan September 21 - 24, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complémentarité des observations comportementales en direct et via des capteurs pour détecter précocement l’inflammation et la douleur chez la vache</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Valerie Gelin</w:t>
+                <w:t xml:space="preserve">Adipose mesenchymal stem cells: a new tool to restore interesting genotypes by cloning in the rabbit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. Rencontres Recherches Ruminants (3R)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Paris, France. , 2018, 24èmes Rencontres Recherches Ruminants, Session: Bien-être animal</w:t>
+              <w:t xml:space="preserve">34. Meeting of the Association of Embryo Transfer in Europe (AETE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Nantes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brazilian College of Animal Reproduction</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 15 (3), 2018, Proceedings of the 34rd Meeting of the Association of Embryo Transfer</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId567" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734008v1</w:t>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adipose mesenchymal stem cells: a new tool to restore interesting genotypes by cloning in the rabbit</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gwendoline Morin</w:t>
+                <w:t xml:space="preserve">Complémentarité des observations comportementales en direct et via des capteurs pour détecter précocement l’inflammation et la douleur chez la vache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothee Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34. Meeting of the Association of Embryo Transfer in Europe (AETE)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 15 (3), 2018, Proceedings of the 34rd Meeting of the Association of Embryo Transfer</w:t>
+              <w:t xml:space="preserve">24. Rencontres Recherches Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France. , 2018, 24èmes Rencontres Recherches Ruminants, Session: Bien-être animal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736181v1</w:t>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal exposure to diluted diesel engine exhaust alters placental function of the first and second generation in rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+                <w:t xml:space="preserve">Long term effects of cloning by nuclear transfer on monocytes methylome in dairy Cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Notebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Foucras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Symposium on Nanotechnology, Occupational and Environmental Health</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12. World Conference on Animal Production (WCAP) - ASAS-CSAS Annual meeting &amp; Trade Show</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Vancouver, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">American Society of Animal Science</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journal of Animal Science, 96 suppl n°3, pp.522, 2018, Abstracts 2018- ASAS-CSAS Annual. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jas/sky404.835⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId571" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605995v1</w:t>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphokinetic and transcriptomic characterisation of bovine embryos: towards an improvment of the use of embryos for population recovery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alline de Paula Reis</w:t>
+                <w:t xml:space="preserve">Evaluation de la perfusion placentaire en IRM : variation des mesures de T2* chez un modèle lapin d’hypoperfusion placentaire aiguë</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bertholdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Trubuil</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+                <w:t xml:space="preserve">M. Dap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schaaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire international CRB Anim</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Paris, France. , 1p., 2017</w:t>
+              <w:t xml:space="preserve">6. Colloque International du Groupe de la Francophonie Placentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Grenoble, France. , 47 p., 2017, Sixième Colloque International du Groupe de la Francophonie Placentaire "De l'implantation à la parturition: Bases fondamendales et cliniques"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId572" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02790636v1</w:t>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de la perfusion placentaire en IRM : variation des mesures de T2* chez un modèle lapin d’hypoperfusion placentaire aiguë</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Morphokinetic and transcriptomic characterisation of bovine embryos: towards an improvment of the use of embryos for population recovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Schaaf</w:t>
+                <w:t xml:space="preserve">Alline de Paula Reis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Trubuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Colloque International du Groupe de la Francophonie Placentaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Grenoble, France. , 47 p., 2017, Sixième Colloque International du Groupe de la Francophonie Placentaire "De l'implantation à la parturition: Bases fondamendales et cliniques"</w:t>
+              <w:t xml:space="preserve">Séminaire international CRB Anim</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Paris, France. , 1p., 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607381v1</w:t>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High fat maternal diet impacts the nutrient sensing signaling network in rabbit blastocyst</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+                <w:t xml:space="preserve">Maternal exposure to diluted diesel engine exhaust alters placental function of the first and second generation in rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epiconcept Conference 2016</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 84 p., 2016, Epigenetics and Periconception Environment</w:t>
+              <w:t xml:space="preserve">8. International Symposium on Nanotechnology, Occupational and Environmental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Elsinore, Denmark. , 147 p., 2017, 8th International Symposium on Nanotechnology, Occupational and Environmental Health</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId578" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741142v1</w:t>
+            <w:hyperlink r:id="rId579" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Causes de la mortalité embryonnaire ou fœtale de 2 mutants bovins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DICER : Dialogue pendant l'Implantation entre le Conceptus et l'Endomètre : implication des microARN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Galio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kais Hussain Al-Gubory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Capitan</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cécile Grohs</w:t>
+                <w:t xml:space="preserve">Philippe Bolifraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Charpigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId581" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533874v1</w:t>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des effets de la PGE2 originaire du cumulus sur la survie et la pluripotence des cellules souches embryonnaires bovines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Nuttinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Charpigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transplacental tranfer of nanoparticles inhaled due to maternal exposure to filtered diesel engine exhaust during pregnancy in a rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+                <w:t xml:space="preserve">Causes de la mortalité embryonnaire ou fœtale de 2 mutants bovins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Capitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Le Guienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFPA 2016 - Placenta: Back to the Basics</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId589" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02741064v1</w:t>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High fat maternal diet impacts the nutrient sensing signaling network in rabbit blastocyst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Calderari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Paris, France. , 84 p., 2016, 3ème congrès de la SF-DOHaD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eve Mourier</w:t>
+                <w:t xml:space="preserve">High fat maternal diet impacts the nutrient sensing signaling network in rabbit blastocyst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Calderari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIV. International Congress of Toxicology</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Epiconcept Conference 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Giardini Naxos, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COST Office</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 84 p., 2016, Epigenetics and Periconception Environment</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId595" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01533918v1</w:t>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In utero exposure to diluted diesel engine exhaust alters placental function, fatty acids profiles and fetal metabolism of the second generation in rabbits</w:t>
+                <w:t xml:space="preserve">Transplacental tranfer of nanoparticles inhaled due to maternal exposure to filtered diesel engine exhaust during pregnancy in a rabbit model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Josiane Aioun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sarah Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie-Sylvie Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFPA 2016 - Placenta: Back to the Basics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Portland, Oregon, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ELSEVIER SCIENCE BV</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Placenta, 45, 150 p., 2016, International Federation of Placenta Associations Meeting. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.placenta.2016.06.064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741181v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tentative de démonstration de la pluripotence des cellules iPS de lapin par injection micro-échoguidée &amp;lt;em&amp;gt;in vivo&amp;lt;/em&amp;gt; au stade péri-implantatoire</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">In utero exposure to diluted diesel engine exhaust alters placental function, fatty acids profiles and fetal metabolism of the second generation in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId598" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carmen Marchiol</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sylvie Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
+              <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France. , 84 p., 2016, 3ème congrès de la SF-DOHaD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741331v1</w:t>
+                <w:t xml:space="preserve">hal-02741181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In utero diesel exhaust exposure induces altered placenta vascularization, placental nanoparticles transfer and intergenerational effects</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tentative de démonstration de la pluripotence des cellules iPS de lapin par injection micro-échoguidée &amp;lt;em&amp;gt;in vivo&amp;lt;/em&amp;gt; au stade péri-implantatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josiane Aioun</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eve Mourier</w:t>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Marchiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55. Annual Meeting and ToxExpo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, New Orléans, Louisiane, United States. , Toxicological Sciences, 150 (S1), 384 p., 2016, Toxicological Sciences</w:t>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId599" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533870v1</w:t>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression des Pregnancy associated glycoproteins par les cellules trophoblastiques et par les cellules du cumulus chez le bovin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Svetlana Uzbekova</w:t>
+                <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIV. International Congress of Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Merida, Mexico. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsevier Ireland Ltd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Toxicology Letters, 259, pp.269, 2016, Toxicology Letters. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2016.07.100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741129v1</w:t>
+                <w:t xml:space="preserve">hal-01533918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of ultrasound biomicroscopy for embryo injections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Marchiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Paris, France. , 2016, 3ème congrès de la SF-DOHaD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DICER : Dialogue pendant l'Implantation entre le Conceptus et l'Endomètre : implication des microARN</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Galio</w:t>
+                <w:t xml:space="preserve">Expression des Pregnancy associated glycoproteins par les cellules trophoblastiques et par les cellules du cumulus chez le bovin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Charpigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Adenot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gilles Charpigny</w:t>
+                <w:t xml:space="preserve">Olivier O. Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Uzbekova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId603" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533875v1</w:t>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and cellular characterization of bovine extra-embryonic primary cultured cells: an in vitro model to study trophoblast, endoderm and mesoderm crosstalks before implantation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Fournier</w:t>
+                <w:t xml:space="preserve">In utero diesel exhaust exposure induces altered placenta vascularization, placental nanoparticles transfer and intergenerational effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Aioun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Danièle Evain-Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. journées du GdR 3606 Repro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Rennes, France. , 2015, 1ères journées Scientifiques du GdR Repro</w:t>
+              <w:t xml:space="preserve">55. Annual Meeting and ToxExpo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, New Orléans, Louisiane, United States. , Toxicological Sciences, 150 (S1), 384 p., 2016, Toxicological Sciences</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId606" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743770v1</w:t>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des gaz d'échappement diesel inhalés par la génération F0 au cours de la gestation sur la morphologie du tissu hépatique des descendants de la génération F2 : étude structurale et ultrastructurale dans un modèle lapin</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">L'exposition maternelle aux gaz d'échappement Diesel pendant la gestation affecte la santé de la descendance à l'âge adulte, dans un modèle lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Journées Scientifiques et Techniques du Réseau des Microscopistes de l'INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Toulouse, France. , 2015</w:t>
+              <w:t xml:space="preserve">La qualité de l'air pour la santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Romainville, France. , 1 p., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02797492v1</w:t>
+                <w:t xml:space="preserve">hal-02801483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctions biologiques de FOXL2 dans l’endomètre bovin : un gène clé de l’axe reproducteur femelle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mariam Raliou</w:t>
+                <w:t xml:space="preserve">Effets des gaz d'échappement diesel inhalés par la génération F0 au cours de la gestation sur la morphologie du tissu hépatique des descendants de la génération F2 : étude structurale et ultrastructurale dans un modèle lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Aioun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Doctorale Biosigne "Signalisations et Réseaux intégratifs en Biologie"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Kremlin-Bicêtre, France. , 2015</w:t>
+              <w:t xml:space="preserve">6. Journées Scientifiques et Techniques du Réseau des Microscopistes de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Toulouse, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId610" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02799741v1</w:t>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId612" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of somatic nuclear reprogramming on DNA methylation in bovine placental and fœtal tissues: global level, histological localization and genome-wide distribution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+                <w:t xml:space="preserve">Molecular and cellular characterization of bovine extra-embryonic primary cultured cells: an in vitro model to study trophoblast, endoderm and mesoderm crosstalks before implantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine S. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Evain-Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Publication - European Association for Animal Production (EAAP), 21, 548 p., 2015, 66th Annual Meeting of the European Association for Animal Production</w:t>
+              <w:t xml:space="preserve">1. journées du GdR 3606 Repro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Rennes, France. , 2015, 1ères journées Scientifiques du GdR Repro</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId612" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741156v1</w:t>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of ultrasound biomicroscopy for embryo injections</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+                <w:t xml:space="preserve">Fonctions biologiques de FOXL2 dans l’endomètre bovin : un gène clé de l’axe reproducteur femelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lesage-Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Carmen Marchiol</w:t>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Delessard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Raliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epiconcept Conference 2015 - Epigenetics and Periconception Environment</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 9, 2015, Epigenetics and Periconception Environment</w:t>
+              <w:t xml:space="preserve">Ecole Doctorale Biosigne "Signalisations et Réseaux intégratifs en Biologie"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Kremlin-Bicêtre, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId614" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741023v1</w:t>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02799741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId616" w:history="1">
+            <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'exposition maternelle aux gaz d'échappement Diesel pendant la gestation affecte la santé de la descendance à l'âge adulte, dans un modèle lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marine Guinot</w:t>
+                <w:t xml:space="preserve">Impact of somatic nuclear reprogramming on DNA methylation in bovine placental and fœtal tissues: global level, histological localization and genome-wide distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La qualité de l'air pour la santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Romainville, France. , 1 p., 2015</w:t>
+              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Warsaw, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publication - European Association for Animal Production (EAAP), 21, 548 p., 2015, 66th Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId616" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02801483v1</w:t>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise au point d’un modèle de retard de croissance inra-utérin par restriction chirurgicale de la vascularisation utéro-placentaire chez la lapine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Virginie Canel-Goudard</w:t>
+                <w:t xml:space="preserve">The use of ultrasound biomicroscopy for embryo injections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Marchiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38. Journées Nationales du Collège national des Gynécologues Obstétriciens Français</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Paris, France. , 1 p., 2014</w:t>
+              <w:t xml:space="preserve">Epiconcept Conference 2015 - Epigenetics and Periconception Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Hersonissos, Crete, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cost Office</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 9, 2015, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02799307v1</w:t>
+                <w:t xml:space="preserve">hal-02741023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound monitoring of fetal and placental growth and vascularisation in the rabbit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30. Colloque Scientifique de l' AETE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFPA EPG 2014, Fetal placental-maternal crosstalk and pregnancy outcome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsevier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Placenta, 35 (9), 120 p., 2014, International Federation of Placenta Associations Meeting 2014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.placenta.2014.06.180⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741175v1</w:t>
+                <w:t xml:space="preserve">hal-02741233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’exposition maternelle aux gaz d’échappement de moteur diesel au cours de la gestation affecte le développement foeto-placentaire : validation du modèle lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Etienne Aujean</w:t>
+                <w:t xml:space="preserve">Does early pregnancy influence maternal metabolism in dairy heifers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId623" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Meyerholz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId624" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Mense</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId625" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Steufmehl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kassens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Raliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque ARET-SFTG</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">47. Annual Conference of Physiology and Pathology of Reproduction, 39. Joint Conference on Veterinary and Human Reproductive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Giessen, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiley Online Library</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Reproduction in Domestic Animals, 49 (supplement 1), 52 p., 2014, 47th Annual Conference of Physiology and Pathology of Reproduction, 39th Joint Conference on Veterinary and Human Reproductive Medicine. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/rda.12292⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId620" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01193828v1</w:t>
+            <w:hyperlink r:id="rId628" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId622" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo evaluation of the cervical stiffness evolution during induced labor in ewes using elastopraphy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mickael Tanter</w:t>
+                <w:t xml:space="preserve">L’exposition maternelle aux gaz d’échappement de moteur diesel au cours de la gestation affecte le développement foeto-placentaire : validation du modèle lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Aujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Munich, Germany. , 2014, COST Action BM1308 "Sharing Advances on Large Animal Models (SALAAM)"</w:t>
+              <w:t xml:space="preserve">Colloque ARET-SFTG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Paris, France. 90 p., 2014, Eco-Géno-Toxicologie des nanomatériaux : bilan et perspectives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId622" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741003v1</w:t>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal exposure to diesel engine exhaust during pregnancy affects fetal and placental growth: validation of a rabbit model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne E. Aujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Colloque de la SF-DOHaD, Origine Développementale de la santé et des maladies et épigénétique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Nantes, France. , 57 p., 2014, Second Colloque SF-DOHAD 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal IGFBP-4 concentration is lower in pregnant than in non-pregnant dairy heifers at day 18 of pregnancy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elisa Wirthgen</w:t>
+                <w:t xml:space="preserve">In vivo evaluation of the cervical stiffness evolution during induced labor in ewes using elastopraphy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Peralta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId634" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Tanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. International Congress of Endocrinology &amp; the Endocrine Society’s / 96. Annual Meeting &amp; Expo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Chicago, United States. , 2014, 16th International Congress of Endocrinology &amp; the Endocrine Society’s / 96th Annual Meeting &amp; Expo</w:t>
+              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Munich, Germany. , 2014, COST Action BM1308 "Sharing Advances on Large Animal Models (SALAAM)"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId626" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02742551v1</w:t>
+            <w:hyperlink r:id="rId632" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId629" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing a toolbox to study the rabbit methylome and its alteration in IUGR cases during gestation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Maternal exposure to diesel engine exhaust during pregnancy affects fetal and placental growth: validation of a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Richard</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne E. Aujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference 2014 Epiconcept "Epigenetics and Periconception Environment"</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 72 p., 2014, Epigenetics and Periconception Environment</w:t>
+              <w:t xml:space="preserve">International conference on Developmental Origins of Adiposity and Long-Term Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Munich, Germany. , 106 p., 2014, The power of programming 2014, International conference on Developmental Origins of Adiposity and long-term health, programme and abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId629" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741118v1</w:t>
+            <w:hyperlink r:id="rId635" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId632" w:history="1">
+            <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound monitoring of fetal and placental growth and vascularisation in the rabbit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Munich, Germany. , 2014, COST Action BM1308 "Sharing Advances on Large Animal Models (SALAAM)"</w:t>
+              <w:t xml:space="preserve">30. Colloque Scientifique de l' AETE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Dresden, Germany. , 205 p., 2014, 30ème Colloque Scientifique de l'AETE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId632" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741097v1</w:t>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId633" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal exposure to diesel engine exhaust during pregnancy affects fetal and placental growth: validation of a rabbit model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Mise au point d’un modèle de retard de croissance inra-utérin par restriction chirurgicale de la vascularisation utéro-placentaire chez la lapine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId638" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Canel-Goudard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Etienne E. Aujean</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on Developmental Origins of Adiposity and Long-Term Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Munich, Germany. , 106 p., 2014, The power of programming 2014, International conference on Developmental Origins of Adiposity and long-term health, programme and abstracts</w:t>
+              <w:t xml:space="preserve">38. Journées Nationales du Collège national des Gynécologues Obstétriciens Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Paris, France. , 1 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId633" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741148v1</w:t>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02799307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId634" w:history="1">
+            <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound monitoring of fetal and placental growth and vascularisation in the rabbit</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
+                <w:t xml:space="preserve">Developing a toolbox to study the rabbit methylome and its alteration in IUGR cases during gestation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Al-Adhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFPA EPG 2014, Fetal placental-maternal crosstalk and pregnancy outcome</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conference 2014 Epiconcept "Epigenetics and Periconception Environment"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Vilamoura, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COST Office European Cooperation in Science and Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 72 p., 2014, Epigenetics and Periconception Environment</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId634" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741233v1</w:t>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId637" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does early pregnancy influence maternal metabolism in dairy heifers?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultrasound monitoring of fetal and placental growth and vascularisation in the rabbit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47. Annual Conference of Physiology and Pathology of Reproduction, 39. Joint Conference on Veterinary and Human Reproductive Medicine</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Munich, Germany. , 2014, COST Action BM1308 "Sharing Advances on Large Animal Models (SALAAM)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/rda.12292⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02741051v1</w:t>
+                <w:t xml:space="preserve">hal-02741097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId644" w:history="1">
+            <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d’une supplémentation multi-vitamines, minéraux, Oméga 3, préconceptionelle et gestationnelle sur le développement foetoplacentaire dans un modèle lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Albert</w:t>
+                <w:t xml:space="preserve">Maternal IGFBP-4 concentration is lower in pregnant than in non-pregnant dairy heifers at day 18 of pregnancy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Meyerholz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsten Mense</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Linden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hendrike Knaack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Wirthgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43. Journées Nationales de la Société Française de Médecine Périnatale</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Revue de Médecine Périnatale, 5 (Supplément 1), 164 p., 2013, 43es Journées Nationales de la Société Française de Médecine Périnatale</w:t>
+              <w:t xml:space="preserve">16. International Congress of Endocrinology &amp; the Endocrine Society’s / 96. Annual Meeting &amp; Expo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Chicago, United States. , 2014, 16th International Congress of Endocrinology &amp; the Endocrine Society’s / 96th Annual Meeting &amp; Expo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId644" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02747523v1</w:t>
+            <w:hyperlink r:id="rId643" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation du facteur de transcription FOXL2 dans l’endomètre bovin au cours de la gestation précoce</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
+                <w:t xml:space="preserve">Effets d’une supplémentation multi-vitamines, minéraux, Oméga 3, préconceptionelle et gestationnelle sur le développement foetoplacentaire dans un modèle lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l'ED419 - Biosign</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Kremlin-Bicêtre, France. , 2012</w:t>
+              <w:t xml:space="preserve">43. Journées Nationales de la Société Française de Médecine Périnatale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Monaco, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Revue de Médecine Périnatale, 5 (Supplément 1), 164 p., 2013, 43es Journées Nationales de la Société Française de Médecine Périnatale</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02810112v1</w:t>
+                <w:t xml:space="preserve">hal-02747523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel models and strategies to unravel the genetic pathways involved in horn ontogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grohs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId648" w:history="1">
+            <w:hyperlink r:id="rId649" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId649" w:history="1">
+            <w:hyperlink r:id="rId650" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId650" w:history="1">
+            <w:hyperlink r:id="rId651" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Leguienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2012, San Diego, United States. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId647" w:history="1">
+            <w:hyperlink r:id="rId648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01190273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId651" w:history="1">
+            <w:hyperlink r:id="rId652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarisation de la croissance trophoblastique : des microtubes à l'élongation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Caractérisation du facteur de transcription FOXL2 dans l’endomètre bovin au cours de la gestation précoce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Eozenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Forde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Giraud-Delville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Tours, France. 1 p., 2010</w:t>
+              <w:t xml:space="preserve">Journée de l'ED419 - Biosign</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Kremlin-Bicêtre, France. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId651" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02824223v1</w:t>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02810112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId652" w:history="1">
+            <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trophoblaste, endoderme et mésoderme extra-embryonnaires in vitro et ex vivo, pour modéliser l'élongation de l'embryon bovin à partir de paramètres cellulaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId253" w:history="1">
+                <w:t xml:space="preserve">Polarisation de la croissance trophoblastique : des microtubes à l'élongation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine S. Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Tours, France. 1 p., 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId652" w:history="1">
+            <w:hyperlink r:id="rId653" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02824223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trophoblaste, endoderme et mésoderme extra-embryonnaires in vitro et ex vivo, pour modéliser l'élongation de l'embryon bovin à partir de paramètres cellulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine S. Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Tours, France. 1 p., 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -27990,156 +28106,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId653" w:history="1">
+            <w:hyperlink r:id="rId655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the Early Immune Parameters of Lung Transplantation in the Pig Model by Treating Both Donors and Recipients with Corticosteroids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId654" w:history="1">
+            <w:hyperlink r:id="rId656" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Glorion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId657" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pascale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId658" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Huriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId659" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Estephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId660" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, pp.S543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId661" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.healun.2025.02.1168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId655" w:history="1">
-              <w:r>
-[...76 lines deleted...]
-            <w:hyperlink r:id="rId653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05132593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -28149,527 +28265,527 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId660" w:history="1">
+            <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resilience of Lung Grafts to Warm Ischemia: Assessment by Ex Vivo Perfusion using Functional and Molecular Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Premachandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentina Pascale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId661" w:history="1">
+            <w:hyperlink r:id="rId663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Mimbimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId660" w:history="1">
+            <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05218200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId662" w:history="1">
+            <w:hyperlink r:id="rId664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding Bovine Embryo Elongation: A Multi-Omic Study with Trophoblastic Vesicle Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId663" w:history="1">
+            <w:hyperlink r:id="rId665" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine A. Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fulin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId666" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Lebourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId664" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId666" w:history="1">
+            <w:hyperlink r:id="rId668" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cross-circulatory platform for monitoring innate responses in lung grafts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId667" w:history="1">
+            <w:hyperlink r:id="rId669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glorion Matthieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId670" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Florentina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId671" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estephan Jérôme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId672" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huriet Maxime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId673" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouin Carla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId668" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId666" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04444928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId672" w:history="1">
+            <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of negative energy balance on transcriptomic profiles of three endometrial cell types isolated by laser capture microdissection in postpartum dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiruntita Chankeaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Lignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theodoros Ntallaris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Raliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId672" w:history="1">
+            <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04446339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId673"/>
+      <w:footerReference w:type="default" r:id="rId675"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -28737,51 +28853,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5B50FFF7"/>
+    <w:nsid w:val="F874DE3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -28968,51 +29084,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-richard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1488-4815" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502978v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bozec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jovanovic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ouidir" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Angrand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2026.110092" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05169191v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schwartz-Cornil" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Pascale" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Huriet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Estephan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2025.1668591" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297660v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Denis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doulaye Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leduc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Pez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0332176" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299987v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Debras" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Maudot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Allain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Pierangelo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Courilleau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/raf-25-0018" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05272679v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Raliou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Margarete Meyerholz-Wohllebe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Mense" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maike Heppelmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0330701" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05058912v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Andr&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gelin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101508" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05387588v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226758v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Casarotto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gelin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Aguirre-Lavin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lasserre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2025.117656" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885356v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-024-01444-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489470v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A Degrelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulin Liu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2024.1331098" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551817v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Wolf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Gouin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Glorion" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Premachandra" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1365964" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683426v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Dahirel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.119829" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975769v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-27884-x" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311493v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1281546" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116782v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0285724" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04249255v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Calderari" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040174423000260" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03339905v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Leplat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000003931" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588798v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Favre-Inhofer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Carbonnel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Domert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cornet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chastant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsurg.2022.830826" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770597v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Gal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Balaya" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11185262" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137309v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioab005" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271279v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiruntita Chankeaw" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lignier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodoros Ntallaris" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-07712-0" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271294v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-07713-z" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251478v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marquant-Le Guienne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Dubois" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.672948" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312025v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hoarau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sylvie Lallemand" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Morillon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2021.111690" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232288v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Revaux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Favre-Inhofer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0251474" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211408v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Mimouni" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-021-07955-w" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03160654v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolien L.J. Desmet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed F.A. Marei" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrien Sprangers" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrit T.S. Beemster" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dez248" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185870v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah A. Valentino" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Aubri&#232;re" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sylvie Lallemand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-46130-x" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618988v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eozenou" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Forde" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. D. Healey" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD18411" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623603v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sandra" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Mougenot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsu.2018.11.017" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03291006v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Derisoud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Robles" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dubois" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-42941-0" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605027v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Nuttinck" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Jouneau" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.116.145367" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620264v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lesage-Padilla" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niamh Forde" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Poir&#233;e" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth D Healey" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Giraud-Delville" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0189942" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604405v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duan" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertholdt" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-16-0428" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637441v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Valentino" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Aioun" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier Mourier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-016-0151-7" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631268v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Eozenou" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.D. Healey" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette P. Reinaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD14034" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635880v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bagher M. B. Montazer Torbati" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brun" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Neveux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10532" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602490v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando H. Biase" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanaka Rabel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalista Andropolis" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1520945114" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633915v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38869" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631551v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Meyerholz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lietzau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Kassens" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Linden" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4142/jvs.2015.16.4.413" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635877v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sartelet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanbo Li" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Tamma" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1528-y" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630658v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2014.12.005" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640576v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Heyman" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2015.03.016" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194173v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peralta" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133377" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635816v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Guillomot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2014.06.366" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638689v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva M. El Zaiat" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.12.039" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019556v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Valour" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Degrelle" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew A. A. Ponter" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Campion" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00091.2013" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633219v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-14-0214" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019140v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.22257" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B6N89C1K-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000953v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Grimard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B. Marquant-Leguienne" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Remy" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0531.2012.02127.x" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2LK08CX9-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440313v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Anh L&#234; Cao" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Le Bourhis" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038309" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000758v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Eozenou" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niamh N. Forde" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.112.101584" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000888v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A. S.A. Degrelle" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Y. Heyman" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. R.E. Everts" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-10-0174" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000468v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Constant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Camous" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. N. de Sousa" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2011.04.029" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9F0QFM0H-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129550v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Touze" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Bosc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664605v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Urien" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/clo.2008.0080" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665080v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Jurie" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108003406" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197513v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadera Mansouri-Atiia" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aubert" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Reinaud" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Taghouti" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.90404.2008" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293694v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Coulon" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Deputte" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Baudoin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0735-7036.121.2.198" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293691v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Renard" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2007.08.005" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-31023B2K-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173367v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fromentin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berthelot" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jurie" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107000171" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682489v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440263v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2005.09.043" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671152v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rodriguez-Martinez" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lazzari" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/1536230041372364" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679050v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Remy" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cordonnier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Issenman" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/1536230041372274" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670626v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tamassia" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lavergne" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670210v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chastant-Maillard" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680596v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quinton" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lauffenburger" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cordonnier-Lefort" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669744v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690843v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chastant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chesne" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marchal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994687v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donya Popping" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2024.10.027" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279447v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222775v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324127v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Denis" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Constant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dembele" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pez" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reinaud" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.03.130" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883821v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330599v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gatien" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643599v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jri.2022.103562" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341279v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fessard" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Boere" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330661v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deno&#235;s Olivier" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734929v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaulot-Talmon" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Pontlevoy" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733978v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John A. Boere" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fokkens" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785848v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Coscas" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736608v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bosc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737130v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736515v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736380v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734001v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rousseau" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738321v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735475v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.L.J Desmet" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.F.A. Marei" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Andries" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187460v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Geeverding" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733987v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733989v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenha&#235;l Sanz" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736865v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauffr&#233;" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sainte-Beuve" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736792v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Chankeaw" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ntallaris" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735937v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734863v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gomez" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Humblot" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rda.13064" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738029v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Huchon" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cohen" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608599v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603351v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.L.J. Desmet" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735196v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607383v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Canette" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607889v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guinot" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742499v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reprotox.2016.06.054" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S19N92S6-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743432v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740895v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197642v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741035v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Muller" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab117" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741151v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab120" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797595v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut T. Larcher" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742398v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meyerholz" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lietzau" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kassens" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rda.12498" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3RJ8H2RX-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741063v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797828v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741591v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14432/j.macvetrev.2015.09.056" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743511v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Hall&#233;" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740072v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741198v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739712v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline P. Peugnet" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741577v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Renault" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019240v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Albert" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv26n1Ab72" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797176v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Aujean" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741098v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019203v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Carvalho" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Jolivet" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamelia Kara-Ali" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004742v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Magniette Martin-Magniette" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv25n1Ab51" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189852v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004784v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019184v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Elzaiat" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019185v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Martin-Magniette" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019550v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003455v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Guissant" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2012.06.016" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79CSFMKC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019623v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019580v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809115v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000963v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Le Cleach" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard E. Lecarpentier" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv24n1Ab13" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004438v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. T. Fournier" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Evain-Brion" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019064v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fournier" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190435v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Cleach" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lecarpentier" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Hall&#233;" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004437v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754215v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754472v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine G. Taghouti" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Biaise" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758301v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv22n1Ab48" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756029v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cagnard" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mansouri-Attia" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751212v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757921v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752375v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delatouche" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750683v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197538v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadera Mansouri" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293880v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197494v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824633v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marchal" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752390v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Ledoux" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laigre" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293887v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coulon Marjorie" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Deputte" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Heyman" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750881v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755850v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751873v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762013v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Peron" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Audouard" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760427v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marquant-Leguienne" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760881v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delmas" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caraux" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762812v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763128v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764334v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hissenman" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Mialot" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760292v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760838v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Piot" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763721v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Tamassia" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203884v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Courilleau" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994663v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203851v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03903563v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Thenon" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883817v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03367268v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desnoes" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Canon" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04355479v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desno&#235;s" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733979v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734931v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264920v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291481v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736096v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Biacchesi" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphyne Descamps" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734066v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Degrelle" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publish.csiro.au/rd/Fulltext/RDv31n1Ab85" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv31n1Ab85" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734979v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gasselin" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Notebaert" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrier" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asas.org/meetings/annual-2018" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.835" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735438v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubois" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734008v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736181v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Morin" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aete.eu/index.php/meetings/155-34th-scientific-meeting-preliminary-programme/file" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605995v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790636v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alline de Paula Reis" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trubuil" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607381v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dap" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schaaf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741142v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Daniel" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/368859.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533874v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Capitan" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Guienne" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grohs" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742469v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741064v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/371625.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2016.06.064" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VSHS3406-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741274v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Peynot" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533918v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/381512.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2016.07.100" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HZ1F4FR7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741181v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741331v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Marchiol" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533870v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741129v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Uzbekova" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741280v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533875v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Hussain Al-Gubory" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolifraud" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743770v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Evain-Brion" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797492v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Delmotte" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799741v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delessard" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741156v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/340118.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741023v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/329460_2.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801483v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799307v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Canel-Goudard" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741175v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193828v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Aujean" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741003v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rus" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tanter" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741092v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742551v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrike Knaack" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Wirthgen" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741118v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Al-Adhami" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271943.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741097v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741148v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741233v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271187_2.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2014.06.180" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741051v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meyerholz" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mense" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steufmehl" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/269351.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rda.12292" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RGD2BWS9-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747523v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/264793.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810112v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190273v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Leguienne" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824223v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823395v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05132593v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Glorion" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pascale" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huriet" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Estephan" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouin" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healun.2025.02.1168" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218200v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mimbimi" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289008v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A. Degrelle" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Laloe" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lebourhis" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04444928v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glorion Matthieu" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Florentina" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estephan J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huriet Maxime" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouin Carla" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446339v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-richard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1488-4815" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502978v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bozec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jovanovic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ouidir" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Angrand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2026.110092" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299987v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Debras" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Maudot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Allain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Pierangelo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Courilleau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/raf-25-0018" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297660v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Denis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doulaye Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leduc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Pez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0332176" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05272679v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Raliou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Margarete Meyerholz-Wohllebe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Mense" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maike Heppelmann" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0330701" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05058912v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Andr&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gelin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101508" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05387588v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schwartz-Cornil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Pascale" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Huriet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Estephan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2025.1668591" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226758v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Casarotto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gelin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Aguirre-Lavin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lasserre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2025.117656" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885356v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-024-01444-1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489470v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A Degrelle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulin Liu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2024.1331098" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551817v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Wolf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Gouin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Glorion" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Premachandra" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1365964" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683426v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Dahirel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.119829" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04249255v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Calderari" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040174423000260" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975769v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Ledoux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-27884-x" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311493v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1281546" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04116782v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0285724" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03339905v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Leplat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000003931" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588798v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Favre-Inhofer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Carbonnel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Domert" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cornet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chastant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsurg.2022.830826" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770597v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Gal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Balaya" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11185262" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271279v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiruntita Chankeaw" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lignier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodoros Ntallaris" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-07712-0" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271294v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-07713-z" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137309v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioab005" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251478v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marquant-Le Guienne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Dubois" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.672948" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232288v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Revaux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Favre-Inhofer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0251474" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312025v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hoarau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sylvie Lallemand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Morillon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2021.111690" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211408v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Mimouni" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-021-07955-w" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03160654v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolien L.J. Desmet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed F.A. Marei" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrien Sprangers" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrit T.S. Beemster" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dez248" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185870v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah A. Valentino" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Aubri&#232;re" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sylvie Lallemand" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-46130-x" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618988v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eozenou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Forde" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. D. Healey" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD18411" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623603v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sandra" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Mougenot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsu.2018.11.017" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03291006v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Derisoud" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Robles" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dubois" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-42941-0" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604405v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertholdt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-16-0428" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605027v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Nuttinck" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Jouneau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.116.145367" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620264v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lesage-Padilla" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niamh Forde" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Poir&#233;e" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth D Healey" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Giraud-Delville" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0189942" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637441v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Valentino" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Aioun" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier Mourier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-016-0151-7" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631268v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Eozenou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.D. Healey" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette P. Reinaud" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD14034" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635880v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bagher M. B. Montazer Torbati" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brun" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Neveux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-10532" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602490v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando H. Biase" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanaka Rabel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalista Andropolis" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1520945114" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633915v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38869" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194173v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peralta" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133377" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631551v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Meyerholz" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lietzau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Kassens" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Linden" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4142/jvs.2015.16.4.413" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630658v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2014.12.005" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635877v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sartelet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanbo Li" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Tamma" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1528-y" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640576v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Heyman" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2015.03.016" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019556v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Valour" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Degrelle" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew A. A. Ponter" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Campion" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00091.2013" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633219v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-14-0214" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635816v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Guillomot" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2014.06.366" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638689v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva M. El Zaiat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.12.039" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019140v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.22257" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B6N89C1K-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000953v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Grimard" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B. Marquant-Leguienne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Remy" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0531.2012.02127.x" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2LK08CX9-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000758v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Eozenou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niamh N. Forde" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.112.101584" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440313v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Anh L&#234; Cao" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Le Bourhis" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038309" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129550v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Touze" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Bosc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000468v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Constant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Camous" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Y. Heyman" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. N. de Sousa" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2011.04.029" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9F0QFM0H-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000888v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A. S.A. Degrelle" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. R.E. Everts" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-10-0174" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197513v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadera Mansouri-Atiia" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aubert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Reinaud" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Taghouti" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.90404.2008" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664605v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Urien" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/clo.2008.0080" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665080v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Jurie" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108003406" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173367v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fromentin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berthelot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jurie" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107000171" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293694v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Coulon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Deputte" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Baudoin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0735-7036.121.2.198" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293691v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Renard" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2007.08.005" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-31023B2K-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682489v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440263v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2005.09.043" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679050v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Remy" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cordonnier" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Issenman" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/1536230041372274" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671152v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rodriguez-Martinez" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lazzari" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/1536230041372364" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670210v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tamassia" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chastant-Maillard" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670626v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lavergne" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680596v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quinton" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lauffenburger" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cordonnier-Lefort" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669744v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690843v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chastant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chesne" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marchal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525472v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donya Popping" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Fournier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994687v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2024.10.027" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279447v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222775v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324127v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Denis" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Constant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dembele" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pez" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reinaud" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.03.130" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330599v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gatien" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883821v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643599v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jri.2022.103562" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341279v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fessard" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Boere" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330661v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deno&#235;s Olivier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785848v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Coscas" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733978v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John A. Boere" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fokkens" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734929v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaulot-Talmon" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Pontlevoy" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735937v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Geeverding" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736515v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734001v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rousseau" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738321v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736608v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bosc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737130v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736380v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735475v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.L.J Desmet" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.F.A. Marei" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Andries" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187460v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733987v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736865v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauffr&#233;" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sainte-Beuve" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736792v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Chankeaw" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ntallaris" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733989v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenha&#235;l Sanz" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607383v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Canette" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738029v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Huchon" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cohen" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603351v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.L.J. Desmet" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734863v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gomez" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Humblot" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rda.13064" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608599v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735196v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740895v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607889v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guinot" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742499v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reprotox.2016.06.054" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S19N92S6-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743432v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741151v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab120" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797828v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741591v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14432/j.macvetrev.2015.09.056" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741035v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Muller" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab117" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197642v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741063v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742398v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meyerholz" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lietzau" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kassens" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rda.12498" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3RJ8H2RX-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797595v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut T. Larcher" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741198v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743511v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Hall&#233;" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740072v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739712v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline P. Peugnet" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741098v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741577v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Renault" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797176v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Aujean" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019240v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Albert" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv26n1Ab72" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019550v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019185v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Martin-Magniette" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189852v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004742v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Magniette Martin-Magniette" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv25n1Ab51" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019203v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Carvalho" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Jolivet" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamelia Kara-Ali" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004784v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019184v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Elzaiat" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000963v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Le Cleach" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard E. Lecarpentier" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv24n1Ab13" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019580v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019623v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003455v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Guissant" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2012.06.016" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79CSFMKC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809115v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190435v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Cleach" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lecarpentier" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Hall&#233;" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004438v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. T. Fournier" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Evain-Brion" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019064v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fournier" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004437v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754472v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine G. Taghouti" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Biaise" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758301v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv22n1Ab48" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756029v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cagnard" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mansouri-Attia" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754215v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751212v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757921v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752375v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delatouche" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750683v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197538v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadera Mansouri" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293880v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197494v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751873v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824633v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Marchal" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752390v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Ledoux" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laigre" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293887v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coulon Marjorie" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Deputte" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Heyman" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750881v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755850v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760881v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delmas" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caraux" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762013v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Peron" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Audouard" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760427v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marquant-Leguienne" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764334v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hissenman" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Mialot" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762812v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763128v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760292v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760838v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Piot" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763721v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Tamassia" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525448v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203884v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Courilleau" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203851v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994663v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03903563v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Thenon" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883817v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04355479v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desno&#235;s" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Canon" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03367268v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desnoes" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733979v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734931v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264920v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736096v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Biacchesi" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphyne Descamps" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291481v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734066v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Degrelle" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publish.csiro.au/rd/Fulltext/RDv31n1Ab85" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv31n1Ab85" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735438v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubois" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736181v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Morin" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aete.eu/index.php/meetings/155-34th-scientific-meeting-preliminary-programme/file" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734008v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734979v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gasselin" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Notebaert" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrier" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asas.org/meetings/annual-2018" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky404.835" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607381v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dap" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schaaf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790636v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alline de Paula Reis" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trubuil" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605995v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533875v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Hussain Al-Gubory" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolifraud" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742469v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533874v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Capitan" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Guienne" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grohs" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741274v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Peynot" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741142v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Daniel" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/368859.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741064v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/371625.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2016.06.064" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VSHS3406-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741181v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741331v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Marchiol" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533918v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/381512.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2016.07.100" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HZ1F4FR7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741280v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741129v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Uzbekova" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533870v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801483v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797492v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Delmotte" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743770v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Evain-Brion" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799741v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delessard" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741156v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/340118.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741023v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/329460_2.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741233v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271187_2.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2014.06.180" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741051v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meyerholz" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mense" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steufmehl" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/269351.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rda.12292" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RGD2BWS9-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193828v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Aujean" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741092v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741003v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rus" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tanter" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741148v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741175v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799307v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Canel-Goudard" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741118v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Al-Adhami" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271943.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741097v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742551v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrike Knaack" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Wirthgen" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747523v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/264793.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190273v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bonnet" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pinton" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Leguienne" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810112v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824223v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823395v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05132593v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Glorion" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pascale" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huriet" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Estephan" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouin" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healun.2025.02.1168" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218200v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mimbimi" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04289008v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A. Degrelle" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Laloe" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lebourhis" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04444928v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glorion Matthieu" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Florentina" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estephan J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huriet Maxime" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouin Carla" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446339v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>