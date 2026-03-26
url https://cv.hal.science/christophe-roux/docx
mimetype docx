--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,153 +1,150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...6 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Christophe Roux </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="641e6e"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professeur de science politique à l'Université de Montpellier</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdHAL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">christophe-roux</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ORCID : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0000-0003-1639-9266</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdRef : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">075874482</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
@@ -342,2490 +339,2490 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Discreet Star? Remarks on Giovanni Sartori’s Lack of Visibility in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Italian Political Science </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 20 (2), pp.177-188</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05538330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A pilgrim in the desert: remembering the early Italian career of Giovanni Sartori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Political Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 24 (3), pp.329-343. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/s41304-025-00533-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05249553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Culture et politique dans la revendication régionale contemporaine : lllustrations corses et interprétations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lengas : revue de sociolinguistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 95, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11yku⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04644632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recension de M. Dembińska, La fabrique des États de facto. Ni guerre ni paix (Montréal, Les Presses de l’Université de Montréal, 2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 72 (3), pp.391-392</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04708343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’état de l’Etat en Europe. Compte-rendu de Desmond King et Patrick Le Galès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 68 (3), pp.572-575</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03429542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalla lunga protesta al governo durevole? I mutamenti contemporanei del nazionalismo còrso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nazioni e regioni : Studi e ricerche sulla comunità immaginata</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 16, pp.43-61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03263173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">25 ans de Pôle Sud : parcours et espaces d'une revue de science politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Alliès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Alliès</w:t>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Barone</w:t>
+                <w:t xml:space="preserve">Claire Dedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Dedieu</w:t>
+                <w:t xml:space="preserve">Emmanuel Négrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Occitanie : l’invention d’une région, 1 (50), pp.5-14. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/psud.050.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forty years later. Eugen Weber’s contribution to an empirical approach of European state-led nation-building</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">National Identities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 21 (1), pp.1-19. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14608944.2017.1336525⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lectures critiques : L’état de l’Etat en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 68 (3), pp.572-575. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfsp.683.0563⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02614210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partis émergents en Europe du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Partis émergents en Europe du Sud, 45 (2), pp.5-19. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/psud.045.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux origines des pratiques électorales contemporaines en Italie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, n° 43 (43), pp.75-89. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/psud.043.0075⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forty Years of Political Science in Italy: A Few Comments on a Happy Anniversary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Italian Politics &amp; Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 74, pp.53-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01835968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lectures critiques :&amp;quot;Clivages et partis : le legs vivant de Stein Rokkan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 63 (1), pp.93-96. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfsp.631.0093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Europe du Sud dans la crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, L'Europe du sud dans la crise, 2 (39), pp.5-9. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/psud.039.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le régionalisme : du dépassement au retour inachevé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions internationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 59, pp.59-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Italy: Still a Pro-European, but not a Fully Europeanised Elite?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Verzichelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">South European Society and Politics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 15 (1), pp.11-33. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13608746.2010.496920⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...36 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lingua basca in Spagna e in Francia : verso l’inclusione degli attivisti etnolinguistici ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Harguindéguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Partecipazione e conflitto - PArticipation and COnflict</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 3 (2), pp.15-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The political systems of Italian regions between state-wide logics and increasing differentiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...12 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Tronconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modern Italy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 14 (2), pp.151-166. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13532940902797312⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...14 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Another Look at Italian Electoral Competition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolò Conti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...60 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Tronconi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modern Italy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 14 (2), pp.127-133. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13532940902797254⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Italy's path to federalism. Origins and paradoxes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Modern Italian Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 13 (3), pp.325-339. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13545710802218502⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La troisième victoire de Berlusconi. Les élections législatives italiennes de 2008 par Christophe ROUX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 29, pp.43-56. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/psud.029.0043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...36 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La province italienne, entre subsidiarité et remise en cause</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Brunazzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pouvoirs Locaux : les cahiers de la décentralisation / Institut de la décentralisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 75 (4), pp.128-134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02634442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Centre Interdépartemental de Recherche sur le Changement Politique (CIRCaP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue internationale de politique comparée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 14, pp.351-355. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ripc.142.0351⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Corse en science politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strade</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 12, pp.29-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Italie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de recherches du Centre d'Etudes Politiques sur l'Europe du Nord (CEPEN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Les élections européennes de juin 2004 : ceci n'est pas un scrutin européen.., 3, pp.55-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de recherches du Centre d'Etudes Politiques sur l'Europe du Nord (CEPEN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Les élections européennes de juin 2004 : ceci n'est pas un scrutin européen.., 3, pp.74-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Half a century of french political science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Political Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 3 (2), pp.25-30. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/eps.2004.3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des difficultés de la contestation périphérique dans le Mezzogiorno. L'exemple du Parti Sarde d'Action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 20, pp.147-164. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.2004.1183⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/pole.2004.1183⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02141740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...35 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La démocratie régionale italienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Brunazzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pouvoirs Locaux : les cahiers de la décentralisation / Institut de la décentralisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 60, pp.108-117</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franchir les Alpes. Regards vers la science politique italienne dans les années de la transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 19 (1), pp.3-26. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pole.2003.1151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141766v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En attendant Putnam.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue internationale de politique comparée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Confiance et capital social, 10 (3), pp.463-476. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ripc.103.0463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02638207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2835,717 +2832,717 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Portugal depuis la révolution des Œillets. Dynamiques politiques et sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Christophe Roux</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hélène Sa Vilas Boas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Victor Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, pp.316, 2022, 978-2-14-029877-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Portugal depuis la révolution des œillets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marie Hélène Sa Vilas Boas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 316p, 2022, Politique Comparée, 978-2-14-029877-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Pereira</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">hal-03865261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opportunities and Challenges for New and Peripheral Political Science Communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Ilonszki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Springer International Publishing, 2022, 978-3-030-79056-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-79054-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Christophe Roux</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03509242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1848 dans les Etats de Savoie. Un pas vers la modernité politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ortolani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Hélène Sa Vilas Boas</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, 316p, 2022, Politique Comparée, 978-2-14-029877-6</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.278, 2020, PRIDAES, 9782864106616</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Gabriella Ilonszki</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Science politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...23 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Savarese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christophe Roux; Éric Savarese. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruylant, coll. « Paradigme »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.428, 2019, Paradigme – Manuels, 9782390132387</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marc Ortolani</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03263182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Science politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Savarese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christophe Roux; Éric Savarese. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruylant, coll. « Paradigme »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 425 p., 2017, 978-2-39013-147-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02613607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La démocratie espagnole : institutions et vie politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, pp.278, 2020, PRIDAES, 9782864106616</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christophe Roux; Hubert Peres. Presses Universitaires de Rennes - Collection Didact. Sciences politiques, ISSN 1637-200X, 308 p., 2016, 978-2-7535-5034-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">, pp.428, 2019, Paradigme – Manuels, 9782390132387</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02613689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corse française et Sardaigne italienne. Fragments périphériques de construction nationale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan - Collection Logiques politiques, ISSN 1159-6589</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 221 p., 2014, 978-2-336-30255-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...135 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...95 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02613708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3555,3171 +3552,3171 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nothing Compares to You?: Methodological ‘Exceptionalism’ in French Political Science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luca Verzichelli; Claudius Wagemann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Application of Political Science Methods in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Switzerland, pp.49-64, 2025, Contributions to Political Science, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-93841-2_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05249519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inicios rápidos, llegadas lentas, caminos divergentes. El desarrollo de la Ciencia Política en Francia e Italia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Verzichelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">José Real Dato; Rafael Vázquez García. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elites y ciencia política</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editorial Tirant Lo Blanch, pp.215-232, 2024, Homenajes y congresos, 9788410569065</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04785853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction: The Then and Now of Political Science Institutionalisation in Europe—A Research Agenda and Its Endeavour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Ilonszki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opportunities and Challenges for New and Peripheral Political Science Communities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.1-23, 2022, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-79054-7_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03509262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant-propos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hélène Sa Vilas Boas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pereira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Roux; Marie-Hélène Sa Vilas Boas; Victor Pereira. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Portugal depuis la révolution des Oeillets : Dynamiques politiques et sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Harmattan, pp.13-16, 2022, Politique comparée, 978-2-14-029877-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04708320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...26 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion: A Discipline Viewed from the Fringes—Opportunities Taken and the Risk of Deinstitutionalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Opportunities and Challenges for New and Peripheral Political Science Communities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer International Publishing, pp.1-23, 2022, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.257 - 281, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-79054-7_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-79054-7_1⟩</w:t>
-[...70 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">hal-03509265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’état de l’Etat en Europe. Compte-rendu de Desmond King et Patrick Le Galès (eds), Reconfiguring European States in Crisis (2017) », in Déloye Y. (dir.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La bibliothèque idéale de la Revue Française de Science Politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses de Sciences Po</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.467-470, 2021, 9782724638073</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04708587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. Retour à 1848 dans les Etats de Savoie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ortolani M., Roux C. &amp; Vernier O. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1848 dans les Etats de Savoie. Un pas vers la modernité politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.7-11, 2020, PRIDAES, 9782864106616</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Savarese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Roux; Eric Savarese. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.9-17, 2019, Paradigme. Manuels, 9782390132387</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Etat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Roux; Eric Savarese. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruylant Larcier Collection Paradigme, Manuels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.63-76, 2019, Paradigme Manuels, 9782390132387</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etats et nations dans la recherche comparative. Concepts, théories, trajectoires et débats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yves Déloye; Jean-Michel De Waele. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politique comparée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Larcier - coll. « Les traités de science politique, pp.103-150, 2018, 978-2-8027-6077-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02614114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Corse et la décentralisation : les voies tardives d’une spécificité institutionnelle sous-analysée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tudi Kernalegenn; Romain Pasquier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30 ans de démocratie régionale : des régions pour quoi faire ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berger-Levrault - Collection : Au fil du débat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.123-138, 2018, 978-2-7013-1978-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02614194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que faire de la « description dense » de Clifford Geertz ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guillaume Devin; Michel Hastings. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10 concepts d'anthropologie en science politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Editions - Biblis, ISSN 2119-2715 ; 200</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.13-36, 2018, 978-2-271-09531-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02614184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Savarese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Roux; Eric Savarese. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bruylant Larcier - collection Paradigme. Manuels, pp.9-14, 2017, 978-2-39013-147-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Etat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Roux; Eric Savarese. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruylant Larcier Collection Paradigme, Manuels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.63-76, 2017, 978-2-39013-147-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation. Considérer l’Espagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hubert Peres; Christophe Roux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La démocratie espagnole. Institutions et vie politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes - collection Didact Sciences politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.9-14, 2016, 978-2-7535-5034-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. Repères pour brève histoire politique de l’Espagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hubert Peres; Christophe Roux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La démocratie espagnole. Institutions et vie politique,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes - collection. Didact Sciences politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.15-21, 2016, 978-2-7535-5034-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses Universitaires de Rennes - collection. Didact Sciences politiques</w:t>
-[...15 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">hal-02618516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Espagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Brack; Jean-Michel De Waele; Jean-Benoît Pilet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les démocraties européennes. Institutions, élections et partis politiques,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Colin - Collection U. Science politique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.123-138, 2015, 978-2-200-60162-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, pp.123-138, 2015, 978-2-200-60162-1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diversité des politiques de la « diversité »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne-Marie Motard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identité et diversité : créations, discours, représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de la Méditerranée - Collection « Politiques et sociétés »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.149-174, 2013, 978-2-36781-007-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Lega Nord : From Alpine Peripheral Protest to Italian Central Government</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Günther Pallaver; Claudius Wagemann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Challenges for Alpine parties : strategies of political parties for identity and territory in the Alpine Regions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Studien Verlag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.55-80, 2013, 978-3-7065-5174-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studien Verlag</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02619056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...39 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the Great War to Democracy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Duclos. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">War veterans in postwar situations : Chechnya, Serbia, Turkey, Peru, and Côte d'Ivoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palgrave Macmillan US - The Sciences Po Series in International Relations and Political Economy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.201-218, 2012, 978-0-230-34135-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, pp.201-218, 2012, 978-0-230-34135-7</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Italie : la droitisation ouvrière au prisme des partis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Bellucci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Michel De Waele; Mathieu Vieira. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une droitisation de la classe ouvrière en Europe ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economica - Collection Politiques comparées</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.173-197, 2011, 978-2-7178-6139-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radical Nationalism in Corsica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anwen Elias; Filippo Tronconi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">From protest to power : autonomist parties and the challenges of representation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Braumüller - Collection :Studien zür politischen Wirklichkeit, 26., pp.301-321, 2011, ISBN-10: 370031759X ; ISBN-13: 9783700317593</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02632109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F : Fédéralisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Romain Pasquier; Sébastien Guigner; Alistair Cole. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des politiques territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">: SciencesPo Les Presses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.241-264, 2011, 978-2-7246-1214-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...86 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Italy : Still a Pro-European, but not a Fully Europeanised Elite ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...98 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Verzichelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolò Conti; Maurizio Cotta; Pedro Tavares de Almeida. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perspectives of National Elites on European Citizenship. A South European View</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.11-34, 2011, 9780415686204</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quando la politica conta. Federalismo all’italiana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andrea Mammone; Nicola Tranfaglia; Giuseppe A. Veltri,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Un paese normale ? Saggi sull’Italia contemporanea,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalai Editore - Collection : I saggi Nr. 436</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.141-161, 2011, ISBN-10 : 8866202177 ISBN-13 : 978-8866202172</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">9. De la Grande Guerre à la démocratie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Duclos. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’adieu aux armes ? Parcours d’anciens combattants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Karthala - Collection : Recherches internationales., pp.297-323, 2010, 978-2-81112-181-5 9782811103477, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/kart.undef.2010.01.0297⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When Politics Matters. Federalism, Italian Style</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andrea Mammone. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Italy Today. The Sick Man of Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.60-72, 2010, 9780415561600</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La devolution en Italie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne-Parie Motard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dévolution, identités et nationalismes. Une mise en perspective européenne du cas britannique [actes du colloque sur la "dévolution"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de la Méditerranée - Politiques et sociétés, ISSN 2100-4382</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.101-119, 2009, 978-2-84269-859-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le terrain peut-il être l’objet ? Remarques sur la place de l’Italie dans la science politique française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carmela Lettieri. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comprendre l'Italie des années 2000 : du social au politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publications de l'Université de Provence - Collection : Monde contemporain, ISSN 1765-7547</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.23-33, 2009, 978-2-85399-719-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les régions italiennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marc Lazar. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Italie contemporaine : de 1945 à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayard - Collection : Les Grandes études internationales, ISSN 2267-3423</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.169-179, 2009, 978-2-213-63328-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion de la diversité ethnoculturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carlos de Cueto Nogueras; Abdelkader Sid Ahmed; Fondation euroarabe de hautes études (Grenade, Espagne). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droits humains et diversité ethnoculturelle dans l'espace euroméditerranéen : réalités et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publisud; Fondacion Euroarabe, pp.23-40, 2007, 978-2-86600-846-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Partito Sardo d’Azione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lieven De Winter; Margarita Gómez-Reino; Peter Lynch. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autonomist parties in Europe : identity politics and the revival of the territorial cleavage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de Ciències Polítiques i Socials</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.189-218, 2006, 84-608-0428-3 (br., complete work). - 84-608-0450-X (br., vol. 1). - 84-608-0451-8 (br., vol. 2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Ligue Savoisienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lieven De Winter; Margarita Gómez-Reino; Peter Lynch. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autonomist parties in Europe : identity politics and the revival of the territorial cleavage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de Ciències Polítiques i Socials</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.101-122, 2006, 2, 84-608-0428-3 (br., complete work). - 84-608-0450-X (br., vol. 1). - 84-608-0451-8 (br., vol. 2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Institut de Ciències Polítiques i Socials</w:t>
-[...15 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">hal-02634651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’identité nationale en perspective comparée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emmanuel Nadal; Marianne Marty; Céline Thiriot; Revue internationale de politique comparée. (Organisation du congrès). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faire de la politique comparée : les terrains du comparatisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Karthala - Collection : Hommes et sociétés, ISSN 0993-4294</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.223-240, 2005, 2-84586-693-3. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editions Karthala - Collection : Hommes et sociétés, ISSN 0993-4294</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.3917/kart.nadal.2005.01.0223⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bernard Dolez; Annie Laurent; Claude Patriat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le vote rebelle : les élections régionales de mars 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ed. universitaires de Dijon - Collection : Institutions, ISSN 1628-5417</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.169-177, 2005, 2-915552-34-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corse : le destin comme enjeu.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Élise Féron; Michel Hastings. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'imaginaire des conflits communautaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan - Collection : Logiques politiques, ISSN 1159-6589</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.141-161, 2002, 2-7475-2462-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02638610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6729,233 +6726,233 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relazione sulla presenza degli scienziati politici nel sistema universitario italiano in due indagini del Ministero della Pubblica Istruzione negli anni Ottanta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport pour la Società Italiana di Scienza Politica (SISP). 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04708836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relazione sulla presenza degli scienziati politici nel sistema universitario italiano in due indagini del Ministero della Pubblica Istruzione negli anni Ottanta</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Rapport pour la Società Italiana di Scienza Politica (SISP). 2024</w:t>
+                <w:t xml:space="preserve">Bilan de synthèse des recrutements des maîtres de conférences et professeurs des universités en science politique en France en 2019 et 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] 14, OMASP (Observatoire des métiers académiques de la science politique). 2021, pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04708836v1</w:t>
+                <w:t xml:space="preserve">hal-03230849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de synthèse des recrutements des maîtres de conférences et professeurs des universités en science politique en France en 2019 et 2020</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">[0] 14, OMASP (Observatoire des métiers académiques de la science politique). 2021, pp.19</w:t>
+                <w:t xml:space="preserve">Bilan de synthèse sur les recrutements des maîtres de conférences et professeurs des universités en science politique lors de la session synchronisée 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Lettre de l’OMASP, n° 13, OMASP (Observatoire des métiers académiques de la science politique). 2018, 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
-              <w:r>
-[...64 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02614172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId159"/>
+      <w:footerReference w:type="default" r:id="rId158"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7023,51 +7020,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="16962343"/>
+    <w:nsid w:val="3BB32268"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7254,51 +7251,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-roux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1639-9266" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075874482" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538330v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05249553v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41304-025-00533-9" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644632v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11yku" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708343v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03429542v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03263173v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609482v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alli&#232;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dedieu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel N&#233;grier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.050.0005" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141857v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14608944.2017.1336525" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614210v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.683.0563" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618373v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.045.0005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141841v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.043.0075" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01835968v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618778v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.631.0093" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618721v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.039.0005" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618878v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141745v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Verzichelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13608746.2010.496920" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632525v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Harguind&#233;guy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141691v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Tronconi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13532940902797312" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634039v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Conti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13532940902797254" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141682v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13545710802218502" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141824v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.029.0043" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634442v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Brunazzo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141665v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.142.0351" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634819v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02638121v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02638125v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141740v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2004.1183" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634973v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/eps.2004.3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634914v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141766v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2003.1151" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02638207v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.103.0463" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280672v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Sa Vilas Boas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pereira" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03865261v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-le_portugal_depuis_la_revolution_des_oeillets_dynamiques_politiques_et_sociales_christophe_roux_marie_helene_sa_vilas_boas_victor_pereira-9782140298776-74991.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03509242v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Ilonszki" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79054-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03230688v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ortolani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vernier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.serre-editeur.fr/component/hikashop/p1848-dans-les-etats-de-savoie-un-pas-vers-la-modernite-politique.html#les-auteurs" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263182v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Savarese" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/science-politique-2019-9782390132387.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613607v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/collection-paradigme.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613689v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Peres" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613708v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=43372" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05249519v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-93841-2_3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785853v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708320v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03509262v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79054-7_1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03509265v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79054-7_9" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708587v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesciencespo.fr/fr/book/?GCOI=27246100999540#h2tabDetails" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03230748v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.serre-editeur.fr/component/hikashop/p1848-dans-les-etats-de-savoie-un-pas-vers-la-modernite-politique.html#contributions" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230804v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230786v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614114v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614194v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.berger-levrault.fr/ouvrages/collectivites-locales/au-fil-du-debat/121275-la-litterature-grise-de-l-administration/30-ans-de-democratie-regionale.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614184v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/sciences-politiques-et-sociologie/10-concepts-danthropologie-en-science-politique/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618198v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618251v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Eric Savarese" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618484v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4203" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618516v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618565v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armand-colin.com/les-democraties-europeennes-3e-ed-institutions-elections-et-partis-politiques-9782200601621" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619056v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.studienverlag.at/buecher/5174/challenges-for-alpine-parties/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618915v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/9782367810072.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619379v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/gb/book/9780230341357" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632251v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pressesdesciencespo.fr/en/book/?gcoi=27246100681590&amp;amp;printBook=1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632109v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619449v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bellucci" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economica.fr/livre-une-droitisation-de-la-classe-ouvriere-en-europe-waele-de-jean-michel-vieira-mathieu,fr,4,9782717861396.cfm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619514v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Perspectives-of-National-Elites-on-European-Citizenship-A-South-European/Conti-Cotta-de-Almeida/p/book/9780415686204" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619503v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unilibro.it/libro/un-paese-normale-saggi-sull-italia-contemporanea/9788866202172" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633208v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.undef.2010.01.0297" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633959v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Giuseppe A. Veltri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634242v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/catalogsearch/result/?q=978-2-84269-859-1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634311v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/comprendre-litalie-annees-2000-du-social-au-politique" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634202v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayard.fr/recherche?search_api_views_fulltext=L%27Italie+contemporaine+%3A+de+1945+%C3%A0+nos+jours+" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634514v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634620v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icps.cat/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634651v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634756v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/1585-faire-de-la-politique-comparee-les-terrains-du-comparatisme.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.nadal.2005.01.0223" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634738v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/recherche?controller=search&amp;amp;orderby=position&amp;amp;orderway=desc&amp;amp;search_query=2-915552-34-7&amp;amp;submit_search=" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02638610v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=6199&amp;amp;razSqlClone=1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708836v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03230849v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614172v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-roux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1639-9266" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075874482" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538330v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05249553v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41304-025-00533-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644632v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11yku" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708343v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03429542v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03263173v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609482v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alli&#232;s" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dedieu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel N&#233;grier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.050.0005" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141857v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14608944.2017.1336525" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614210v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.683.0563" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618373v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.045.0005" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141841v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.043.0075" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01835968v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618778v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.631.0093" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618721v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.039.0005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618878v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141745v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Verzichelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13608746.2010.496920" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632525v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Harguind&#233;guy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141691v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Tronconi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13532940902797312" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634039v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Conti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13532940902797254" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141682v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13545710802218502" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141824v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.029.0043" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634442v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Brunazzo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141665v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.142.0351" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634819v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02638121v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02638125v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634973v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/eps.2004.3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141740v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2004.1183" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634914v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02141766v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pole.2003.1151" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02638207v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.103.0463" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280672v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Sa Vilas Boas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pereira" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03865261v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-le_portugal_depuis_la_revolution_des_oeillets_dynamiques_politiques_et_sociales_christophe_roux_marie_helene_sa_vilas_boas_victor_pereira-9782140298776-74991.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03509242v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Ilonszki" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79054-7" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03230688v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ortolani" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vernier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.serre-editeur.fr/component/hikashop/p1848-dans-les-etats-de-savoie-un-pas-vers-la-modernite-politique.html#les-auteurs" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263182v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Savarese" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/science-politique-2019-9782390132387.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613607v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/collection-paradigme.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613689v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Peres" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613708v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=43372" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05249519v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-93841-2_3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785853v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03509262v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79054-7_1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708320v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03509265v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79054-7_9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708587v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesciencespo.fr/fr/book/?GCOI=27246100999540#h2tabDetails" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03230748v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.serre-editeur.fr/component/hikashop/p1848-dans-les-etats-de-savoie-un-pas-vers-la-modernite-politique.html#contributions" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230804v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230786v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614114v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614194v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.berger-levrault.fr/ouvrages/collectivites-locales/au-fil-du-debat/121275-la-litterature-grise-de-l-administration/30-ans-de-democratie-regionale.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614184v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/sciences-politiques-et-sociologie/10-concepts-danthropologie-en-science-politique/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618198v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618251v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Eric Savarese" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618484v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4203" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618516v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618565v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armand-colin.com/les-democraties-europeennes-3e-ed-institutions-elections-et-partis-politiques-9782200601621" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618915v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/9782367810072.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619056v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.studienverlag.at/buecher/5174/challenges-for-alpine-parties/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619379v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/gb/book/9780230341357" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619449v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bellucci" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economica.fr/livre-une-droitisation-de-la-classe-ouvriere-en-europe-waele-de-jean-michel-vieira-mathieu,fr,4,9782717861396.cfm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632109v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632251v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pressesdesciencespo.fr/en/book/?gcoi=27246100681590&amp;amp;printBook=1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619514v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Perspectives-of-National-Elites-on-European-Citizenship-A-South-European/Conti-Cotta-de-Almeida/p/book/9780415686204" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619503v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unilibro.it/libro/un-paese-normale-saggi-sull-italia-contemporanea/9788866202172" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633208v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.undef.2010.01.0297" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633959v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Giuseppe A. Veltri" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634242v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/catalogsearch/result/?q=978-2-84269-859-1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634311v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/comprendre-litalie-annees-2000-du-social-au-politique" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634202v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayard.fr/recherche?search_api_views_fulltext=L%27Italie+contemporaine+%3A+de+1945+%C3%A0+nos+jours+" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634514v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634620v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icps.cat/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634651v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634756v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/1585-faire-de-la-politique-comparee-les-terrains-du-comparatisme.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.nadal.2005.01.0223" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634738v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/recherche?controller=search&amp;amp;orderby=position&amp;amp;orderway=desc&amp;amp;search_query=2-915552-34-7&amp;amp;submit_search=" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02638610v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=6199&amp;amp;razSqlClone=1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708836v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03230849v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614172v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>