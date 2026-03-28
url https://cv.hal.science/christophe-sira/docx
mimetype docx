--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:99.21875px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Sira </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Responsable du pôle macrosismique au sein du Bureau central sismologique français (UAR 830 Cnrs). Manager du Groupe d'intervention macrosismique (GIM).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">christophe-sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6801-5917</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur du recherche du CNRS à l'Ecole et Observatoire des Sciences de la terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (UAR830 du CNRS - Strasbourg)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du pôle macrosismique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> au sein du Service national d'observation &amp;quot;Bureau central sismologique français, Réseau national de surveillance sismique&amp;quot; (UAR830 CNRS) pour l’estimation des intensités des secousses sismiques (mouvements du sol produits par les séismes) pour l'hexagone et l'Outre-mer :- gestion des protocoles d'enquêtes et des outils d'expertises- collecte de l’information (effets sismiques observés) auprès des autorités (mairies, gendarmeries, pompiers) et de la population,- analyse des données (estimation d’intensités communales),- cartographie sur SIG- archivage, valorisation et diffusion des données. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manager national du Groupe d’intervention macrosismique français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, (75 experts) inter-organismes (19 observatoires). Ce groupe est chargé de l’estimation des intensités communales en cas de séismes générant des dommages aux bâtiments en zone épicentrale (</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://groupes.renater.fr/sympa/info/gim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).Co-responsable de l’animation de l’axe national macrosismique au sein de l’Action transverse sismité de Epos-France, (Réseau sismologique et géodésique français : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.resif.fr/actions/action-transversesismicite/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) : coordonne l’ensemble des travaux nationaux en macrosismique afin d’en accroître l’efficience et la visibilité. Il s’agit de faciliter la réalisation et la distribution des produits issus des données sur la connaissance de la sismicité française et de l’aléa associé.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable  de la gestion des données macrosismiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> historiques et contemporaines du BCSF-Rénass (1921-2025)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Implications scientifiques complémentaires :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">membre de l’Association française du génie parasismique qui a pour objet l'étude des tremblements de terre, leurs conséquences et la recherche et promotion de toutes mesures tendant à les minimiser.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">membre de working group à la commission sismologique européenne ( </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.escmacroswg.rm.ingv.it/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) pour l'amélioration des pratiques pour la collecte, l'évaluation et l'exploitation des données d'intensité macrosismique ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">membre du Groupe local des ingénieur.e.s. en Bap D de Strasbourg (GLISSS).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**Formations **</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">responsable scientifique du cycle de formations du Groupe d’intervention macrosismique (3 niveaux)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">formateur pour la sécurité des intervenants en zone de catastrophe sismique (AFPS, SDIS, Pompiers urgence internationale, Caritas, Protection civile, Axa…).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">formateur en expertise macrosismique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MACROSISDATA: safeguarding and promoting the heritage of French macroseismic surveys carried out between 1921 and 1996</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Schirr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Seismology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10950-025-10322-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05248662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The largest induced earthquakes during the GEOVEN deep geothermal project, Strasbourg, 2018-2022: from source parameters to intensity maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lengliné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Schmittbuhl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Drif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lambotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Journal International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 234, pp.2446-2458. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/gji/ggad255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04198297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid response to the Mw 4.9 earthquake of November 11, 2019 in Le Teil, Lower Rhône Valley, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cornou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ampuero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Audin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Baize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 353 (S1), pp.1-23. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03089600v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS98 intensities distribution of the “Le Teil” earthquake, France, 11 November 2019 (Mw 4.9) based on macroseismic surveys and field investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maufroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludmila Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 353 (S1), pp.1-28. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.88⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03447969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1921–2021: 100 years of macroseismic studies at BCSF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 353 (S1), pp.1-29. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.87⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03516813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The transversal seismicity action RESIF : a tool to improve the distribution of the French seismicity products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bertil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seismological Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 92 (3), pp.1623 - 1641. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1785/0220200353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03195727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking ground motion measurements and macroseismic observations in France: a case study based on accelerometric and macroseismic databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oona Scotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Seismology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (2), pp.313-333. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10950-012-9319-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00730198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SISMOCOM, Données participatives et cartographie en temps réel après un séisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde des Cartes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03131575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfrontier macroseismic observations of the Ml = 5.4 earthquake of February 22, 2003 at Rambervillers, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brüstle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monika Gisler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Kästli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Seismology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 9 (3), pp.317-328. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10950-005-6853-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collecting and analysing seismic effects on buildings using internet forms in the context of French insurance and global warning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European seismological commission 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European seismological commission, Sep 2024, Corfou, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des intensités macrosismiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESTITUTION DE LA MISSION POST-SISMIQUE DE LA LAIGNE - 5/04/2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de génie parasismique (AFPS), Apr 2024, PARIS, France. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25577/m0dc-n549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collecting and analysing seismic effects on buildings using internet forms in the context of French insurance and global warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th General Assembly (GA) of the European Seismological Commission</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Athens, Greece, Sep 2024, Corfou, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05122855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’action du Groupe d’intervention macrosismique lors du séisme de La Laigne 16 juin 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème biennale du réseau accélérométrique permanent (RAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, réseau accélérométrique permanent, Nov 2024, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05122915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes macrosismiques aux Antilles, 19 ans d'observations des effets sismiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le risque sismique dans un contexte multi-risques : comprendre, gérer, prévenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de génie parasismique, Nov 2023, Le Gosier (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS98 intensity estimation of the shallow Le Teil earthquake, ML 5.2, by Macroseismic Response Group GIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maufroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludmila Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne (virtual), Austria. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-3767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03118781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SISMOTem-Antilles: Un pilote innovant de collecte de données macrosismiques à proximité de stations sismologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Nachbaur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9eme Colloque National de l’AFPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Marne-La-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SISMOCOM smartphone application: Citizens as major contributors to earthquake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Conference on Earthquake Engeenering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SISMOTem-Antilles: an innovative pilot of macroseismic data close to seismic sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Nachbaur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Bengoubou-Valerius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS-IAPSO-IASPEI Joint Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Göteborg, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00828888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MacrosisData project (Poster)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Malerba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Schirr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Colloquium on Historical Earthquakes, Paleo-Macroseismology and Seismotectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, LIXOURI, Greece. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MacrosisData : Safeguarding and promoting the heritage of French macroseismic surveys carried out between 1921 and 1996</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Malerba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Schirr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ᵗʰ International Colloquium on Historical Earthquakes, Palaeo- Macroseismology and Seismotectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, LIXOURI, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de La Laigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maufroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Benahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurendeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères rencontres Epos-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Saint-Jean-de-Cap-Ferrat, France. 353, pp.23 - 51, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfrontier macroseismic studies of the Upper Rhine Graben</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brüstle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Stange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49. Sitzung der AG Seismologie in Freiburg im Breisgau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, FRIBOURG, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations sismologiques, sismicité de la France en 2003, 2004 et 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Ecole et observatoire des sciences de la terre; Université Louis Pasteur. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05278416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations sismologiques, sismicité de la France en 1997, 1998 et 1999 (vol.2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Ecole et Observatoire des Sciences de la Terre; Université de Strasbourg. 2, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05276425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations sismologiques, sismicité de la France en 2000, 2001 et 2002 (vol.1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Ecole et observatoire des sciences de la Terre. vol. 1, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05277421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations sismologiques, sismicité de la France en 1997, 1998 et 1999 (vol.1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Ecole et observatoire des Sciences de la Terre; Université Louis Pasteur. vol. 1, 2002, 22013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualite agricole de l'eau de la nappe phreatique d'Alsace dans le secteur d'Ensisheim-Colmar. Essai de classification et de cartographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schenck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Beller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">34 p., 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02849114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collection des différents formulaires métropolitains d’enquête macrosismique des archives du Bureau central sismologique français 1910 à décembre 2020.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (82)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Le Cheylas, (Isère) 6 mai 2025 à 01 h 40 TU Magnitude 3,4 ML(RENASS) Intensité communale maximale IV (EMS-98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05235623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Bagnères-de-Bigorre (Pyrénées/France), 21 mai 2024 à 9 h 23 TU, Magnitude 4,0 ML(RENASS), Intensité communale maximale V (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra). 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05123081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séismes de Berre-Les-Alpes (France / Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de strasbourg; Centre national de la recherche scientifique. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05234790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Ligueil, (Indre-et Loire), 24 septembre 2024 à 3 h 42 TU, magnitude 3,4 ML(RENASS), Intensité communale maximale III-IV (EMS-98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra). 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05123106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de Vesoul (Haute-Saône) 10 février 2024 à 23 h 14 TU , Magnitude 3,6 ML(RENASS) Intensité communale maximale IV (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole et observatoire des sciences de la Terre; Centre national de recherches scientifiques (CNRS); Université de Strasbourg. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique, Séisme de La Laigne (Charente-Maritime), 16 juin 2023, magnitude 5,3 Mlv (BCSF-Rénass), intensité communale maximale VII</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maufroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Benahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurendeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-Rénass-2024-RP1, UAR830 CNRS; Université de Strasbourg (UNISTRA). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Porrentruy (Suisse), 27 février 2024 à 01 h 21 TU , Magnitude 3,5 ML(Rénass), Intensité communale maximale (fr.) III-IV (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg; Centre national de recherches scientifiques (CNRS). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de Porrentruy (Suisse) 22 mars 2023 à 14h51 TU Magnitude 4,4 ML(RENASS) Intensité maximale (en France) : IV (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lambotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RENASS-RP2-UAR830_240207-EVT230322, Ecole et observatoire des sciences de la Terre. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04444089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme ouest de Sarrancolin (Hautes-Pyrénées), 17 avril 2023 à 13h28 TU , magnitude 4 ML (RENASS), Intensité maximale : V (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RENASS-2024-RP3, Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04502837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme au nord-nord-est de Saint-Paul-sur-Ubaye, (Alpes de Haute-Provence), 16 mai 2023 à 6 h 24 TU, Magnitude 3,9 ML(RENASS), Intensité communale maximale III (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strabourg. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport Sismologique, Séisme de Sierentz (Haut-Rhin), 10 septembre 2022 à 15h58 TU, Magnitude 4,8 ML(RENASS), Intensité maximale V (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre national de recherches scientifiques (CNRS); Université de Strasbourg (UNISTRA); UAR830 CNRS. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de Porrentruy du 29 mai 2023, Rapport sismologique,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg (UNISTRA); Centre national de la Recherche scientifique. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Nostang (Morbihan) 23 octobre 2022 à 19 h 52 TU Magnitude 3,9 MLV(BCSF-RENASS) Intensité maximale IV-V (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-Rénass-2023-R2-b, École et observatoire des sciences de la Terre; Université de Strasbourg; Centre national de la Recherche scientifique. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme au nord de Digne-les-Bains (Alpes de Haute-Provence), 17 janvier 2023 à 14 h 31 TU, magnitude 3,9 ML(RENASS), intensité communale maximale IV (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerôme Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra). 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05123003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme au nord-est d'Angoulême (Charente) 30 juin 2022 à 01 h 26 TU Magnitude 3,9 ML(Rénass) Intensité communale maximale IV-V (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg; CNRS; Ecole et observatoire des sciences de la terre. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séismes d’Albertville (Savoie) du 12 mars 2022, à 17h03 TU Magnitude 4,2 (ML Rénass) ; 17h21 TU Magnitude 3,2 (ML Rénass) ; 19h19 TU Magnitude 3,2 (ML Rénass) - Rapport macrosismique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-Rénass. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme au nord-ouest de Clermont-Ferrand (Puy-de-Dôme, France), 9 mai 2022 à 11 h 13 TU. Magnitude 4,0 ML (RENASS), Intensité communale maximale IV (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole et observatoire des sciences de la Terre; Centre national de la recherche scientifique; Université de Strasbourg. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séismes de Porrentruy (Suisse) du 24 et 25 décembre 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe . Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-Rénass-2022-R1, Ecole et observatoire des sciences de la terre; Université de Strasbourg; Centre national de la recherche scientifique; Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra). 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme induit de la Wantzenau (Bas-Rhin, France), 26 juin 2021 à 5 h 00 locale, Magnitude 3,9 ML(RENASS) , Intensité maximale V (EMS98).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RéNaSS-2021-R1, Université de Strasbourg; Centre national de la recherche scientifique; Université de Strasbourg. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport macrosismique n°4 - Séisme du Teil (Ardèche), 11 novembre 2019 à 11 h 52 locale Magnitude 5,2 ML(RENASS), Intensité communale max VII-VIII (EMS98).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4, UAR830 CNRS; Université de Strasbourg. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de Port-Valais (Suisse), 28 mai 2019 à 10 h 48 locale, magnitude 4,1 Ml (RENASS).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] UAR830 CNRS; Université de Strasbourg. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique, séisme à l’est de Brest (Finistère), 19 février 2020 à 22 h 20 locale, magnitude 3,8 Mb (RENASS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UAR830 CNRS; Université de Strasbourg. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05315313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sismologique, séismes au sud-sud-est de Saint-François (Guadeloupe), 25 juillet 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RENASS-2019-R3, Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra); Université de Strasbourg; Centre national de la recherche scientifique. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme au nord-est de Montendre (Charente-Maritime), 20 mars 2019 à 10 h 56 locale, magnitude 4,9 ML(RENASS).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Universite de Strasbourg; CNRS UMS830. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologiqueSéisme au sud-ouest de Bourg-en-Bresse (Ain), 21 novembre 2018 à 18 h 08 locale, magnitude 3,9 ML(RENASS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RENASS2019-R1, Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra); Université de Strasbourg; Centre national de la recherche scientifique. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Tancoigné (Maine-et-Loire), 21 juin 2019 à 8 h 50 locale, magnitude 4,8 ML(RENASS), Intensité max VI (EMS98).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Satriano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Université de strasbourg; UMS830 CNRS. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF-RENASS Données macrosismiques, séisme est de Janzé (Ille-et-Vilaine) du 28 septembre 2017 à 3 h 43 min. locale Magnitude 3,9 ML(RENASS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RENASS-R2, Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra); Université de Strasbourg; Centre national de la recherche scientifique. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Essaim sismique à l’est de Mayotte : Analyse pour la période du 10 mai au 15 juin 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Regis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome van Der Woerd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] BCSF-Rénass. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03085157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF-RENASS, Séisme de Saint-Lary-Soulan (Hautes-Pyrénées) du 28 octobre 2017 à 21 h 6 min. locale, magnitude 4,1 ML(RENASS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra); Université de Strasbourg; Centre national de la recherche scientifique. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sismologique - Séisme à l’ouest de l’Absie (Deux-Sèvres), 12 février 2018 à 4 h 08 min locale, magnitude 4,7 ML(RENASS).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] BCSF-RENASS-R3 – 05/2018, Universite de Strasbourg; CNRS. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF-RENASS, séisme N-E de La Trinité(Martinique), 3 février 2017 – 19h 54 TU, magnitude 5,8 Mw – 6,1 Mlv (OVSM-IPGP),15h54 heure locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Clouard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2017-R4, Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra); Université de Strasbourg; Centre national de la recherche scientifique. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, séisme au nord de Nice (Alpes-Maritimes) 3 septembre 2016 à 21h14 heure locale, magnitude 3.7 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2017-R1, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, Données macrosismiques, Séismes de Dignes (Alpes-de-Haute-Provence) 9 et 10 novembre 2016 magnitudes 3.7, 3.5 et 4.1ML(Rénass)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2017-R2, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, séisme au sud-ouest de Dôle (Département du Jura) 3 décembre 2016 à 10h01 heure locale, magnitude 3,6 ML(Rénass)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2017-R3, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, séisme au sud d’Oloron-Sainte-Marie (Pyrénées Atlantiques), 11 mai 2016 à 12h45 heure locale, magnitude 3.9 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2016-R3, Bureau central sismologique français; Université de Strasbourg; Centre national de la Recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, séisme NW de Pau (Pyrénées Atlantiques) 25 avril 2016 à 6h44 heure locale, magnitude 4.0 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2016-R4, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de La Rochelle (Charente-Maritime) du 28 avril 2016, à 6h46 TUMagnitude : 4,9 (ML RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique Séisme de Ramsgate (Angleterre) du 22 mai 2015 à 3h52 heure locale française Magnitude 4,0 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2016-R1b, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, séisme Saint-Savinien (Charente-Maritime) 17 mai 2016 à 6h50 heure locale, magnitude 3,7 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques séisme de Belcaire (département de l’Aude) du 2 mars 2016 à 20h32 heure locale, magnitude 3,5 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2016-R2, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, Séisme de St. Helier (Jersey) du 11 juillet 2014 à 13h54 heure locale, magnitude 4,9 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMS830 CNRS; Université de Strasbourg; Centre national de la recherche scientifique. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique, séisme de Bressuire (Deux-Sèvres) du 29 janvier 2015 à 21h21 heure locale, magnitude 3,5 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-R1, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF (2014) - Séisme de Barcelonnette (Alpes-de-Haute-Provence) du 7 avril 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Chesnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cornou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] BCSF2014-R1, BCSF-RENASS. 2014, 76 p., 22 figures, 6 annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02000535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, étude macrosismique, séisme de Lourdes (Hautes-Pyrénées) du 29 avril 2014 (4,5 ML ReNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2014-R2, Bureau central sismologique français. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, synthèse sismologique et étude macrosismique, séisme de Vannes (Morbihan) du 21 novembre 2013 (4,6 ML)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2014-R2, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, étude macrosismique, séisme de Châtillon-sur-Loire (Loiret) du 25 septembre 2013 (3,6 ML CEA-LDG)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2014-R1, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, Etude macrosismique, séisme de Saint-Pé-de-Bigorre (Hautes-Pyrénées) du 30 décembre 2012 (4,9 ML ReNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, données sismologiques et macrosismiques, séisme ouest de Corse du 7 juillet 2011, magnitude ML(RéNaSS) = 5,5 (19h21 TU)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-2012-R1, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, données sismologiques, séisme de Barcelonnette (Alpes-de-Haute-Provence) du 26 février 2012, à 22h37 TU, magnitude : 4,5 (ML RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, données sismologiques, Séisme de Largentière (Ardèche) du 3 août 2011, à 1h36 TU, magnitude : 4,1 (ML RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome van Der Woerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg; Centre national de la recherche scientifique; UMS830 CNRS. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation statistique de la vulnérabilité sismique, au sens de l'EMS98, des bâtiments en Alsace. Rapport méthodologique et Atlas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia van der Woerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français (BCSF); Ecole et observatoire des sciences de la Terre (EOST); Université de Strasbourg (Unistra); Centre national de la recherche scientifique (CNRS). 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05328113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, synthèse sismologique et étude macrosismique, séisme de Bagnères-de-Bigorre (Hautes-Pyrénées) du 1er avril 2010 (4,3 ML)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2010-R1, Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, synthèse sismologique et étude macrosismique, séisme de Fontenay-le-Comte (Vendée) du 30 juin 2010 (4,2 ML)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2010-R2, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données sismologiques, séisme de Manosque (Alpes de Haute-Provence) du 8 juillet 2010 à 22h20 heure locale, magnitude 2,9 ML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2010-R3, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BCSF - Rapport macrosismique, séisme d'Argelès-Gazost du 18 mai 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport macrosismique, séisme d'Argelès-gazost (Hautes-Pyrénées) du 15 novembre 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2008-RP1, Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05287939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note macrosismique, séisme de Saarlouis (Allemagne) du 3 janvier (3,6 ML)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2008-R2, Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de Martinique, 29 novembre 2007. Rapport du BCSF : synthèse sismologique et étude macrosismique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotaire Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] BCSF-RENASS. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note macrosismique, séisme de Saarlouis (Allemagne) du 23 février 2008 (4,3 ML)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la Recherche scientifique. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur le séisme de Saumur (Maine-et-Loire) du 5 novembre 2006, magnitude 4 ML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2007RP1, Bureau central sismologique français; Université Louis Pasteur; Centre national de la Recherche scientifique. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme d'Argeles-Gazost (Hautes-Pyrénées) du 17 novembre 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport préliminaire sur le séisme du 11 janvier 2006, sud-sud-est d’Ambérieu-en-Bugey (01), magnitude 3,7 Ml</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note Preliminaire, séisme de Cognac (Charente) du 24 août 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Nicoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport préliminaire, Séisme de Châtellerault (86) du 09 septembre 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2006-RP2, Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme de Vallorcine (Haute-Savoie) du 8 décembre 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome van Der Woerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Rivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Beauducel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bertil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Bengoubou-Valerius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR830 CNRS; Université de Strasbourg. 2005, 62 p., 101 fig., 28 tableaux, 5 annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur le séisme du 5 décembre 2004 de Waldkirch (Allemagne), magnitude 4,9 Ml</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme d'Arudy (Pyrénées Atlantiques) du 21 janvier 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur le séisme du 18 juillet 2004, Ouest de Massat (09), magnitude 3,7 Ml</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, Séisme de Roulans (dép.25) du 23 février 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome van Der Woerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Haessler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur le séisme - Est de Pampelune (5,3Ml), 18 septembre 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme d'Arudy (Pyrénées Atlantiques) du 11 et 12 décembre 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire - Séisme de Rambervillers (Vosges) du 22 février 2003 Observations macrosismiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome van Der Woerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Haessler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] BCSF2003-N1, BCSF-RENASS. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02050211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme de Fontenay-le-Comte (Vendée) du 14 février 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séismes d'Hennebont (Morbihan) du 30 septembre 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la Recherche scientifique. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire séisme de Saint-Jean-Pied-de-Port du 12 décembre 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français (BCSF); Université Louis pasteur (ULP); Centre national de la recherche scientifique (CNRS). 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme d'Aucun (Hautes-Pyrénées) du 16 mai 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Alasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme de Chantonnay (Vendée) du 8 juin 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Trong Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme de Nice du 25 février 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Trong Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme de Nice du 1 novembre 1999</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Trong Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Rivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Nicoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Ecole et observatoire des sciences de la Terre; Université Louis Pasteur. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire - séisme de Saint-Béat du 4 octobre 1999</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Trong Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Dufumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Nicoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg; Centre national de la recherche scientifique. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire séisme de Châteauroux du 3 octobre 1999</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Trong Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Rivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Nicoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Ecole et observatoire des sciences de la Terre; Université Louis Pasteur. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (120)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme du Népal 25 avril 2015 (Mw 7,9) Ouest de Kathmandu, Village secteur ouest RAMKOT, détruit à 80%. (Mission Search&Rescue PUI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Nepal. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sismicité en France: Intensité maximale (sévérité de la secousse au sol sur l'échelle EMS-98) observée sur la période 1989 à 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. France. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-00948423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Saint-Pierre. Damaged individual house</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Saint-Pierre (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Le Marin. Damage to an individual house</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Le Marin (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Fort-de-France. Damages on the south facade of a building in Fort de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Fort de France (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Sainte-Marie. Damage to the church</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Sainte-Marie (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Sainte-Marie. Damage to the church</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Sainte-Marie (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Fort-de-France. Damage to the &amp;quot;Plein Ciel&amp;quot; building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Fort de France (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Fort-de-France. Details of the breaks on the east facade of the SGBA building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Fort de France (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Saint-Pierre. Cracks on a individual house</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Saint-Pierre (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Fort-de-France. Damage on the east façade of the SGBA building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Fort de France (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Le Marin. Individual house</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Le Marin (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Gourbeyre. Church bell tower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Gourbeyre (97113), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Terre de haut. Damaged church</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Terre-de-Haut (97137), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Terre de haut. Church damaged</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Terre-de-Haut (97137), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme des Saintes. 21 novembre 2004. Pointe-à-Pitre. Endommagement du bâtiment de la Direction régionale des affaires maritimes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Pointe-à-Pitre (97110), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Saintes earthquake (West Indies). November 21, 2004. Basse-Terre. Landslide of a wall in the upper part of the commune of Basse-Terre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Basse-Terre (97100), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Vieux-Habitants. Damage to Saint-Joseph's Church (18th century)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Vieux-Habitants (97119), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01835004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Saint-Louis, Marie-Galante Island. Church bell tower damaged</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Saint-Louis (97134), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Saint Louis, Marie Galante Island. Damage to market structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Saint-Louis (97134), île de Marie-Galante, France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Saint Louis (Marie-Galante Island). Damage to the church bell tower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Saint-Louis (97134), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Basse-Terre. Damage to an ex-pharmacy on stilts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Basse-Terre (97100), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01835328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Pointe à Pitre. HLM building damaged</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Pointe-à-Pitre (97110), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Saint Louis, Marie Galante Island. Damage to market structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Saint-Louis (97134), île de Marie-Galante, France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Terre de haut. House damaged</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Terre-de-Haut (97137), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003, Grandvillers. Damaged church</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Grandvillers (88600), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003. Autrey. Wide crack on a cut stone structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Autrey (88700), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003. Rambervillers. Wide cracking of a residential wall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Rambervillers (88700), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003, Destord. Damaged house</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Destord (88600), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003. Rambervillers. Fall of chimney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Rambervillers (88700), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003, Aydoilles. Cracking of the kindergarten yard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Aydoilles (88600), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003, Destord. Stele falling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Destord (88600), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SismoCom: application pour smartphone pour témoigner et être informé sur les séismes (utilisée par le BCSF de 2010 à 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carte (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BCSF-Rénass (2022). Maximum communal intensities in mainland France. EOST UAR830, Université de Strasbourg, CNRS. (Collection).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">STRASBOURG, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04200342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId327"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:99.21875px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Sira </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Responsable du pôle macrosismique au sein du Bureau central sismologique français (UAR 830 Cnrs). Manager du Groupe d'intervention macrosismique (GIM).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">christophe-sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6801-5917</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur du recherche du CNRS à l'Ecole et Observatoire des Sciences de la terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (UAR830 du CNRS - Strasbourg)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable du pôle macrosismique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> au sein du Service national d'observation &amp;quot;Bureau central sismologique français, Réseau national de surveillance sismique&amp;quot; (UAR830 CNRS) pour l’estimation des intensités des secousses sismiques (mouvements du sol produits par les séismes) pour l'hexagone et l'Outre-mer :- gestion des protocoles d'enquêtes et des outils d'expertises- collecte de l’information (effets sismiques observés) auprès des autorités (mairies, gendarmeries, pompiers) et de la population,- analyse des données (estimation d’intensités communales),- cartographie sur SIG- archivage, valorisation et diffusion des données. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manager national du Groupe d’intervention macrosismique français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, (75 experts) inter-organismes (19 observatoires). Ce groupe est chargé de l’estimation des intensités communales en cas de séismes générant des dommages aux bâtiments en zone épicentrale (</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://groupes.renater.fr/sympa/info/gim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).Co-responsable de l’animation de l’axe national macrosismique au sein de l’Action transverse sismité de Epos-France, (Réseau sismologique et géodésique français : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.resif.fr/actions/action-transversesismicite/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) : coordonne l’ensemble des travaux nationaux en macrosismique afin d’en accroître l’efficience et la visibilité. Il s’agit de faciliter la réalisation et la distribution des produits issus des données sur la connaissance de la sismicité française et de l’aléa associé.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsable  de la gestion des données macrosismiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> historiques et contemporaines du BCSF-Rénass (1921-2025)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Implications scientifiques complémentaires :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">membre de l’Association française du génie parasismique qui a pour objet l'étude des tremblements de terre, leurs conséquences et la recherche et promotion de toutes mesures tendant à les minimiser.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">membre de working group à la commission sismologique européenne ( </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.escmacroswg.rm.ingv.it/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) pour l'amélioration des pratiques pour la collecte, l'évaluation et l'exploitation des données d'intensité macrosismique ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">membre du Groupe local des ingénieur.e.s. en Bap D de Strasbourg (GLISSS).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**Formations **</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">responsable scientifique du cycle de formations du Groupe d’intervention macrosismique (3 niveaux)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">formateur pour la sécurité des intervenants en zone de catastrophe sismique (AFPS, SDIS, Pompiers urgence internationale, Caritas, Protection civile, Axa…).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">formateur en expertise macrosismique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MACROSISDATA: safeguarding and promoting the heritage of French macroseismic surveys carried out between 1921 and 1996</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Schirr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Seismology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10950-025-10322-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05248662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The largest induced earthquakes during the GEOVEN deep geothermal project, Strasbourg, 2018-2022: from source parameters to intensity maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lengliné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Schmittbuhl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Drif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lambotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Journal International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 234, pp.2446-2458. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/gji/ggad255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04198297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid response to the Mw 4.9 earthquake of November 11, 2019 in Le Teil, Lower Rhône Valley, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cornou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ampuero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Audin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Baize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 353 (S1), pp.1-23. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03089600v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS98 intensities distribution of the “Le Teil” earthquake, France, 11 November 2019 (Mw 4.9) based on macroseismic surveys and field investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maufroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludmila Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 353 (S1), pp.1-28. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.88⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03447969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1921–2021: 100 years of macroseismic studies at BCSF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 353 (S1), pp.1-29. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.87⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03516813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The transversal seismicity action RESIF : a tool to improve the distribution of the French seismicity products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bertil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seismological Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 92 (3), pp.1623 - 1641. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1785/0220200353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03195727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking ground motion measurements and macroseismic observations in France: a case study based on accelerometric and macroseismic databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Lesueur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oona Scotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Seismology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 17 (2), pp.313-333. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10950-012-9319-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00730198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SISMOCOM, Données participatives et cartographie en temps réel après un séisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde des Cartes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03131575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfrontier macroseismic observations of the Ml = 5.4 earthquake of February 22, 2003 at Rambervillers, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Brüstle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monika Gisler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Kästli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Seismology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 9 (3), pp.317-328. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10950-005-6853-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collecting and analysing seismic effects on buildings using internet forms in the context of French insurance and global warning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European seismological commission 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European seismological commission, Sep 2024, Corfou, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des intensités macrosismiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESTITUTION DE LA MISSION POST-SISMIQUE DE LA LAIGNE - 5/04/2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de génie parasismique (AFPS), Apr 2024, PARIS, France. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25577/m0dc-n549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collecting and analysing seismic effects on buildings using internet forms in the context of French insurance and global warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th General Assembly (GA) of the European Seismological Commission</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Athens, Greece, Sep 2024, Corfou, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05122855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’action du Groupe d’intervention macrosismique lors du séisme de La Laigne 16 juin 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème biennale du réseau accélérométrique permanent (RAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, réseau accélérométrique permanent, Nov 2024, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05122915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes macrosismiques aux Antilles, 19 ans d'observations des effets sismiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le risque sismique dans un contexte multi-risques : comprendre, gérer, prévenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de génie parasismique, Nov 2023, Le Gosier (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMS98 intensity estimation of the shallow Le Teil earthquake, ML 5.2, by Macroseismic Response Group GIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maufroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludmila Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Vienne (virtual), Austria. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-3767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03118781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SISMOTem-Antilles: Un pilote innovant de collecte de données macrosismiques à proximité de stations sismologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Nachbaur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9eme Colloque National de l’AFPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Marne-La-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SISMOCOM smartphone application: Citizens as major contributors to earthquake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Conference on Earthquake Engeenering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SISMOTem-Antilles: an innovative pilot of macroseismic data close to seismic sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Nachbaur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Bengoubou-Valerius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS-IAPSO-IASPEI Joint Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Göteborg, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00828888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MacrosisData project (Poster)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Malerba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Schirr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Colloquium on Historical Earthquakes, Paleo-Macroseismology and Seismotectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, LIXOURI, Greece. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MacrosisData : Safeguarding and promoting the heritage of French macroseismic surveys carried out between 1921 and 1996</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Malerba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Schirr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ᵗʰ International Colloquium on Historical Earthquakes, Palaeo- Macroseismology and Seismotectonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, LIXOURI, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de La Laigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maufroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Benahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurendeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères rencontres Epos-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Saint-Jean-de-Cap-Ferrat, France. 353, pp.23 - 51, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfrontier macroseismic studies of the Upper Rhine Graben</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brüstle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Stange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49. Sitzung der AG Seismologie in Freiburg im Breisgau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, FRIBOURG, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations sismologiques, sismicité de la France en 2003, 2004 et 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Ecole et observatoire des sciences de la terre; Université Louis Pasteur. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05278416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations sismologiques, sismicité de la France en 1997, 1998 et 1999 (vol.2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Ecole et Observatoire des Sciences de la Terre; Université de Strasbourg. 2, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05276425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations sismologiques, sismicité de la France en 2000, 2001 et 2002 (vol.1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Ecole et observatoire des sciences de la Terre. vol. 1, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05277421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations sismologiques, sismicité de la France en 1997, 1998 et 1999 (vol.1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Ecole et observatoire des Sciences de la Terre; Université Louis Pasteur. vol. 1, 2002, 22013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualite agricole de l'eau de la nappe phreatique d'Alsace dans le secteur d'Ensisheim-Colmar. Essai de classification et de cartographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schenck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Beller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">34 p., 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02849114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collection des différents formulaires métropolitains d’enquête macrosismique des archives du Bureau central sismologique français 1910 à décembre 2020.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (82)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Le Cheylas, (Isère) 6 mai 2025 à 01 h 40 TU Magnitude 3,4 ML(RENASS) Intensité communale maximale IV (EMS-98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05235623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Bagnères-de-Bigorre (Pyrénées/France), 21 mai 2024 à 9 h 23 TU, Magnitude 4,0 ML(RENASS), Intensité communale maximale V (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra). 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05123081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séismes de Berre-Les-Alpes (France / Alpes-Maritimes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de strasbourg; Centre national de la recherche scientifique. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05234790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Ligueil, (Indre-et Loire), 24 septembre 2024 à 3 h 42 TU, magnitude 3,4 ML(RENASS), Intensité communale maximale III-IV (EMS-98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra). 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05123106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de Vesoul (Haute-Saône) 10 février 2024 à 23 h 14 TU , Magnitude 3,6 ML(RENASS) Intensité communale maximale IV (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole et observatoire des sciences de la Terre; Centre national de recherches scientifiques (CNRS); Université de Strasbourg. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique, Séisme de La Laigne (Charente-Maritime), 16 juin 2023, magnitude 5,3 Mlv (BCSF-Rénass), intensité communale maximale VII</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maufroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Benahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Laurendeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-Rénass-2024-RP1, UAR830 CNRS; Université de Strasbourg (UNISTRA). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de Porrentruy (Suisse) 22 mars 2023 à 14h51 TU Magnitude 4,4 ML(RENASS) Intensité maximale (en France) : IV (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lambotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RENASS-RP2-UAR830_240207-EVT230322, Ecole et observatoire des sciences de la Terre. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04444089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Porrentruy (Suisse), 27 février 2024 à 01 h 21 TU , Magnitude 3,5 ML(Rénass), Intensité communale maximale (fr.) III-IV (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg; Centre national de recherches scientifiques (CNRS). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme ouest de Sarrancolin (Hautes-Pyrénées), 17 avril 2023 à 13h28 TU , magnitude 4 ML (RENASS), Intensité maximale : V (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RENASS-2024-RP3, Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04502837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme au nord-nord-est de Saint-Paul-sur-Ubaye, (Alpes de Haute-Provence), 16 mai 2023 à 6 h 24 TU, Magnitude 3,9 ML(RENASS), Intensité communale maximale III (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strabourg. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport Sismologique, Séisme de Sierentz (Haut-Rhin), 10 septembre 2022 à 15h58 TU, Magnitude 4,8 ML(RENASS), Intensité maximale V (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre national de recherches scientifiques (CNRS); Université de Strasbourg (UNISTRA); UAR830 CNRS. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de Porrentruy du 29 mai 2023, Rapport sismologique,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Derode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg (UNISTRA); Centre national de la Recherche scientifique. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Nostang (Morbihan) 23 octobre 2022 à 19 h 52 TU Magnitude 3,9 MLV(BCSF-RENASS) Intensité maximale IV-V (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-Rénass-2023-R2-b, École et observatoire des sciences de la Terre; Université de Strasbourg; Centre national de la Recherche scientifique. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme au nord de Digne-les-Bains (Alpes de Haute-Provence), 17 janvier 2023 à 14 h 31 TU, magnitude 3,9 ML(RENASS), intensité communale maximale IV (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerôme Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra). 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05123003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séismes d’Albertville (Savoie) du 12 mars 2022, à 17h03 TU Magnitude 4,2 (ML Rénass) ; 17h21 TU Magnitude 3,2 (ML Rénass) ; 19h19 TU Magnitude 3,2 (ML Rénass) - Rapport macrosismique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-Rénass. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme au nord-est d'Angoulême (Charente) 30 juin 2022 à 01 h 26 TU Magnitude 3,9 ML(Rénass) Intensité communale maximale IV-V (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg; CNRS; Ecole et observatoire des sciences de la terre. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séismes de Porrentruy (Suisse) du 24 et 25 décembre 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe . Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-Rénass-2022-R1, Ecole et observatoire des sciences de la terre; Université de Strasbourg; Centre national de la recherche scientifique; Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra). 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme au nord-ouest de Clermont-Ferrand (Puy-de-Dôme, France), 9 mai 2022 à 11 h 13 TU. Magnitude 4,0 ML (RENASS), Intensité communale maximale IV (EMS98)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dretzen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole et observatoire des sciences de la Terre; Centre national de la recherche scientifique; Université de Strasbourg. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme induit de la Wantzenau (Bas-Rhin, France), 26 juin 2021 à 5 h 00 locale, Magnitude 3,9 ML(RENASS) , Intensité maximale V (EMS98).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Grunberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RéNaSS-2021-R1, Université de Strasbourg; Centre national de la recherche scientifique; Université de Strasbourg. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique, séisme à l’est de Brest (Finistère), 19 février 2020 à 22 h 20 locale, magnitude 3,8 Mb (RENASS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UAR830 CNRS; Université de Strasbourg. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05315313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport macrosismique n°4 - Séisme du Teil (Ardèche), 11 novembre 2019 à 11 h 52 locale Magnitude 5,2 ML(RENASS), Intensité communale max VII-VIII (EMS98).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4, UAR830 CNRS; Université de Strasbourg. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de Port-Valais (Suisse), 28 mai 2019 à 10 h 48 locale, magnitude 4,1 Ml (RENASS).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] UAR830 CNRS; Université de Strasbourg. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sismologique, séismes au sud-sud-est de Saint-François (Guadeloupe), 25 juillet 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RENASS-2019-R3, Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra); Université de Strasbourg; Centre national de la recherche scientifique. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme au nord-est de Montendre (Charente-Maritime), 20 mars 2019 à 10 h 56 locale, magnitude 4,9 ML(RENASS).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Universite de Strasbourg; CNRS UMS830. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologiqueSéisme au sud-ouest de Bourg-en-Bresse (Ain), 21 novembre 2018 à 18 h 08 locale, magnitude 3,9 ML(RENASS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RENASS2019-R1, Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra); Université de Strasbourg; Centre national de la recherche scientifique. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Séisme de Tancoigné (Maine-et-Loire), 21 juin 2019 à 8 h 50 locale, magnitude 4,8 ML(RENASS), Intensité max VI (EMS98).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Satriano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Delouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Université de strasbourg; UMS830 CNRS. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF-RENASS Données macrosismiques, séisme est de Janzé (Ille-et-Vilaine) du 28 septembre 2017 à 3 h 43 min. locale Magnitude 3,9 ML(RENASS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-RENASS-R2, Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra); Université de Strasbourg; Centre national de la recherche scientifique. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique - Essaim sismique à l’est de Mayotte : Analyse pour la période du 10 mai au 15 juin 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Regis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome van Der Woerd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] BCSF-Rénass. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03085157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF-RENASS, Séisme de Saint-Lary-Soulan (Hautes-Pyrénées) du 28 octobre 2017 à 21 h 6 min. locale, magnitude 4,1 ML(RENASS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra); Université de Strasbourg; Centre national de la recherche scientifique. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sismologique - Séisme à l’ouest de l’Absie (Deux-Sèvres), 12 février 2018 à 4 h 08 min locale, magnitude 4,7 ML(RENASS).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] BCSF-RENASS-R3 – 05/2018, Universite de Strasbourg; CNRS. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF-RENASS, séisme N-E de La Trinité(Martinique), 3 février 2017 – 19h 54 TU, magnitude 5,8 Mw – 6,1 Mlv (OVSM-IPGP),15h54 heure locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Clouard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2017-R4, Bureau central sismologique français, Réseau national de surveillance sismique (UAR830 CNRS / Unistra); Université de Strasbourg; Centre national de la recherche scientifique. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, Données macrosismiques, Séismes de Dignes (Alpes-de-Haute-Provence) 9 et 10 novembre 2016 magnitudes 3.7, 3.5 et 4.1ML(Rénass)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2017-R2, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, séisme au nord de Nice (Alpes-Maritimes) 3 septembre 2016 à 21h14 heure locale, magnitude 3.7 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2017-R1, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, séisme au sud-ouest de Dôle (Département du Jura) 3 décembre 2016 à 10h01 heure locale, magnitude 3,6 ML(Rénass)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2017-R3, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, séisme au sud d’Oloron-Sainte-Marie (Pyrénées Atlantiques), 11 mai 2016 à 12h45 heure locale, magnitude 3.9 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2016-R3, Bureau central sismologique français; Université de Strasbourg; Centre national de la Recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, séisme NW de Pau (Pyrénées Atlantiques) 25 avril 2016 à 6h44 heure locale, magnitude 4.0 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2016-R4, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de La Rochelle (Charente-Maritime) du 28 avril 2016, à 6h46 TUMagnitude : 4,9 (ML RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, séisme Saint-Savinien (Charente-Maritime) 17 mai 2016 à 6h50 heure locale, magnitude 3,7 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique Séisme de Ramsgate (Angleterre) du 22 mai 2015 à 3h52 heure locale française Magnitude 4,0 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2016-R1b, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques séisme de Belcaire (département de l’Aude) du 2 mars 2016 à 20h32 heure locale, magnitude 3,5 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2016-R2, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données macrosismiques, Séisme de St. Helier (Jersey) du 11 juillet 2014 à 13h54 heure locale, magnitude 4,9 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMS830 CNRS; Université de Strasbourg; Centre national de la recherche scientifique. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sismologique, séisme de Bressuire (Deux-Sèvres) du 29 janvier 2015 à 21h21 heure locale, magnitude 3,5 ML(RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-R1, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF (2014) - Séisme de Barcelonnette (Alpes-de-Haute-Provence) du 7 avril 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Chesnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cornou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] BCSF2014-R1, BCSF-RENASS. 2014, 76 p., 22 figures, 6 annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02000535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, étude macrosismique, séisme de Châtillon-sur-Loire (Loiret) du 25 septembre 2013 (3,6 ML CEA-LDG)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2014-R1, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, étude macrosismique, séisme de Lourdes (Hautes-Pyrénées) du 29 avril 2014 (4,5 ML ReNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2014-R2, Bureau central sismologique français. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, synthèse sismologique et étude macrosismique, séisme de Vannes (Morbihan) du 21 novembre 2013 (4,6 ML)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2014-R2, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, Etude macrosismique, séisme de Saint-Pé-de-Bigorre (Hautes-Pyrénées) du 30 décembre 2012 (4,9 ML ReNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, données sismologiques et macrosismiques, séisme ouest de Corse du 7 juillet 2011, magnitude ML(RéNaSS) = 5,5 (19h21 TU)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF-2012-R1, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, données sismologiques, séisme de Barcelonnette (Alpes-de-Haute-Provence) du 26 février 2012, à 22h37 TU, magnitude : 4,5 (ML RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, données sismologiques, Séisme de Largentière (Ardèche) du 3 août 2011, à 1h36 TU, magnitude : 4,1 (ML RéNaSS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome van Der Woerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg; Centre national de la recherche scientifique; UMS830 CNRS. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation statistique de la vulnérabilité sismique, au sens de l'EMS98, des bâtiments en Alsace. Rapport méthodologique et Atlas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia van der Woerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français (BCSF); Ecole et observatoire des sciences de la Terre (EOST); Université de Strasbourg (Unistra); Centre national de la recherche scientifique (CNRS). 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05328113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, synthèse sismologique et étude macrosismique, séisme de Bagnères-de-Bigorre (Hautes-Pyrénées) du 1er avril 2010 (4,3 ML)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2010-R1, Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport BCSF, synthèse sismologique et étude macrosismique, séisme de Fontenay-le-Comte (Vendée) du 30 juin 2010 (4,2 ML)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2010-R2, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note BCSF, données sismologiques, séisme de Manosque (Alpes de Haute-Provence) du 8 juillet 2010 à 22h20 heure locale, magnitude 2,9 ML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2010-R3, Bureau central sismologique français; Université de Strasbourg; Centre national de la recherche scientifique. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note macrosismique, séisme de Saarlouis (Allemagne) du 3 janvier (3,6 ML)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2008-R2, Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport macrosismique, séisme d'Argelès-gazost (Hautes-Pyrénées) du 15 novembre 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2008-RP1, Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05287939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BCSF - Rapport macrosismique, séisme d'Argelès-Gazost du 18 mai 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme de Martinique, 29 novembre 2007. Rapport du BCSF : synthèse sismologique et étude macrosismique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotaire Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] BCSF-RENASS. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note macrosismique, séisme de Saarlouis (Allemagne) du 23 février 2008 (4,3 ML)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la Recherche scientifique. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur le séisme de Saumur (Maine-et-Loire) du 5 novembre 2006, magnitude 4 ML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2007RP1, Bureau central sismologique français; Université Louis Pasteur; Centre national de la Recherche scientifique. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme d'Argeles-Gazost (Hautes-Pyrénées) du 17 novembre 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport préliminaire sur le séisme du 11 janvier 2006, sud-sud-est d’Ambérieu-en-Bugey (01), magnitude 3,7 Ml</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note Preliminaire, séisme de Cognac (Charente) du 24 août 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe de Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Nicoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05285764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport préliminaire, Séisme de Châtellerault (86) du 09 septembre 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BCSF2006-RP2, Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme de Vallorcine (Haute-Savoie) du 8 décembre 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome van Der Woerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Rivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Beauducel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bertil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Bengoubou-Valerius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR830 CNRS; Université de Strasbourg. 2005, 62 p., 101 fig., 28 tableaux, 5 annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur le séisme du 5 décembre 2004 de Waldkirch (Allemagne), magnitude 4,9 Ml</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme d'Arudy (Pyrénées Atlantiques) du 21 janvier 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur le séisme du 18 juillet 2004, Ouest de Massat (09), magnitude 3,7 Ml</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport sur le séisme - Est de Pampelune (5,3Ml), 18 septembre 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, Séisme de Roulans (dép.25) du 23 février 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome van Der Woerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Haessler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire - Séisme de Rambervillers (Vosges) du 22 février 2003 Observations macrosismiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome van Der Woerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Haessler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] BCSF2003-N1, BCSF-RENASS. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02050211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme d'Arudy (Pyrénées Atlantiques) du 11 et 12 décembre 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme de Fontenay-le-Comte (Vendée) du 14 février 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séismes d'Hennebont (Morbihan) du 30 septembre 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la Recherche scientifique. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire séisme de Saint-Jean-Pied-de-Port du 12 décembre 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français (BCSF); Université Louis pasteur (ULP); Centre national de la recherche scientifique (CNRS). 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme d'Aucun (Hautes-Pyrénées) du 16 mai 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Alasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme de Chantonnay (Vendée) du 8 juin 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Trong Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme de Nice du 25 février 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Trong Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Université Louis Pasteur; Centre national de la recherche scientifique. 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire, séisme de Nice du 1 novembre 1999</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Trong Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Rivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Nicoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Ecole et observatoire des sciences de la Terre; Université Louis Pasteur. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire - séisme de Saint-Béat du 4 octobre 1999</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Trong Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Dufumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Nicoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Strasbourg; Centre national de la recherche scientifique. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note préliminaire séisme de Châteauroux du 3 octobre 1999</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Cara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Trong Pho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Rivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Nicoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bureau central sismologique français; Ecole et observatoire des sciences de la Terre; Université Louis Pasteur. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (120)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amatrice city in october, after Accumoli Earthquake (Italy - 24th August 2016, 3h36 in local time), magnitude (6.0 on the Richter scale) about 100 km northeast of Rome, in the Apennines. AFPS-BCSF Field mission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Amatrice, Italy. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme du Népal 25 avril 2015 (Mw 7,9) Ouest de Kathmandu, Village secteur ouest RAMKOT, détruit à 80%. (Mission Search&Rescue PUI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Nepal. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sismicité en France: Intensité maximale (sévérité de la secousse au sol sur l'échelle EMS-98) observée sur la période 1989 à 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. France. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-00948423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Saint-Pierre. Damaged individual house</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Saint-Pierre (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Fort-de-France. Damages on the south facade of a building in Fort de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Fort de France (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Sainte-Marie. Damage to the church</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Sainte-Marie (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Le Marin. Damage to an individual house</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Le Marin (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Sainte-Marie. Damage to the church</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Sainte-Marie (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Fort-de-France. Damage to the &amp;quot;Plein Ciel&amp;quot; building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Fort de France (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Fort-de-France. Details of the breaks on the east facade of the SGBA building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Fort de France (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Saint-Pierre. Cracks on a individual house</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Saint-Pierre (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Le Marin. Individual house</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Le Marin (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earthquake in Martinique. November 29, 2007. Fort-de-France. Damage on the east façade of the SGBA building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Fort de France (Martinique), France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Gourbeyre. Church bell tower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Gourbeyre (97113), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séisme des Saintes. 21 novembre 2004. Pointe-à-Pitre. Endommagement du bâtiment de la Direction régionale des affaires maritimes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Pointe-à-Pitre (97110), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Terre de haut. Damaged church</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Terre-de-Haut (97137), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Terre de haut. Church damaged</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Terre-de-Haut (97137), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Saint Louis, Marie Galante Island. Damage to market structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Saint-Louis (97134), île de Marie-Galante, France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Saint-Louis, Marie-Galante Island. Church bell tower damaged</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Saint-Louis (97134), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Vieux-Habitants. Damage to Saint-Joseph's Church (18th century)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Vieux-Habitants (97119), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01835004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Saintes earthquake (West Indies). November 21, 2004. Basse-Terre. Landslide of a wall in the upper part of the commune of Basse-Terre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Basse-Terre (97100), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Saint Louis (Marie-Galante Island). Damage to the church bell tower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Saint-Louis (97134), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Pointe à Pitre. HLM building damaged</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Pointe-à-Pitre (97110), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Basse-Terre. Damage to an ex-pharmacy on stilts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Basse-Terre (97100), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01835328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Saint Louis, Marie Galante Island. Damage to market structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Saint-Louis (97134), île de Marie-Galante, France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saintes earthquake. November 21, 2004. Terre de haut. House damaged</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. BCSF (2005) - Séisme des Saintes (Guadeloupe) du 21 novembre 2004, note préliminaire, BCSF2005-NP3, 62 p., 101 fig., 28 tableaux, 5 annexes., Terre-de-Haut (97137), France. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01834395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003, Grandvillers. Damaged church</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Grandvillers (88600), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003. Autrey. Wide crack on a cut stone structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Autrey (88700), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003. Rambervillers. Fall of chimney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Rambervillers (88700), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003, Destord. Damaged house</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Destord (88600), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003. Rambervillers. Wide cracking of a residential wall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Rambervillers (88700), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003, Aydoilles. Cracking of the kindergarten yard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Aydoilles (88600), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rambervillers earthquake of 22 February 2003, Destord. Stele falling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Destord (88600), France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02050224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SismoCom: application pour smartphone pour témoigner et être informé sur les séismes (utilisée par le BCSF de 2010 à 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schlupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Schaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carte (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BCSF-Rénass (2022). Maximum communal intensities in mainland France. EOST UAR830, Université de Strasbourg, CNRS. (Collection).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Mendel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">STRASBOURG, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04200342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId327"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="49E6822B"/>
+    <w:nsid w:val="7D506F95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="EF41D6EA"/>
+    <w:nsid w:val="A4550040"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="672D0090"/>
+    <w:nsid w:val="D6FEC01E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -640,51 +640,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-sira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6801-5917" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupes.renater.fr/sympa/info/gim" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.resif.fr/actions/action-transversesismicite/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.escmacroswg.rm.ingv.it/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248662v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schirr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bertrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schaming" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10950-025-10322-y" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04198297v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lenglin&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schmittbuhl" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Drif" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lambotte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Grunberg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad255" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03089600v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cornou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ampuero" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Aubert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.30" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03447969v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schlupp" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Maufroy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Provost" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dretzen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.88" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516813v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Masson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schaming" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.87" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195727v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Auclair" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bertil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hernandez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200353" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730198v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lesueur" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oona Scotti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10950-012-9319-2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WGHPN408-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131575v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03763515v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Br&#252;stle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Gisler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp K&#228;stli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10950-005-6853-1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5RZPJ3RG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739682v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mendel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534697v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25577/m0dc-n549" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122855v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122915v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315098v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118781v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-3767" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260928v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nachbaur" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260921v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00828888v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mendy Bengoubou-Valerius" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315093v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Malerba" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Schirr" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bertrand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217820v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Schirr" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315583v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Benahmed" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Laurendeau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217966v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Br&#252;stle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Stange" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05278416v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05276425v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacques" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05277421v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Bernard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274202v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849114v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schenck" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beller" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sira" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155149v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235623v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Derode" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123081v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234790v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123106v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760571v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471156v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813881v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delouis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444089v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502837v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Derode" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594511v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991080v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753674v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082624v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123003v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Vergne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078060v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930869v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078058v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03772777v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe . Sira" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078057v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314677v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125201v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315313v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289162v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125023v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289136v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125048v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Satriano" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289111v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03085157v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bontemps" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Regis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome van Der Woerd" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326092v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124992v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289098v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Clouard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288942v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288981v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289011v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288894v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288820v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124967v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288768v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288913v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288784v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325939v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288750v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000535v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Chesnais" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288728v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288704v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288681v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288661v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288614v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Granet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288645v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325918v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328113v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia van der Woerd" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288130v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288166v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288196v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288097v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287939v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288022v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112999v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bazin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotaire Michel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288075v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285785v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285810v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285733v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285764v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Peretti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Nicoli" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284620v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284577v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rivot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833992v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beauducel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284464v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283359v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283477v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283636v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Haessler" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284385v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283218v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050211v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283400v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283313v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283103v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283181v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Alasset" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283070v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Trong Pho" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283024v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281611v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268589v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Dufumier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281570v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126172v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126171v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126186v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126230v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126241v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126192v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126205v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126236v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126246v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126177v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126178v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510245v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126235v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126193v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126200v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126242v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126150v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126219v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126226v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126221v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126224v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126165v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126152v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126206v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126234v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126239v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126166v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126179v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126213v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126232v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126204v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126173v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126147v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126223v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126243v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126229v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126190v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126196v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126211v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126238v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126184v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126209v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126245v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126151v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126199v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126222v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126167v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126231v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126187v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126201v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126183v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126182v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126191v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126216v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126220v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126189v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126149v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126160v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126144v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126181v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126212v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126210v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126228v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126240v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126170v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126208v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126218v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126225v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126207v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126145v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126202v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126162v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126244v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126198v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126188v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126233v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126174v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126159v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126163v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126175v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126157v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126168v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126197v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126203v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126215v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126237v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126214v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126227v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937465v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00948423v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135552v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135511v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135493v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135568v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135569v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135498v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135486v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135553v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135490v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135516v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834382v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01834895v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834494v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01834986v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01834954v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01835004v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834484v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834465v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01834936v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01835328v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834438v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834420v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834395v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050289v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050204v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050313v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050226v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050300v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050214v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050224v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129159v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200342v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-sira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6801-5917" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupes.renater.fr/sympa/info/gim" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.resif.fr/actions/action-transversesismicite/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.escmacroswg.rm.ingv.it/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248662v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schirr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bertrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schaming" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10950-025-10322-y" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04198297v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lenglin&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schmittbuhl" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Drif" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lambotte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Grunberg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad255" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03089600v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cornou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ampuero" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Aubert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.30" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03447969v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schlupp" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Maufroy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Provost" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dretzen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.88" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516813v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Masson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schaming" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.87" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195727v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Auclair" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bertil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hernandez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200353" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730198v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lesueur" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oona Scotti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10950-012-9319-2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WGHPN408-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131575v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03763515v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Br&#252;stle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Gisler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp K&#228;stli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10950-005-6853-1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5RZPJ3RG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739682v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mendel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534697v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25577/m0dc-n549" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122855v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122915v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315098v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118781v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-3767" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260928v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nachbaur" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260921v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00828888v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mendy Bengoubou-Valerius" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315093v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Malerba" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Schirr" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bertrand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217820v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Schirr" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315583v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Benahmed" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Laurendeau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217966v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Br&#252;stle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Stange" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05278416v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05276425v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacques" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05277421v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Bernard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274202v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849114v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schenck" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beller" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sira" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155149v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235623v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Derode" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123081v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234790v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123106v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760571v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471156v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444089v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813881v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delouis" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502837v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Derode" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594511v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991080v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753674v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082624v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123003v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Vergne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930869v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078060v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03772777v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe . Sira" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078058v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078057v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315313v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314677v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125201v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289162v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125023v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289136v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125048v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Satriano" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289111v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03085157v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bontemps" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Regis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome van Der Woerd" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326092v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124992v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289098v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Clouard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288981v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288942v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289011v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288894v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288820v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124967v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288913v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288768v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288784v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325939v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288750v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000535v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Chesnais" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288681v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288728v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288704v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288661v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288614v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Granet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288645v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325918v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328113v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia van der Woerd" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288130v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288166v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288196v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288022v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287939v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288097v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112999v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bazin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotaire Michel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288075v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285785v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285810v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285733v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285764v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Peretti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Nicoli" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284620v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284577v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rivot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833992v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beauducel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284464v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283359v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283477v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284385v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283636v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Haessler" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050211v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283218v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283400v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283313v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283103v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283181v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Alasset" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283070v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Trong Pho" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283024v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281611v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268589v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Dufumier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281570v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126172v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126171v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126186v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126230v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126241v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126192v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126205v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126236v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126246v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126177v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126178v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126166v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126179v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126173v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126204v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126213v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126232v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126223v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126243v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126229v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126190v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126211v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126238v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126147v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126196v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510245v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126224v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126200v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126234v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126239v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126242v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126235v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126206v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126219v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126152v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126193v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126150v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126165v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126221v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126226v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126245v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126199v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126151v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126222v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126184v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126209v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126167v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126231v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126182v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126149v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126160v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126220v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126183v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126189v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126191v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126201v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126216v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126187v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126144v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126181v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126170v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126145v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126218v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126240v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126210v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126212v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126207v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126208v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126225v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126228v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126202v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126157v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126203v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126197v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126215v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126237v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126214v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126233v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126227v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126244v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126175v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126188v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126198v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126159v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126168v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126163v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126174v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126162v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937465v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00948423v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135552v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135493v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135568v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135511v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135569v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135498v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135486v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135553v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135516v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03135490v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834382v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01834986v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01834895v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834494v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834465v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834484v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01835004v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01834954v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01834936v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834438v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01835328v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834420v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01834395v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050289v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050204v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050300v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050226v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050313v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050214v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02050224v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129159v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200342v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>