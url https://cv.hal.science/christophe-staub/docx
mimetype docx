--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -667,10184 +667,10334 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01512036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saccharomyces cerevisiae as a platform for vaccination against bovine mastitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célya Danzelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Gomes Noleto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Reis Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 42 (26), pp.126385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2024.126385⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic background of body reserves in laying hens through backfat thickness phenotyping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Baumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (e41), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04533050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiparameter growth-performance monitoring of Holstein dairy heifers fed on moderate- or high-energy feeding plans from birth to puberty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Saget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Briant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (11), pp.e0314015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0314015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04883839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronic dietary exposure to a glyphosate-based herbicide results in total or partial reversibility of plasma oxidative stress, cecal microbiota abundance and short-chain fatty acid composition in broiler hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Fréville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Estienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Ramé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Chahnamian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, 19 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2022.974688⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03812187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherche d'indicateurs échographiques et salivaires permettant l'optimisation de l'insémination porcine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Douet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Montigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Savoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'Institut Technique du Porc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52, pp.407-408</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03903583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A grape seed extract maternal dietary supplementation in reproductive hens reduces oxidative stress associated to modulation of plasma and tissue adipokines expression and improves viability of offsprings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Namya Mellouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Rame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Grandhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (4), pp.e0231131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02904659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anti-Müllerian hormone production in the ovary: a comparative study in bovine and porcine granulosa cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Estienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Jarrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 103 (3), pp.572-582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/biolre/ioaa077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adipokines expression profiles in both plasma and peri renal adipose tissue in Large White and Meishan sows: A possible involvement in the fattening and the onset of puberty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrycja Kurowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Mlyczyńska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Ramé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 299, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ygcen.2020.113584⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03151819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microbiota Changes Due to Grape Seed Extract Diet Improved Intestinal Homeostasis and Decreased Fatness in Parental Broiler Hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Grandhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Douard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Rodríguez-Mateos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yifan Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Cheok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (8), pp.1141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8081141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of steroid concentrations in saliva from immature to pubertal gilts for the identification of biomarkers of gilts receptivity to boar effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghylene Goudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Liere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pianos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neïké Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Cambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 228, pp.5-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2019.07.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of the body development kinetic of broiler breeders by non-invasive imaging tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Grandhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Plotton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 98 (9), pp.4140-4152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3382/ps/pez112⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ultrasonographic measures of body fatness and their relationship with plasma levels and adipose tissue expression of four adipokines in Welsh pony mares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Leonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Barrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Domestic Animal Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 69, pp.75 - 83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.domaniend.2019.02.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salivary and urinary metabolome analysis for pre-puberty-related biomarkers identification in porcine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghylene Goudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Douet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Savoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (4), pp.760-770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731118002161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaspin in the pig ovarian follicles: expression and regulation by different hormones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrycja Kurowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Mlyczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Gregoraszczuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 158 (2), pp.135 - 146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/REP-19-0034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of early life nutrition on regulating the hypothalamic-anterior pituitary-testicular axis of the bull</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. M. English</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. A. Kenny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. J. Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Sauerwein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Urh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 156 (4), pp.283-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/REP-17-0671⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'imagerie de précision au service de l'expérimentation terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Huau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berengere Pena-Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faverdin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, N° Spécial: Phénotypage animal: de la donnée brute à sa valorisation, N° Spécial: Phénotypage animal: de la donnée brute à sa valorisation, pp.170-175</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plane of nutrition before and after 6 months of age in Holstein-Friesian bulls: I. Effects on performance, body composition, age at puberty, and postpubertal semen production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. J. Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Fair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. M. English</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 101 (4), pp.3447-3459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2017-13719⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Review: Spermatogenesis in the bull</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12, pp.s27 - s35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s1751731118000435⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04686644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of different levels of feed restriction and fish oil fatty acid supplementation on fat deposition by using different techniques, plasma levels and mRNA expression of several adipokines in broiler breeder hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Namya Mellouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Ramé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Touze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (1), pp.1-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0191121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le système d'informations « Sicpa Expérimentations »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Laperruque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, N° Spécial: Phénotypage animal: de la donnée brute à sa valorisation, N° Spécial: Phénotypage animal: de la donnée brute à sa valorisation, pp.78-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le système d’informations « Sicpa Expérimentations »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Laperruque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, N° Spécial: Phénotypage animal, pp.78-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'identification électronique des animaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bompa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, N° Spécial: Phénotypage animal: de la donnée brute à sa valorisation, N° Spécial: Phénotypage animal: de la donnée brute à sa valorisation, pp.91-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Local immunization impacts the response of dairy cows to Escherichia coli mastitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Herry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tabouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Ferter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Forge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), 18 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-03724-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antigen specific mammary inflammation depends on the production of IL-17A and IFN-γ by bovine CD4+ T lymphocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Rainard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ledresseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Touze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (9), pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0137755⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A review of methods to measure animal body temperature in precision farming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Sellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guettier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Journal of Agricultural Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (2), pp.74-99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01512238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thyroid hormone limits postnatal Sertoli cell proliferation in vivo by activation of its alpha1 isoform receptor (TRalpha1) present in these cells and by regulation of Cdk4/JunD/c-myc mRNA levels in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Fumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Justine Guerquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Livera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Magistrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 87 (1), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.111.098418⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is photometry an accurate and reliable method to assess boar semen concentration?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Camugli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 75 (3), pp.577-583. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2010.09.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01382935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proteome analysis and genome-wide regulatory motif prediction identify novel potentially sex-hormone regulated proteins in rat efferent ducts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Trépos-Pouplard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lardenois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dorval-Coiffec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Andrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 33 (5), pp.661-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2605.2009.01006.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00517333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transferrin overexpression alters testicular function in aged mice.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lécureuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Fouchécourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 74 (2), pp.197-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrd.20523⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00686372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The effects of growth factor on testicular germ cell apoptosis in the stallion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casey Donnely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dickson D. Varner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terry L. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larry Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 275, pp.212-216</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Human testis in organotypic culture: application for basic or clinical research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Tortorec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Delaleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 21 (6), pp.1564-1575. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/humrep/del018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Human testis in organotypic culture: application for basic or clinical research.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Le Tortorec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Delaleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 21 (6), pp.1564-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/humrep/del018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00684966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expression of estrogen receptor ESR1 and its 46-kDa variant in the gubernaculum testis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Rauch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Trépos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dorval-Coiffec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 73 (4), pp.703-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.105.042796⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00293628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expression of insulin-like factor 3 protein in the rat testis during fetal and postnatal development and in relation to cryptorchidism induced byin utero exposure to di (n-Butyl) phthalate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Mckinnell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard M. Sharpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Mahood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Hallmark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayley Scott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 146 (10), pp.4536-4544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/en.2005-0676⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reproductive abnormalities in human insulin-like growth factor-binding protein-1 transgenic male mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Froment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hembert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pisselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Magistrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 145 (4), pp.2080-2091. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/en.2003-0956⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of the meiotic step in testes of pubertal rats : comparison between the in vivo situation and under in vitro conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.H. Perrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 65, pp.86-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02672656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germ cell apoptosis in the testes of normal stallions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noah L. Heninger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terry L. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larry Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dickson D. Varner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 62 (1-2), pp.283-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2003.10.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01383563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The hidden effect of estrogenic/antiandrogenic methoxychlor on spermatogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vince B. Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert E. Chapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martha W. Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larry Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 180 (2), pp.129-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/taap.2002.9369⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01383570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apoptosis as a mechanism of germ cell loss in mature stallions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Heninger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Varner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Love</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 58, pp.373-376</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The pesticide methoxychlor given orally during the perinatal/juvenile period, reduced the spermatogenic potential of males as adults by reducing their Sertoli cell number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larry Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert L. Silge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martha W. Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert E. Chapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 42 (6), pp.573-580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rnd:2002043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01383566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The pesticide methoxychlor given orally during the perinatal/juvenile period, reduced the spermatogenic potential of males as adults by reducing their Sertoli cell number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larry Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Silge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martha Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Chapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 42 (6), pp.573-580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rnd:2002043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00900429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Granulocyte-macrophage colony-stimulating factor reduces testicular germ apoptosis in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Donnelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Forrest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Varner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 58, pp.377-380</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gestational and lactational exposure of male mice to diethylstilbestrol causes long-term effects on the testis, sperm fertilizing ability in vitro, and testicular gene expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark R. Fielden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert G. Halgren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cora J. Fong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larry Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 143 (8), pp.3044-3059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/endo.143.8.8968⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01382940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Live human germ cells in the context of their spermatogenic stages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larry Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William B.Neaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryuzo Yanagimachi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 16 (8), pp.1575-1582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/humrep/16.8.1575⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02682960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A century of research on mammalian male germ cell meiotic differentiation in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Andrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 22 (6), pp.911-926</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spermatogenèse in vitro: une nouvelle voie de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Benchaib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Grain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Andrologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 10 (3), pp.284-291</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The whole meiotic process can occur in vitro in untransformed rat spermatogenic cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.H. Perrard-Sapori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 260, pp.85-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spermatogenèse in vitro : une nouvelle voie de recherche.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benchaib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Grain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guerin J.F.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Andrologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 10, pp.284-291</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meiotic differentiation of germ cells in three-week cultures of whole cell population from rat seminiferous tubules.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrard-Sapori M.H.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolle J.C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 59, pp.379-387</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meiotic differentiation of germinal cells in three-week cultures of whole cell population from rat seminiferous tubules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.H. Perrard-Sapori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 59, pp.379-387</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02689710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spermatogénèse murine in vitro : étude cytologique de l'étape méiotique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.H. Perrard-Sapori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contraception Fertilité Sexualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 25 (7-8), pp.556-564</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">spermatogenèse murine in vitro : éude cytologique de l'étape méiotique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrard-Sapori M.H.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contraception Fertilité Sexualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 25, pp.556-564</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminisme génétique de l'état des réserves corporelles par l'épaisseur de tissu adipeux dorsal chez la poule pondeuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Baumard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Journées de la Recherche Avicole et Palmipèdes à Foie Gras (JRAPFG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITAVI, Mar 2024, Tours, France. pp.206, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anscip.2024.06.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05135582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grazing on summer catch crops in the Loire Valley region: DEROVAL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Duchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Savoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04037792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment mesurer la composition corporelle des animaux avec des méthodes non invasives ?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pascal Froment</w:t>
+                <w:t xml:space="preserve">Imagerie médicale, pour une mesure précise et non invasive chez le poulet de chair parental Cobb500</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Grandhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Le Cozler</w:t>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Plotton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Défis Scientifiques du Département Physiologie Animale et Systèmes d'Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Rennes, France. pp.71</w:t>
+              <w:t xml:space="preserve">13.Journées de le recherche avicole et palmipèdes à foie gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, France The french branch of WPSA (WPSA). FRA., Mar 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737513v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La chémerinémie et l’échographie : des indicateurs de la stéatose hépatique chez le canard</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Touze</w:t>
+                <w:t xml:space="preserve">Comment mesurer la composition corporelle des animaux avec des méthodes non invasives ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guylaine Collewet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faverdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Froment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées de la Rrecherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Tours, France</w:t>
+              <w:t xml:space="preserve">Séminaire Défis Scientifiques du Département Physiologie Animale et Systèmes d'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Rennes, France. pp.71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737035v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie médicale, pour une mesure précise et non invasive chez le poulet de chair parental Cobb500</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La chémerinémie et l’échographie : des indicateurs de la stéatose hépatique chez le canard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Namya Mellouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Grandhaye</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Christelle Ramé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ingrid Plotton</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Touze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13.Journées de le recherche avicole et palmipèdes à foie gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, France The french branch of WPSA (WPSA). FRA., Mar 2019, Tours, France</w:t>
+              <w:t xml:space="preserve">13. Journées de la Rrecherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737334v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review: Spermatogenesis in the bull</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Johnson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Bull Fertility Conference - Theory to Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Westport, Ireland. pp.9, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S1751731118000435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasonography as a method to determine body composition in cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Touze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mouaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Egal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">67. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex determination and egg quality evalutation in the Eurasian perch, &amp;lt;em&amp;gt;Perca fluviatilis&amp;lt;/em&amp;gt;, using ultrasonography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Schaerlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Touze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chardard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Krauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Workshop on the Biology of Fish Gametes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Università Politecnica delle Marche. ITA., Sep 2015, Ancona, Italy. 290 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences des mammites cliniques sur la production laitière, la conductivité électrique du lait et la morphologie des trayons et de la glande mammaire de la vache Holstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Touze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouttier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Freret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). Paris, FRA. Institut National de la Recherche Agronomique (INRA)., Dec 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryopreservation of porcine blastocysts without animal-derived products - In vitro and in vivo studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Plat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cognie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20. International Pig Veterinary Society Congress (IPVS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Durban, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profil protéomique des canaux efférents : identification de protéines potentiellement régulées par les stéroïdes sexuels, androgènes et œstrogènes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Trépos-Pouplard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dorval-Coiffec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Xème congrès annuel de la Société de Médecine de la Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Paris, France. pp. 354-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1684/mte.2008.0180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00666959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic Analysis of Efferent Ducts: Identification of Potential Biomarkers and Targets of Endocrine Disruptors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Dorval-Coiffec</w:t>
+                <w:t xml:space="preserve">Principe de la vitrification : cinétiques comparatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Clairaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ersham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. van Kappel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Savić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on molecular research in environmental medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11. Journées nationales de la Fédération Française pour l'Etude de la Fertilité (FFER)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération Française d'Etude de la Reproduction (FFER). FRA., Oct 2006, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gyobfe.2006.07.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00684747v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01382936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Principe de la vitrification : cinétiques comparatives</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Savić</w:t>
+                <w:t xml:space="preserve">Proteomic Analysis of Efferent Ducts: Identification of Potential Biomarkers and Targets of Endocrine Disruptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Trépos-Pouplard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dorval-Coiffec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journées nationales de la Fédération Française pour l'Etude de la Fertilité (FFER)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2nd International Conference on molecular research in environmental medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01382936v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00684747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic profiling of adult rat efferent ducts: identification of potentially estrogen and androgen regulated proteins</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Testicular germ cell apoptosis and formation of the sertoli cell barrier during the initiation of spermatogenesis in pubertal stallions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.L. Heninger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Dorval-Coiffec</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.L. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Varner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Testis Workshop on Molecular and Cellular Endocrinology of the Testis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9. International Symposium on Equine Reproduction in Animal Reproduction Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Equine Reproduction (ISER). INT., Aug 2006, Kerkrade, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anireprosci.2006.03.104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00684793v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testicular germ cell apoptosis and formation of the sertoli cell barrier during the initiation of spermatogenesis in pubertal stallions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Proteomic profiling of adult rat efferent ducts: identification of potentially estrogen and androgen regulated proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Trépos-Pouplard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">D. Varner</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dorval-Coiffec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Symposium on Equine Reproduction in Animal Reproduction Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">14th European Testis Workshop on Molecular and Cellular Endocrinology of the Testis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Bad Aibling, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02757880v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00684793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apoptosis during the initiation of equine spermatogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.L. Heninger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.L. Donnely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.W. Forrest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.L. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Equine Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society of Equine Reproduction (ISER). INT., Jul 2002, Fort Collins, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0093-691X(02)00772-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of finding sperm by TESE: evaluation of biopsies by quantitative morphology and by expression of LDHC-4 and HspA2 chaperone protein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Huszar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Nijs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vanderzwalmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Golberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Annual Meeting of the ESHRE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society of Human Reproduction and Embryology (ESHRE). BEL., Jul 2001, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proliferation of cultured inner cell mass cells in the pig: variation with blastocyst age and differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Wianny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Thérèse Hochereau de Reviers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole Thématique : De L'unicellulaire Au Pluricellulaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société de Biologie Cellulaire de France (SBCF). FRA., Mar 1995, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saccharomyces cerevisiae as a platform for vaccination against bovine mastitis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kamila Reis Santos</w:t>
+                <w:t xml:space="preserve">Genetic background of body reserves in laying hens through backfat thickness phenotyping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Baumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...6489 lines deleted...]
-                <w:t xml:space="preserve">hal-02688058v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04172576v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral monitoring of cattle slurry and digestate spreading on wheat crop at the field scale (Nouzilly, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId327" w:history="1">
+                <w:t xml:space="preserve">Relevance of Sentinel-2 satellite images for monitoring manure and digestate spreadings on annual crops and grasslands over a farm (Nouzilly, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Vaudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Dodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Savoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Mapping for a Sustainable Future. 2nd joint Workshop of the IUSS Working Groups Digital Soil Mapping and Global Soil Map</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Orléans (FRA), France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04100872v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of Sentinel-2 satellite images for monitoring manure and digestate spreadings on annual crops and grasslands over a farm (Nouzilly, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId327" w:history="1">
+                <w:t xml:space="preserve">Spectral monitoring of cattle slurry and digestate spreading on wheat crop at the field scale (Nouzilly, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Dodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Levavasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Savoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Mapping for a Sustainable Future. 2nd joint Workshop of the IUSS Working Groups Digital Soil Mapping and Global Soil Map</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Orléans (FRA), France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04100855v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steroidome and metabolome analysis in saliva from immature to pubertal gilts to identify potential biomarkers of receptivity to boar effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghylène Goudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Liere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pianos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doryan Grivault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20. Organic World Congress 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03903400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consequences of an antioxidant embryonic environment on broiler breeders reproductive activity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Effets d'extraits de pépins de raisins sur les paramètres métaboliques chez les poules reproductrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Namya Mellouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Rame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Grandhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Incubation and Fertility Research Group</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Tours, France. 2019</w:t>
+              <w:t xml:space="preserve">13.Journées de le recherche avicole et palmipèdes à foie gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Tours, France. 2019, Journées de le recherche avicole et palmipèdes à foie gras</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737691v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d'extraits de pépins de raisins sur les paramètres métaboliques chez les poules reproductrices</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Consequences of an antioxidant embryonic environment on broiler breeders reproductive activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Grandhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Estienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13.Journées de le recherche avicole et palmipèdes à foie gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Tours, France. 2019, Journées de le recherche avicole et palmipèdes à foie gras</w:t>
+              <w:t xml:space="preserve">Incubation and Fertility Research Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Tours, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737661v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the development of parental broiler Cobb 500 by non-invasive imaging techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Froment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lecompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVth EUROPEAN POULTRY CONFERENCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, dubrovnik, Croatia. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of steroid concentrations in the saliva of pre-pubertal gilts for the identification of biomarkers of the pubertal stage of maturity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId339" w:history="1">
+                <w:t xml:space="preserve">Evaluation of salivary metabolome and steroidome for the identification of biomarkers of the pubertal stage of maturity in gilts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghylène Goudet-Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Douet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Savoie</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. Annual Conference of the European-Society-for-Domestic-Animal-Reproduction (ESDAR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Bern, Switzerland. Reproduction in Domestic Animals, 52 (Suppl. 3), 2017, Reproduction in Domestic Animals</w:t>
+              <w:t xml:space="preserve">2. Journées du GdR 3606 Repro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Tours, France. 75 p., 2017, 2èmes Journées Scientifiques du GdR Repro</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01595679v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de l’imagerie médicale (tomodensitométrie) pour connaitre la composition corporelle dans les espèces avicoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Dewez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lecompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Ramé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Tours, France. ITAVI - Institut Technique de l'Aviculture, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras, 12, 1222 p., 2017, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d’une restriction alimentaire et d’une supplémentation en acide gras sur les paramètres métaboliques et sur les concentrations plasmatiques des adipocytokines chez la poule reproductrice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Harold Rigoreau</w:t>
+                <w:t xml:space="preserve">Evaluation of steroid concentrations in the saliva of pre-pubertal gilts for the identification of biomarkers of the pubertal stage of maturity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghylène Goudet-Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Liere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Douet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Savoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Tours, France. ITAVI - Institut Technique de l'Aviculture, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras, 12, 1222 p., 2017, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
+              <w:t xml:space="preserve">21. Annual Conference of the European-Society-for-Domestic-Animal-Reproduction (ESDAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Bern, Switzerland. Reproduction in Domestic Animals, 52 (Suppl. 3), 2017, Reproduction in Domestic Animals</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607446v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure des concentrations de stéroïdes dans la salive de cochettes immatures, pré-pubères et pubères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghylène Goudet-Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Liere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Savoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">49. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Paris, France. </w:t>
@@ -10880,1427 +11030,1277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of salivary metabolome and steroidome for the identification of biomarkers of the pubertal stage of maturity in gilts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
+                <w:t xml:space="preserve">Effet d’une restriction alimentaire et d’une supplémentation en acide gras sur les paramètres métaboliques et sur les concentrations plasmatiques des adipocytokines chez la poule reproductrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Namya Mellouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Ramé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Lière</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Savoie</w:t>
+                <w:t xml:space="preserve">Frédéric Mercerand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Rigoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées du GdR 3606 Repro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Tours, France. 75 p., 2017, 2èmes Journées Scientifiques du GdR Repro</w:t>
+              <w:t xml:space="preserve">12. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Tours, France. ITAVI - Institut Technique de l'Aviculture, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras, 12, 1222 p., 2017, Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606306v1</w:t>
+                <w:t xml:space="preserve">hal-01607446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité phénotypique d'un troupeau de truies de race pure Large White hyperprolifiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Utilisation de l’échographie bidimensionnelle pour estimer la variabilité des paramètres de mesure de la composition corporelle dans l’espèce bovine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Adélaïde Touchard</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Touze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mouaze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Egal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02744350v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for salivary biomarkers for optimal application of male effect in prepubertal gilts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+                <w:t xml:space="preserve">Recherche de biomarqueurs urinaires du moment optimal d’exposition à l’effet mâle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghylène Goudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Douet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassima Haifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Congress on Animal Reproduction (ICAR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Tours, France. 676 p., 2016, 18th International Congress on Animal Reproduction (ICAR)</w:t>
+              <w:t xml:space="preserve">48. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Paris, France. IFIP - Institut du Porc, Journées de la Recherche Porcine en France, 2016, 48èmes Journées de la Recherche Porcine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739173v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternatives à l’utilisation des hormones dans le cadre d’un élevage porcin durable : recherche de biomarqueurs salivaires et urinaires de la phase de sensibilité à l’effet mâle chez les cochettes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">CTscan, an innovative tool to predict body composition in reproductive hen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Froment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Rame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
+              <w:t xml:space="preserve">18th International Congress on Animal Reproduction (ICAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Tours, France. 676 p., 2016, 18th International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741222v1</w:t>
+                <w:t xml:space="preserve">hal-02743658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de biomarqueurs urinaires du moment optimal d’exposition à l’effet mâle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+                <w:t xml:space="preserve">Alternatives à l’utilisation des hormones dans le cadre d’un élevage porcin durable : recherche de biomarqueurs salivaires et urinaires de la phase de sensibilité à l’effet mâle chez les cochettes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghylène Goudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Douet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Savoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48. Journées de la Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Paris, France. IFIP - Institut du Porc, Journées de la Recherche Porcine en France, 2016, 48èmes Journées de la Recherche Porcine</w:t>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743464v1</w:t>
+                <w:t xml:space="preserve">hal-02741222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CTscan, an innovative tool to predict body composition in reproductive hen</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Search for salivary biomarkers for optimal application of male effect in prepubertal gilts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghylène Goudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Douet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Tours, France. 676 p., 2016, 18th International Congress on Animal Reproduction (ICAR)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743658v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CTscan, an innovative tool to predict body composition in reproductive hens</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Variabilité phénotypique d'un troupeau de truies de race pure Large White hyperprolifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Staub</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouttier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine N. Sellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélaïde Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 Meeting WPSA "Incubation and Fertility Research Group"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Brugge, Belgium. 2016, 2016 Meeting WPSA "Incubation and Fertility Research Group"</w:t>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602974v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de l’échographie bidimensionnelle pour estimer la variabilité des paramètres de mesure de la composition corporelle dans l’espèce bovine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">CTscan, an innovative tool to predict body composition in reproductive hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Dewez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Ramé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
+              <w:t xml:space="preserve">2016 Meeting WPSA "Incubation and Fertility Research Group"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Brugge, Belgium. 2016, 2016 Meeting WPSA "Incubation and Fertility Research Group"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743683v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de biomarqueurs salivaires du stade de maturité sexuelle de cochettes pré‐pubères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghylène Goudet-Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Douet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nebahat Kütük Süer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Paris, France. IFIP - Institut du Porc, Journées de la Recherche Porcine en France, 47, 2015, Journées de la Recherche Porcine en France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place d'une méthodologie en imagerie pour prédire des caractères de production chez les palmipèdes à foie gras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Cobo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Molette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Touze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique M.-D. Bernadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Tours, France. , 2015, 11èmes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744193v1</w:t>
-              </w:r>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">hal-04172576v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -12312,246 +12312,246 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echographier le tissu adipeux sous-cutané, saut technologique et expertise.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">L’imagerie médicale : de nouvelles technologies pour évaluer l’état corporel des volailles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Froment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02790339v1</w:t>
+                <w:t xml:space="preserve">hal-02790338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’imagerie médicale : de nouvelles technologies pour évaluer l’état corporel des volailles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Echographier le tissu adipeux sous-cutané, saut technologique et expertise.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Froment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Ramé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02790338v1</w:t>
+                <w:t xml:space="preserve">hal-02790339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -12860,51 +12860,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521799v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Ing" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Curley" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Welsh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry Johnson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacey Luense" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95488-4.00208-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04559032v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chanzy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gandon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929458v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Baret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1620/9782759231300/agroecologie-des-recherches-pour-la-transition-des-filieres-et-des-territoires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512036v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Johnson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.H. Ing" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.O. Curley" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Graham" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H. Welsh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/module/topic/9780128012383/Concept-000466?_si=1&amp;amp;_ct=25" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-801238-3.02134-6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135582v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Baumard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Staub" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.040" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037792v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duchene" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. David" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Savoie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Venturi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737513v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Collewet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Froment" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737035v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namya Mellouk" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ram&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Barbe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venturi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Touze" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737334v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Grandhaye" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecompte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Plotton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736997v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731118000435" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743616v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mouaze" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Egal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Giraud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739567v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Schaerlinger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chardard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krauss" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750053v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouttier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freret" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gilbert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757870v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Plat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Berthelot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cognie" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666959v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Tr&#233;pos-Pouplard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Lavigne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guitton" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dorval-Coiffec" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mte.2008.0180" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684747v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Page" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382936v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Camus" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Clairaz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ersham" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. van Kappel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Savi&#263;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gyobfe.2006.07.017" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PN1HDZWG-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684793v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757880v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.L. Heninger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L. Blanchard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Varner" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2006.03.104" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2B40Q5D-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763028v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Donnely" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.W. Forrest" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0093-691X(02)00772-0" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D7N7CZRJ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763061v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Huszar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Nijs" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vanderzwalmen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Golberg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407272v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Wianny" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Hochereau de Reviers" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04741220v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lya Danzelle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cunha" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gomes Noleto" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Reis Santos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2024.126385" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04533050v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.412" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04883839v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Colas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Saget" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic M&#233;tivier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Briant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0314015" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812187v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fr&#233;ville" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Estienne" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chahnamian" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.974688" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973613v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioaa077" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904659v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rame" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231131" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151819v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrycja Kurowska" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Mlyczy&#324;ska" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2020.113584" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929228v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Douard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rodr&#237;guez-Mateos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Xu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Cheok" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8081141" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03903583v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cirot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Douet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Montigny" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Savoie" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626538v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Leonard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barri&#232;re" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2019.02.002" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626101v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pez112" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624145v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghylene Goudet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Liere" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pianos" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne&#239;k&#233; Fernandez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Cambourg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2019.07.018" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627851v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nadal-Desbarats" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731118002161" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619998v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Mlyczynska" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Gregoraszczuk" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-19-0034" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692636v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laperruque" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623524v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Byrne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fair" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. English" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-13719" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04686644v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1751731118000435" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628864v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Marchand" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0191121" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617659v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627778v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Ricard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bompa" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621716v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Kenny" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sauerwein" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Urh" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-17-0671" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622893v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berengere Pena-Arnaud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608363v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herry" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tabouret" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Ferter" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Forge" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03724-7" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595331v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rainard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ledresseur" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0137755" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512238v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Sellier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guettier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129659v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Fumel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Justine Guerquin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Livera" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Magistrini" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.111.098418" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382935v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Camugli" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schmitt" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2010.09.025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00517333v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lardenois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2605.2009.01006.x" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657771v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Donnely" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dickson D. Varner" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry L. Blanchard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686372v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte L&#233;cureuil" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fouch&#233;court" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Maurel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fontaine" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.20523" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q7KRS3Z3-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684966v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Roulet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Denis" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Le Tortorec" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Delaleu" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/del018" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656736v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roulet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Denis" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Tortorec" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293628v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rauch" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ferri&#232;re" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Tr&#233;pos" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.105.042796" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595467v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Mckinnell" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard M. Sharpe" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Mahood" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Hallmark" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley Scott" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2005-0676" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676422v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hembert" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pisselet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2003-0956" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672656v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Perrard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hue" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Kerboeuf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383563v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah L. Heninger" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2003.10.022" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4LF257KS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900429v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Silge" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Harris" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Chapin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2002043" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383566v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert L. Silge" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha W. Harris" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert E. Chapin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673918v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Heninger" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blanchard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Love" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383570v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vince B. Hardy" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/taap.2002.9369" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-38X36BSK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677757v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Donnelly" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Forrest" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382940v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Fielden" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Halgren" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cora J. Fong" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/endo.143.8.8968" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381921v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682960v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William B.Neaves" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuzo Yanagimachi" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/16.8.1575" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698178v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Nicolle" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Perrard-Sapori" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Durand" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698438v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Benchaib" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Godet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grain" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148408v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benchaib" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerin J.F." TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689710v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weiss" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148439v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hue" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrard-Sapori M.H." TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolle J.C." TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148436v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vigier" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688058v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04100872v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Dodin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Levavasseur" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04100855v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vaudour" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03903400v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doryan Grivault" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737691v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737661v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787862v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595679v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet-Guitton" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603816v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dewez" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607446v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mercerand" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Rigoreau" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608058v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/386933.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606306v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Li&#232;re" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744350v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N. Sellier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Touchard" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739173v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741222v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743464v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Haifi" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743658v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602974v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743683v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210937v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nebahat K&#252;t&#252;k S&#252;er" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744193v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cobo" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Molette" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04172576v3" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790339v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790338v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193706v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaudeau" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521799v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Ing" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Curley" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Welsh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry Johnson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacey Luense" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95488-4.00208-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04559032v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chanzy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gandon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929458v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Baret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1620/9782759231300/agroecologie-des-recherches-pour-la-transition-des-filieres-et-des-territoires" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512036v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Johnson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.H. Ing" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.O. Curley" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Graham" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H. Welsh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/module/topic/9780128012383/Concept-000466?_si=1&amp;amp;_ct=25" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-801238-3.02134-6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04741220v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lya Danzelle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cunha" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gomes Noleto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gilbert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Reis Santos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2024.126385" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04533050v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Baumard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Staub" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.412" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04883839v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Colas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venturi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Saget" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic M&#233;tivier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Briant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0314015" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812187v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fr&#233;ville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Estienne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ram&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chahnamian" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.974688" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03903583v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cirot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Douet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Montigny" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Savoie" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904659v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Barbe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namya Mellouk" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rame" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Grandhaye" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231131" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973613v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioaa077" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151819v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrycja Kurowska" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Mlyczy&#324;ska" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2020.113584" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929228v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Douard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rodr&#237;guez-Mateos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Xu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Cheok" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8081141" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624145v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghylene Goudet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Liere" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pianos" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne&#239;k&#233; Fernandez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Cambourg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2019.07.018" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626101v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecompte" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Plotton" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pez112" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626538v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Leonard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barri&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2019.02.002" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627851v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nadal-Desbarats" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731118002161" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619998v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Mlyczynska" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Gregoraszczuk" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-19-0034" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621716v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. English" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Kenny" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Byrne" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sauerwein" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Urh" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-17-0671" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622893v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berengere Pena-Arnaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623524v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fair" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-13719" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04686644v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1751731118000435" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628864v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Marchand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Touze" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0191121" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04692636v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laperruque" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617659v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627778v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Ricard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bompa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608363v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tabouret" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Ferter" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Forge" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03724-7" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595331v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rainard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ledresseur" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0137755" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512238v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Sellier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guettier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129659v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Fumel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Justine Guerquin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Livera" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Magistrini" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.111.098418" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382935v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Camus" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Camugli" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schmitt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2010.09.025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00517333v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Tr&#233;pos-Pouplard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lardenois" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guitton" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dorval-Coiffec" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2605.2009.01006.x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686372v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte L&#233;cureuil" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fouch&#233;court" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Maurel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fontaine" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.20523" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q7KRS3Z3-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657771v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Donnely" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dickson D. Varner" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry L. Blanchard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656736v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roulet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Denis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Tortorec" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Delaleu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/del018" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684966v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Roulet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Denis" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Le Tortorec" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293628v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rauch" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ferri&#232;re" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Tr&#233;pos" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.105.042796" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595467v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Mckinnell" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard M. Sharpe" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Mahood" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Hallmark" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley Scott" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2005-0676" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676422v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Froment" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hembert" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pisselet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2003-0956" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672656v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Perrard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hue" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Kerboeuf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383563v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah L. Heninger" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2003.10.022" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4LF257KS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383570v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vince B. Hardy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert E. Chapin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha W. Harris" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/taap.2002.9369" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-38X36BSK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673918v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Heninger" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blanchard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Varner" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Love" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383566v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert L. Silge" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2002043" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900429v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Silge" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Harris" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Chapin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677757v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Donnelly" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Forrest" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382940v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Fielden" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Halgren" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cora J. Fong" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/endo.143.8.8968" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682960v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William B.Neaves" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuzo Yanagimachi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/16.8.1575" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381921v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698438v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Durand" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Benchaib" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Godet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grain" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698178v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Nicolle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Perrard-Sapori" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148408v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benchaib" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerin J.F." TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148439v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hue" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrard-Sapori M.H." TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weiss" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolle J.C." TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689710v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688058v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vigier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148436v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135582v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.040" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037792v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duchene" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. David" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Savoie" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Venturi" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737334v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737513v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bugeon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Collewet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737035v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736997v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731118000435" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743616v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mouaze" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Egal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Giraud" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739567v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Schaerlinger" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chardard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krauss" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750053v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouttier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freret" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757870v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Plat" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Berthelot" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cognie" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666959v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Lavigne" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mte.2008.0180" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382936v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Clairaz" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ersham" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. van Kappel" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Savi&#263;" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gyobfe.2006.07.017" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PN1HDZWG-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684747v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Page" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757880v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.L. Heninger" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.L. Blanchard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2006.03.104" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2B40Q5D-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684793v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763028v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Donnely" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.W. Forrest" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0093-691X(02)00772-0" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D7N7CZRJ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763061v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Huszar" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Nijs" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vanderzwalmen" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Golberg" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407272v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Wianny" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Hochereau de Reviers" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04172576v3" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04100855v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vaudour" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Dodin" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04100872v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Levavasseur" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03903400v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doryan Grivault" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737661v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737691v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787862v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606306v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet-Guitton" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Li&#232;re" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603816v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dewez" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595679v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608058v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/386933.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607446v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mercerand" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Rigoreau" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743683v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743464v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Haifi" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743658v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741222v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739173v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744350v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine N. Sellier" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Touchard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602974v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210937v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nebahat K&#252;t&#252;k S&#252;er" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744193v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cobo" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Molette" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790338v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790339v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193706v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gourdine" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Riquet" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaudeau" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bidanel" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>