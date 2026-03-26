--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -126,6931 +126,6931 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (26)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pilleurs de sites ou récupérateurs organisés ? Les chaufourniers de l’Antiquité tardive dans le Midi de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réemploi et recyclage des matériaux d’architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Archives contemporaines, A paraître, Sciences archéologiques</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trois exemples de chaînes opératoires de l'Antiquité tardive. L'activité potière, de forge et de préparation culinaires de Las Cravieros à Fanjeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Favennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Faisandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chardonneau- Henneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Viquesnel-Schlosser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloe Bacle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cheval C., Langlois O., Lauwers M., Palumbi G., Procopiou H. (dir.); Éditions APDCA. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acteurs techniques, Acteurs sociaux. Des vestiges matériels à l'organisation sociale du travail, de la Préhistoire à nos jours / Technical Actors, Social Actors : from the Material Remains to the Social Organisation of Labour, from Prehistory to Present, (actes 43es rencontres internationales d'archéologie et d'histoire, Nice, Côte d'Azur, Oct. 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.99-111, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’introduction de nouvelles espèces et produits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Mureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Escale en Méditerranée romaine. Les ports antiques de Narbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Actes Sud; Narbo Via, pp.139-141, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La transformation du paysage végétal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Escale en Méditerranée romaine. Les ports antiques de Narbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Actes Sud; Narbo Via, p. 43-47, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un édifice inédit du Vérazien : Couteille-Terralbe à Limoux (Aude)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferran Antolín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Olivia Doumerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Flaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Galin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean Guilaine; Muriel Gandelin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Véraza et le Vérazien. Les fouilles aux grottes de La Valette (1963-1964) et le Vérazien aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archives d’Écologie Préhistorique, pp.357-374, 2023, 978-2-35842-032-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Vistre de la Fontaine, une rivière comme reflet du paysage et de la gestion du risque fluvial en périphérie de Nîmes entre l’âge du Fer et l’Antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Scrinzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Flaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Djerbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Miscellany on the Rural World in the Roman Period</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 33-86., 2023, Studies on the Rural World in the Roman Period</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution des espaces forestiers néolithiques et impact du pâturage en forêt : l'apport de l'anthracologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Chabal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Manen (Dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Taï (Remoulins, Gard). Premières sociétés agropastorales du Languedoc méditerranéen (6e-3e millénaire avant notre ère)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1 (Part. IV, chap. 10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archives d'Ecologie Préhistorique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.201-254, 2022, 978-2-35842-030-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34847/nkl.fbffzdc9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03739513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent excavation of an amphorae kiln in the artisanal workshop complex at Loron (Tar-Vabriga, Croatia): results of the archaeological and anthracological study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Benčić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davor Munda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Roman Ceramic and Glass Manufactures. Production and trade in the Adriatic region and beyond. Proceedings of the IVth International Archaeological Colloquium (Crikvenica, 8th-9th November 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archaeopress, pp.65-76, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le site de l’impasse Turcan Artisanat et entrepôt aux abords du port de la ville antique de Forum Iulii (Fréjus, Var)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les ports dans l'espace méditerranéen antique : Fréjus et les ports maritimes. Actes du 12e Colloque historique de Fréjus, 16-17 novembre 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Provence, p. 159-172, 2021, Bibliothèque d’archéologie méditerranéenne et africaine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie des grands domaines d'Istrie : une approche multidisciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Piquès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Čaušević-Bully; I. Radman-Livaja. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 ans d’archéologie franco-croate / 50 godina hrvatsko-francuske suradnje u arheologiji</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée archéologique de Zagreb; Institut français, pp.49-51, 2021, 978 -953-8143-47-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelle étude d’un four à amphore dans le complexe artisanal de Loron (Tar Vabriga Torre Abrega, Croatie). Premiers résultats de l’étude archéologique et anthracologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Brossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Benčić</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Van Limbergen; D. Taelman. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Exploitation of Raw Materials in the Roman World: A Closer Look at Producer-Resource Dynamics: Panel 4.4. Proceedings of the 19th International Congress of Classical Archaeology : Archaeology and Economy in the Ancient World (Cologne/Bonn 2018, Band 27)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Propylaeum, pp.31-45, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11588/propylaeum.706.c10591⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03449026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Circulation, transport et commerce de la chaux en Provence au travers des sources écrites (XIIIe-XVIIIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le marché des matières premières dans l'Antiquité et au Moyen Age. Actes des tables-rondes de Rome, Madrid et Venise (2013-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 167-185, 2021, Collection de l’Ecole française de Rome</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La céramique d'un atelier de potier des IXe-XIIe siècles à Saleilles (Pyrénées-Orientales, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cloarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Mantenant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th Congress AIECM3 on Medieval and modern period Mediterranean ceramics proceedings (Athens, October 22-27 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, National and Kapodistrian University of Athens; National Hellenic Research Foundation, pp.103-110, 2021, Research Series 10, 978-960-7905-87-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02459074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’exploitation de la vigne en Roussillon antique et médiéval : bilan archéobotanique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Ros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marianne Brisville; Audrey Renaud; Núria Rovira. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’alimentation en Méditerranée occidentale aux époques antique et médiévale : archéologie, bioarchéologie et histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèque d'archéologie méditerranéenne et africaine, Presses Universitaires de Provence, pp.135-149, 2021, 9791032003381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pup.66342⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les arbres de la villa en Gaule Narbonnaise pendant le Haut Empire : jardin, verger, vignoble et forêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Cenzon-Salvayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Villae. Villas romaines de Gaule du Sud. Catalogue de l’exposition « Villae romaines, Abbaye de La Celle, mai-octobre 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Errance, p. 181-185, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du champ à l’assiette : céréales et pain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Villae. Villas romaines de Gaule du Sud. Catalogue de l’exposition « Villae romaines, Abbaye de La Celle, mai-octobre 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Errance, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouveau protocole de prélèvement et de préparation des macro‐charbons pour une généralisation des études anthraco‐chronologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Brossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Figueiral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Chabal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carine Carpentier; Rose-Marie Arbogast; Philippe Kuchler. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioarchéologie : minimums méthodologiques, référentiels communs et nouvelles approches : Actes du 4e séminaire scientifique et technique de l’Inrap, 28-29 nov. 2019, Sélestat.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inrap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 14 p., 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34692/dwr6-hg62⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03085993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthracology in the tropics. How wood charcoals help us to better understand today ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie C. Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Morin-Rivat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bremond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Scheel-Ybert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guillaume Odonne; Jean-François Molino. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Methods in Historical Ecology. Insights from Amazonia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, 2020, 9780429060175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780429060175-13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02980045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enquêtes de terrain auprès des populations locales : les enseignements de la pratique au travers du regard de médiévistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Daide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Arioua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed El Abbadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernollin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mutation socio-spatiales dans les montagnes rifaines (Maroc) et leurs impacts sur le patrimoine forestier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Info-Print, p. 55-65, 2019, 978-9920-9353-0-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le charbonnage en fosse. Approche ethnoarchéologique d’une pratique méconnue dans le Rif marocain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Daide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed El Abbadi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sandrine Paradis-Grenouillet; Sylvain Burri; Romain Rouaud. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Charbonnages, charbonniers et charbonnières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.13-22, 2018, 9791032000533</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01477251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’atelier de potiers d’Espeyran (Saint-Gilles-du-Gard) : un centre de production d’amphores augustéen dans le delta du Rhône ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quoi de neuf sur les ateliers d’amphores de Gaule narbonnaise et des provinces voisines ? Actes de la Table-ronde d’Aspiran, 24-25 mars 2016. Revue archéologique de Narbonnaise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 50-51, p. 113-141, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse anthracologique des bois d’œuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Moutte d’Allemagne-en-Provence. Un castrum précoce du Moyen Âge provençal (Mouton D. dir.), coll. Bibliothèque d’Archéologie Méditerranéenne et Africaine 19, Aix-en-Provence-Paris, CCJ-Errance, p. 113-115.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01972302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse anthracologique des bois d’œuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MOUTON, Daniel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Moutte d'Allemagne-en-Provence : un castrum précoce du Moyen Âge provençal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Camille-Jullian/Errance, pp.113-115, 2015, Bibliothèque d'archéologie méditerranéenne et africaine, 19, 978-2-87772-581-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01387219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoires naturelles (IVe-XIe siècles) : des milieux et des hommes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Venot-Tisserand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CALLEBAUT, Dirk; CUYCK, Horst van. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Héritage de Charlemagne 814-2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gouvernement provincial de Flandre orientale, pp.265-266, 2015, 978-90-74311-91-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01387200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natuurwetenschappen (4de-11de eeuw) : de mens en zijn omgeving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Venot-Tisserand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CALLEBAUT, Dirk; CUYCK, Horst van. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De Erfenis van Karel de Grote, 814-2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Provinciebestuur Oost-Vlaanderen, pp.245-247, 2014, 978-90-74311-82-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01387163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le charbonnage des Ericacées méditerranéennes : approches croisées archéologiques, anthracologiques et historiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Delhon Claire, Théry-Parisot Isabelle et Thiébault Stéphanie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des hommes et des plantes. Exploitation du milieu et gestion des ressources végétales de la préhistoire à nos jours. XXXe rencontres internationales d’archéologie et d’histoire d’Antibes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 30, Editions ADPCA, pp.323-331, 2010, 978-2-904110-49-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01562336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How long were alignments of heating stones hearths used during the Early Iron Age in Western Europe? Evidence of a long chronology by archaeomagnetic dating at Saint-Maximin-la-Sainte-Baume (Southern France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Medieval landscapes of Corsica: Farming and cultural practices and environments as evidenced by an anthracological study of three archaeological castellated sites (Rostino, Contudine and L’Ortolo)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Toriti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Hervé</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Fohrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Frederic Terral</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 66, pp.105241. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2025.105241⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 66, pp.105125-105125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2025.105125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05108794v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05083649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Medieval landscapes of Corsica: Farming and cultural practices and environments as evidenced by an anthracological study of three archaeological castellated sites (Rostino, Contudine and L’Ortolo)</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">How long were alignments of heating stones hearths used during the Early Iron Age in Western Europe? Evidence of a long chronology by archaeomagnetic dating at Saint-Maximin-la-Sainte-Baume (Southern France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marmara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Martin-Kobierzyki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 66, pp.105125-105125. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2025.105125⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 66, pp.105241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2025.105241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05083649v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05108794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest exploitation in the plains of early medieval northern Catalonia: Anthracological review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Larrieu</w:t>
+                <w:t xml:space="preserve">Gestion du combustible et dynamique des boisements à l'époque romaine. L'exemple des ateliers potiers d’Embournière (Neffiès, Hérault) et de Las Cravieros (Fanjeaux, Aude)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chardonneau-Henneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Favennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Brossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Bois et architecture dans la Protohistoire et l'Antiquité, 125 (2), pp.141-175</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04312626v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exploitation forestière autour de Die durant l'Antiquité d'après l'étude des charbons de bois : dynamiques de l'économie et des paysages végétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Cenzon-Salvayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Canillos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Rivalan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Bois et architecture dans la Protohistoire et l’Antiquité 2, 125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04968946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion du combustible et dynamique des boisements à l'époque romaine. L'exemple des ateliers potiers d’Embournière (Neffiès, Hérault) et de Las Cravieros (Fanjeaux, Aude)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Forest exploitation in the plains of early medieval northern Catalonia: Anthracological review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Kotarba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Puig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Ros</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 320, pp.104993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.revpalbo.2023.104993⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643267v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04312626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enregistrement sédimentaire de deux épisodes de forte torrentialité dans le Diois (Drôme) durant l’Antiquité tardive et l’époque moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Flaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Canillos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 98 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05032673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion des boisements, économie du bois et combustible d’une ville antique : anthracologie de trois sites de Fréjus-Forum Iulii (Var, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Toriti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Excoffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Gaucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 47, pp.199-223. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/archeosciences.12208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04574465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Holocene history of grapevine (Vitis vinifera) and viticulture in France retraced from a large-scale archaeobotanical dataset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Chabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Baly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janet Battentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 625, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.palaeo.2023.111655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre héritage et transmission : le cas de la ZAC du Technopôle II à Metz. Évolution d’un terroir sur le temps long</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Brkojewitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Nord</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 104, p. 131-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05032420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'église médiévale de Chenou (Seine-et-Marne) : d’une occupation des X&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-XI&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècles à une fonderie de cloches du XVI&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Prié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Decaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13, pp.293-332</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04111835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ensembles funéraires domaniaux des Laugiers-Sud de Solliès-Pont (83)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Teyssonneyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Charbouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laudine Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Silvino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Maza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Centre archéologique du Var</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 20, p. 53-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05032942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le camp F de Lautagne à Valence (Drôme) : l’organisation interne et la vie quotidienne d’un camp militaire romain au milieu du Ier s. av. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Kielb Zaaraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Buffat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Reddé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahya Zaaraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Ronco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 79 (2), pp.85-114. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/gallia.6716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03927417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prads-Haute-Bléone. Four à chaux de Chanolles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Isoardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bromblet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 2020, pp.40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03477157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« First insights into the wood management for the production of lime given by the anthracological study of a 19th century lime kiln from Martinique, Lesser Antilles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un dépotoir domestique du Moyen Âge central (XIe-XIIe s.) dans l’établissement de Saint-Martin le Bas à Gruissan (Aude). Éclairage pluridisciplinaire des pratiques de consommation et d’exploitation des ressources sur le littoral narbonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duperron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Mureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Bodin</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabrice Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Scrinzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37 (4), p. 87-93</w:t>
+              <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27/38 (2019/2020), pp.69-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05032419v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un dépotoir domestique du Moyen Âge central (XIe-XIIe s.) dans l’établissement de Saint-Martin le Bas à Gruissan (Aude). Éclairage pluridisciplinaire des pratiques de consommation et d’exploitation des ressources sur le littoral narbonnais</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">« First insights into the wood management for the production of lime given by the anthracological study of a 19th century lime kiln from Martinique, Lesser Antilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 27/38 (2019/2020), pp.69-103</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (4), p. 87-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03373263v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05032419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First insights into the wood management for the production of lime given by the anthracological study of a 19th century lime kiln from Martinique, Lesser Antilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie C. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 37, pp.en ligne. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.102926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03208717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le four à chaux FR1430 de Saint-Martin-le-Bas (Gruissan, Aude) : éclairage interdisciplinaire sur la chaufournerie en pays narbonnais aux XIe-XIIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duperron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Doniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bromblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 49, p. 53-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05032418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La chaufournerie en Martinique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guergana Guionova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Latournerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique de la région Martinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, bilan 2017, pp.49-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02874546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loron / Santa Marina (Tar-Vabriga, Poreč, Croatie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davor Munda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Benčić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristina Gergeta Sotončić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chronique des activités archéologiques de l'École française de Rome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/cefr.2043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02049735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toute une gamme de chaux dans les économies anciennes. Méthodes de prélèvement et identification des types de chaux dans les fours (DRX, MEB-EDS, pétrographie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bromblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Büttner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 40, pp.119-135. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/archeosciences.4801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01461683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’occupation antique d’un petit quartier urbain de Forum Iulii : le site de l’impasse Turcan (Fréjus, Var)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Botte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Grimaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leguilloux Martine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Oboussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Centre archéologique du Var</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 2015/2016, pp.135-193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05032923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poussan, Carrière GSM, tranche 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Montecinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 2015, pp.162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01478081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gamme de chaux dans les économies anciennes. Méthodes de prélèvement et d’identification des types de chaux dans les fours (DRX, MEB-EDS, pétrographie) (Antiquité, Moyen Âge, époque moderne), ArchéoSciences, revue d’archéométrie 40, 2016, p. 119-135.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Büttner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bromblet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 40, pp.119-135. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/archeosciences.4801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01972276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La datation des structures de cuisson: intégration de l’archéomagnétisme et du radiocarbone, apports de l’anthracologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Thiriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 44, pp.155-170. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/archeomed.8196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01130234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fours à chaux du Midi méditerranéen de la France, objets de nouvelles méthodes en archéologie médiévale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Debates de arqueologia medieval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 2, pp.129-154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00779273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Vallon du Fou (Martigues, Bouches-du-Rhône) : dynamiques sédimentaires et mutations des paysages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Canut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Vella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sud-Ouest Européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 32, pp.81-93. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/soe.706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00779278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la bastide de Beauvezet à la Verrerie entre la fin du Moyen Âge et le XVIIe siècle : artisanat du verre dans la forêt domaniale de Cadarache (Bouches-du-Rhône)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">De La Bastide de Beauvezet à la Verrerie entre la fin du Moyen Âge et le XVIIe siècle : artisanat du verre dans la forêt de Cadarache (Bouches-du-Rhône)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Bonnamour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Tissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 29, pp.227-240. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+              <w:t xml:space="preserve">, 2011, 29 (1), pp.227-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/amime.2011.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05032417v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De La Bastide de Beauvezet à la Verrerie entre la fin du Moyen Âge et le XVIIe siècle : artisanat du verre dans la forêt de Cadarache (Bouches-du-Rhône)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">De la bastide de Beauvezet à la Verrerie entre la fin du Moyen Âge et le XVIIe siècle : artisanat du verre dans la forêt domaniale de Cadarache (Bouches-du-Rhône)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Bonnamour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Tissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 29 (1), pp.227-240. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+              <w:t xml:space="preserve">, 2011, 29, pp.227-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/amime.2011.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02131873v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05032417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signes, Croquefigues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, bilan 2010, pp.202-203</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01108147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles données sur l’occupation romaine du comptoir protohistorique d’Espeyran (Saint-Gilles-du-Gard): découverte d’une inscription de la gens Calvia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Compan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réjane Roure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Scrinzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 44, pp.145-161. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/ran.2011.1825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01376807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peynier (Bouches-du-Rhône) : Vallon de l'Homme Mort. [Notice. Chroniques des fouilles médiévales 2008]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Peynier (Bouches-du-Rhône) : Bel Homme [Notice]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 39, pp.299-302</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 39, pp.333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeomed.20839⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00562684v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peynier (Bouches-du-Rhône) : Bel Homme [Notice]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Peynier (Bouches-du-Rhône) : Vallon de l'Homme Mort. [Notice. Chroniques des fouilles médiévales 2008]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 39, pp.333. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009, 39, pp.299-302</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526567v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00562684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trets, Quartier des Brunets</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Trets, Bois de Valvène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, bilan 2008, pp.159-160</w:t>
+              <w:t xml:space="preserve">, 2009, bilan 2008, pp.156</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526563v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00562688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trets, Bois de Valvène</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Trets, Quartier des Brunets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, bilan 2008, pp.156</w:t>
+              <w:t xml:space="preserve">, 2009, bilan 2008, pp.159-160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00562688v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trets (Bouches-du-Rhône) : Les Brunets [Notice]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 39, pp.333. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/archeomed.20847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00526568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peynier, Four à chaux du quartier de Bel Homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, bilan 2008, pp.151-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00526562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peynier, four à chaux du vallon de l'Homme Mort</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Peynier, prospections du vallon de l'Homme Mort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, bilan 2007, pp.157-159</w:t>
+              <w:t xml:space="preserve">, 2008, bilan 2007, pp.156-157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526443v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peynier, prospections du vallon de l'Homme Mort</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Peynier, four à chaux du vallon de l'Homme Mort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, bilan 2007, pp.156-157</w:t>
+              <w:t xml:space="preserve">, 2008, bilan 2007, pp.157-159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526442v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peynier, vallon de l'Homme Mort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, bilan 2007, pp.88-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00526440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peynier, Vallon de l'Homme Mort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, bilan 2006, pp.160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00562686v1</w:t>
-              </w:r>
-[...2746 lines deleted...]
-                <w:t xml:space="preserve">halshs-01562336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (41)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7068,90 +7068,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche archéobotanique, archéoentomologique et isotopique de la production agroalimentaire et combustible en Al-Andalus : le cas de Las Sillas (Aragon)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilham Bentaleb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Toriti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7193,51 +7193,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuel supply, woodland management and fruit tree resources in northern Catalonia (Perpignan) during the 15th-16th centuries: an archaeobotanical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Féat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7318,103 +7318,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude du praelum : synthèse des résultats, bilan et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Toriti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rirha, une agglomération antique et médiévale (Sidi Slimane, Maroc). Actualité des recherches archéologiques pluridisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7452,64 +7452,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthracologie de la période maurétanienne à Rirha : bilan 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakez Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rirha, une agglomération antique et médiévale (Sidi Slimane, Maroc). Actualité des recherches archéologiques pluridisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7534,90 +7534,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation des espaces boisés et arboriculture fruitière dans les régions littorales de Catalogne septentrionale durant le Moyen Âge : une approche archéobotanique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Puig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Troisième Journée d’Etudes du programme SyLitMéd du LA3M UMR7298 : Échanges et littoraux nourriciers médiévaux en Méditerranée nord-occidentale (VIIIe-XIIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anne CLOAREC-QUILLON; André CONSTANT, May 2024, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7642,103 +7642,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleiculture and Viticulture in southern France during the Iron Age and Roman Period: a reconstruction based on charcoal, seed, fruit and archaeological data compared to agroecosystemic modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Chabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberte Bondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Anthracology Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, João Tereso; Filipe Costa Vaz, Aug 2023, Porto, France</w:t>
@@ -7780,90 +7780,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire et valorisation du patrimoine variétal de l’olivier en Occitanie méditerranéenne : approche multiscalaire et intégrative d’un héritage culturel et biologique exceptionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frédéric Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Kaniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allowen Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Mercurio III L’Olivier et l’huile d’olive, journée offerte à Jean-Pierre Brun, Professeur au collège de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, S. Mauné LabEx Archimede Montpellier, UMR 5140 ASM., Apr 2023, Montpellier, France</w:t>
@@ -7892,64 +7892,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolutions de la végétation et de l'exploitation animale entre Antiquité et Moyen Âge sur le littoral des étangs narbonnais : premiers jalons anthracologiques et archéozoologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Mureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrae. Environnements littoraux, palustres et fluviaux au Moyen Âge en région Occitanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Christine Rendu; Sylvain Burri, Feb 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7974,77 +7974,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Première synthèse sur les paysages forestiers exploités au Haut Moyen Âge en Roussillon : approche anthracologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Consommer et produire dans le monde rural du Midi de la France au Moyen Âge : deuxième journée d’actualités de la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8069,90 +8069,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement méthodologique et apports récents de l’anthraco-chronologie à l’étude des charbons de bois archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVe colloque international du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie (GMPCA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8296,333 +8296,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03955336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques spatio-temporelles de la vigne (Vitis vinifera) au cours de l’Holocène en France d’après les enregistrements archéobotaniques (graines et fruits, charbons de bois)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Coastal populations and wood exploitation in Languedoc and Provence (4th-7th c. AD) through anthracology. Review and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Figueiral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Chabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Janet Battentier</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Cenzon-Salvayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Toriti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes Rencontres d’Archéobotanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">TETRA, Territoires en Transition. La longue durée des relations peuplement-environnement en milieu côtier et insulaire de la Méditerranée septentrionale (de la Préhistoire au Moyen Âge), Table-ronde Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Morana Causevic-Bully, Programme IATEKA, UMR Chrono-Environnement, Sep 2021, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03723026v1</w:t>
+                <w:t xml:space="preserve">hal-03726365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal populations and wood exploitation in Languedoc and Provence (4th-7th c. AD) through anthracology. Review and perspectives</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Dynamiques spatio-temporelles de la vigne (Vitis vinifera) au cours de l’Holocène en France d’après les enregistrements archéobotaniques (graines et fruits, charbons de bois)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Chabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Magali Toriti</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Baly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janet Battentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TETRA, Territoires en Transition. La longue durée des relations peuplement-environnement en milieu côtier et insulaire de la Méditerranée septentrionale (de la Préhistoire au Moyen Âge), Table-ronde Internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Morana Causevic-Bully, Programme IATEKA, UMR Chrono-Environnement, Sep 2021, Besançon, France</w:t>
+              <w:t xml:space="preserve">14èmes Rencontres d’Archéobotanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03726365v1</w:t>
+                <w:t xml:space="preserve">hal-03723026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résultats des études anthracologiques et pistes de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Brossier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rirha, une agglomération antique et médiévale (Sidi Slimane, Maroc) : synthèse des recherches récentes (programme archéologique 2017-2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8647,103 +8647,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation et gestion des ressources à l'échelle d'une grande propriété impériale : Loron / Santa Marina en Istrie (Croatie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Benčić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davor Munda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Territoires en Transition. La longue durée des relations peuplement-environnement en milieu côtier et insulaire de la Méditerranée septentrionale (de la Préhistoire au Moyen âge)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Čaušević-Bully; V. Bichet; E. Gauthier; H. Richard, Sep 2021, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8768,90 +8768,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un grand four à amphores de l’atelier de Loron (Tar Vabriga, Croatie) : modélisation de la production et des besoins énergétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Tiago-Seoane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Benčić</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tavola rotonda internazionale : Produzioni artigianali in aera adriatica : manufatti, ateliers e attori</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Adriatlas; CISA, May 2019, Bologna, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8876,103 +8876,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouveau protocole de prélèvement et de préparation des macro-charbons pour une généralisation des études anthraco-chronologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Figueiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Chabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioarchéologie : minimums méthodologiques, référentiels communs et nouvelles approches [4e séminaire scientifique et technique de l’Inrap]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Carine Carpentier; Rose-Marie Arbogast; Philippe Kuchler, Nov 2019, Sélestat, France</w:t>
@@ -9001,51 +9001,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les charbonnières rectangulaires actuelles de Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Charbonnage, charbonnières, charbonniers. Etat des connaissances et perspectives de recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9070,90 +9070,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le combustible du four de briquetier aghlabide de Raqqāda (Kairouan, Tunisie) à la lumière de l’anthracologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Thiriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouhair Chéhaibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Campagnes et archéologie rurale au Maghreb et en Méditerranée, Actes du sixième colloque international, Kairouan : 14, 15 et 16 avril 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Kairouan, département d’Archéologie de la Faculté des Lettres et des Sciences Humaines, Apr 2016, Kairouan, Tunisie. pp.281-295</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9172,273 +9172,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01478117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Datation par radiocarbone, datation par archéomagnétisme et modélisation par ChronoModel : chronologie de la production céramique médiévale du site de Castelnau-le-Lez (Hérault, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lanos</w:t>
+                <w:t xml:space="preserve">Fournir la ville en bois et combustible pendant l’Antiquité. Anthracologie de la cité antique de Fréjus-Forum Julii (Var, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Toriti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Excoffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Oberlin</w:t>
+                <w:t xml:space="preserve">G. Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Lefèvre</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Portalier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIème colloque du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie, GMPCA, Archéométrie 1977,1997, 2017, Rennes, 18-21 avril 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">XIIèmes rencontres d'archéobotanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01741139v1</w:t>
+                <w:t xml:space="preserve">hal-02393222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fournir la ville en bois et combustible pendant l’Antiquité. Anthracologie de la cité antique de Fréjus-Forum Julii (Var, France)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Excoffon</w:t>
+                <w:t xml:space="preserve">Datation par radiocarbone, datation par archéomagnétisme et modélisation par ChronoModel : chronologie de la production céramique médiévale du site de Castelnau-le-Lez (Hérault, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lanos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Oberlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Gaucher</w:t>
+                <w:t xml:space="preserve">Jean-Claude Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Portalier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carme Rémi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Thiriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIèmes rencontres d'archéobotanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Perpignan, France</w:t>
+              <w:t xml:space="preserve">XXIème colloque du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie, GMPCA, Archéométrie 1977,1997, 2017, Rennes, 18-21 avril 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393222v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01741139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soigner les hommes et animaux avec des goudrons végétaux en Méditerranée (France-Maroc) : une approche interdisciplinaire sur le temps long</w:t>
               </w:r>
@@ -9476,51 +9476,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ghanmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma angelina Delgado Robles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Cercle genevois d'Archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Genève, Suisse</w:t>
@@ -9549,51 +9549,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La bibliothèque inventoriée au décès de Salomon Bellaut, médecin juif de Trets (v. 1350-1419) - L'inventaire en latin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratique médicale, rationalisme et relâchement religieux. Les élites lettrées juives de l’Europe méditerranéenne (XIVe-XVIe s.) : [Séminaire 2011-2012, Institut universitaire Maïmonide-Averroès-Thomas d'Aquin]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Iancu-Agou, Danièle, Sep 2011, Montpellier, France. pp.69-94</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9618,51 +9618,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuel and iron craft in the Canigou Mountain (Antiquity-Early Middle Ages). First results of the anthracological analysis and projects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaspard Pagès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9726,51 +9726,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Corbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ONGUENT International Workshop "Wood tar production and medicinal uses in the Mediterranean Region", programme international APRIMED, MMSH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9795,64 +9795,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying and interpreting silos deposits in medieval Mediterranean France : an archaeobotanical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Association of Archaeologists, 22th annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Vilnius, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9877,103 +9877,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuels and craft in North-Western Mediterranean (Ist c. BC-XVIIIth c. AD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Chabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Favennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Cenzon-Salvayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd EAA Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Archaeologists, Aug 2016, Vilnius, Lithuania</w:t>
@@ -9996,277 +9996,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02316910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les opérations de Taxo-Les Gavarettes et Taxo-L’Orangeraie à Argelès-sur-Mer (Pyrénées-Orientales) : premiers aperçus de la formation d’un village roussillonnais (VIIe-XIe siècles)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Romarin des montagnes, chaux dans la plaine. Méthode autour de l’ethnoarchéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Thiriot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’habitat rural du haut Moyen Âge en France (Ve-XIe siècles) : Dynamiques du peuplement, formes, fonctions et statuts des établissements : 36e Journées internationales d’archéologie mérovingienne de l’AFAM, Montpellier - Musée archéologique de Lattes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Lattes, France</w:t>
+              <w:t xml:space="preserve">Montagne et plaine dans le bassin méditerranéen. Actes du 4ème Colloque international du Département d’Archéologie, 5, 6 et 7 décembre 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Kairouan, Tunisie. pp.213-225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03525131v1</w:t>
+                <w:t xml:space="preserve">halshs-01394182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romarin des montagnes, chaux dans la plaine. Méthode autour de l’ethnoarchéologie</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Les opérations de Taxo-Les Gavarettes et Taxo-L’Orangeraie à Argelès-sur-Mer (Pyrénées-Orientales) : premiers aperçus de la formation d’un village roussillonnais (VIIe-XIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Puig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guinaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Castella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Cazes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Montagne et plaine dans le bassin méditerranéen. Actes du 4ème Colloque international du Département d’Archéologie, 5, 6 et 7 décembre 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Kairouan, Tunisie. pp.213-225</w:t>
+              <w:t xml:space="preserve">L’habitat rural du haut Moyen Âge en France (Ve-XIe siècles) : Dynamiques du peuplement, formes, fonctions et statuts des établissements : 36e Journées internationales d’archéologie mérovingienne de l’AFAM, Montpellier - Musée archéologique de Lattes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Lattes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01394182v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03525131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fours à chaux et chaufourniers et Méditerranée occidentale : ethnoarchéologie de l'art de cuire la pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Thiriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Rammah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10330,77 +10330,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les outils pour acquérir et transformer la matière ligneuse dans les chaînes opératoires techniques des artisanats forestiers en Provence et Haut-Dauphiné au Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXIIIes Journées internationales d'histoire et d'archéologie d'Antibes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Antibes, France. pp.397-414</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10425,90 +10425,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charcoal analysis of lime kiln remains in Southern France : an original process of mediaeval and modern traditional lime burning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Thiriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Figueiral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourth International Meeting of Anthracology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Bruxelles, Belgium. pp.251-258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10533,77 +10533,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitrification and craft fire in occidental Mediterranean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Thiriot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Meeting of Charcoal analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Valence, Spain. pp.19-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10622,661 +10622,661 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00971806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le charbonnage des Ericacées méditerranéennes : approches croisées archéologiques, anthracologiques et historiques.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Productions de matériaux de construction et ressources naturelles en Tunisie actuelle : premiers résultats d'enquêtes ethnoarchéologiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Thiriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Rammah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouhair Chéhaibi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des hommes et des plantes. Exploitation du milieu et gestion des ressources végétales de la Préhistoire à nos jours. XXXe Rencontres internationales d'histoire et d'archéologie d'Antibes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Antibes, France. pp.323-331</w:t>
+              <w:t xml:space="preserve">Les ressources naturelles au Maghreb durant l'Antiquité et le Moyen Age : exploitation, gestion et usages. Ve colloque international de l'Unité de Recherche Peuplement et Mise en valeur en Tunisie à travers l'Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00562670v1</w:t>
+                <w:t xml:space="preserve">hal-00562676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cuire la pierre dans le Midi de la France. Approches croisées archéologiques, historiques et anthracologiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Le charbonnage des Ericacées méditerranéennes : approches croisées archéologiques, anthracologiques et historiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire d'Archéologie médiévale méditerranéenne et métropolitaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Des hommes et des plantes. Exploitation du milieu et gestion des ressources végétales de la Préhistoire à nos jours. XXXe Rencontres internationales d'histoire et d'archéologie d'Antibes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Antibes, France. pp.323-331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00562701v1</w:t>
+                <w:t xml:space="preserve">hal-00562670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Productions de matériaux de construction et ressources naturelles en Tunisie actuelle : premiers résultats d'enquêtes ethnoarchéologiques.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Cuire la pierre dans le Midi de la France. Approches croisées archéologiques, historiques et anthracologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Zouhair Chéhaibi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les ressources naturelles au Maghreb durant l'Antiquité et le Moyen Age : exploitation, gestion et usages. Ve colloque international de l'Unité de Recherche Peuplement et Mise en valeur en Tunisie à travers l'Histoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Tunis, Tunisie</w:t>
+              <w:t xml:space="preserve">Séminaire d'Archéologie médiévale méditerranéenne et métropolitaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00562676v1</w:t>
+                <w:t xml:space="preserve">halshs-00562701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le problème de la conduite d'une cuisson dans un chaufour : résultats et perspectives suite à l'établissement d'un nouveau mode de prélèvements anthracologiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Archéologie, histoire et anthracologie de l'espace inculte provençal au Moyen Age : méthodes et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cultures, économies, sociétés et environnement du début de la Préhistoire au Moyen Age : travaux en cours. 4e table-ronde des jeunes chercheurs en archéologie de la MMSH</w:t>
+              <w:t xml:space="preserve">Séminaire du Laboratoire d'Archéologie médiévale méditerranéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00562697v1</w:t>
+                <w:t xml:space="preserve">halshs-00562700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fabrication de la chaux et du charbon de bois dans les collines provençales.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Le problème de la conduite d'une cuisson dans un chaufour : résultats et perspectives suite à l'établissement d'un nouveau mode de prélèvements anthracologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hommes et matières premières dans le bassin parisien.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Nanterre, France. pp.57-69</w:t>
+              <w:t xml:space="preserve">Cultures, économies, sociétés et environnement du début de la Préhistoire au Moyen Age : travaux en cours. 4e table-ronde des jeunes chercheurs en archéologie de la MMSH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00497159v1</w:t>
+                <w:t xml:space="preserve">halshs-00562697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etudes archéologiques et paléoenvironnementales du vallon du Fou (Martigues - Bouches-du-Rhône)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">La fabrication de la chaux et du charbon de bois dans les collines provençales.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ressources, sociétés, biodiversité. XVIIe colloque du G.M.P.C.A. Archéométrie 09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Hommes et matières premières dans le bassin parisien.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Nanterre, France. pp.57-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00562675v1</w:t>
+                <w:t xml:space="preserve">halshs-00497159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie, histoire et anthracologie de l'espace inculte provençal au Moyen Age : méthodes et perspectives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Etudes archéologiques et paléoenvironnementales du vallon du Fou (Martigues - Bouches-du-Rhône)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Canut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Vella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Laboratoire d'Archéologie médiévale méditerranéenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Ressources, sociétés, biodiversité. XVIIe colloque du G.M.P.C.A. Archéométrie 09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00562700v1</w:t>
+                <w:t xml:space="preserve">hal-00562675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La forêt et la pression artisanale : l'impact des activités de transformations sur les ressources naturelles en basse Provence médiévale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures, économies, sociétés et environnement du début de la Préhistoire au Moyen Age : travaux en cours. 3e table-ronde des jeunes chercheurs en archéologie de la MMSH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11293,51 +11293,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00562698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (37)</w:t>
+        <w:t xml:space="preserve">Rapport (38)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -11571,250 +11571,250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04334158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mission archéologique Albalat (Romangordo, Espagne). Rapport synthétique 2022</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alba González Gil</w:t>
+                <w:t xml:space="preserve">Opération d'urgence sur le four à chaux de Viéraron à Prads-Haute-Bléone (Alpes-de-Haute-Provence)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bromblet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Isoardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José A. Garrido García</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">MEAE; Casa de Velázquez; UMR 5648 - CIHAM. 2022, pp.77</w:t>
+                <w:t xml:space="preserve">Myette Guiomar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ministère de la Culture (France). 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03911737v1</w:t>
+                <w:t xml:space="preserve">halshs-03894100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opération d'urgence sur le four à chaux de Viéraron à Prads-Haute-Bléone (Alpes-de-Haute-Provence)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Delphine Isoardi</w:t>
+                <w:t xml:space="preserve">Mission archéologique Albalat (Romangordo, Espagne). Rapport synthétique 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gilotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Buttard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Llamas Herrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alba González Gil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myette Guiomar</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Ministère de la Culture (France). 2022</w:t>
+                <w:t xml:space="preserve">José A. Garrido García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MEAE; Casa de Velázquez; UMR 5648 - CIHAM. 2022, pp.77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03894100v1</w:t>
+                <w:t xml:space="preserve">halshs-03911737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Port-la-Nautique (Narbonne, Aude). Fouille programmée 2022</w:t>
               </w:r>
@@ -11852,51 +11852,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Arnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Autier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloe Bacle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Volumes 1 et 2, SRA Occitanie. 2022, pp.730</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -11922,51 +11922,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Mas des Tourelles (Beaucaire, Gard) Un atelier d’amphores domanial de la basse-vallée du Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Desbonnets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11974,51 +11974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gomes Justine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Huvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Doniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ASM - UMR5140. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -12162,77 +12162,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'atelier d'amphores du Mas des Tourelles à Beaucaire (Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Desbonnets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Doniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12280,51 +12280,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domaine de la Tuilerie- la Teuleria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Galin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Roudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12332,51 +12332,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Dunyach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Roguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferran Antolín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ACTER Archéologie; Service Régional d'Archéologie Occitanie. 2020, pp.425</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -12402,51 +12402,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limoux (11) - Barreau de raccordement routier nord-ouest (RD118-RD623). Etude du proche terroir de la villa gallo-romaine de Flassian. Rapport de fouille archéologique préventive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Mantenant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gazaniol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12642,103 +12642,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’établissement littoral de Saint-Martin-le-Bas à Gruissan (Aude). Opération programmée 2019.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duperron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sperandio Emeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Doniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] SRA Occitanie. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -12764,90 +12764,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'atelier du Mas des Tourelles à Beaucaire (Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Doniga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dufresne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12878,64 +12878,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’établissement littoral de Saint-Martin-le-Bas à Gruissan (Aude). Rapport final d'opération triannuelle de fouille archéologique programmée (2017-2019), PCR &amp;quot;Les ports antiques de Narbonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duperron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Aloisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13013,64 +13013,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Études archéobotaniques : Analyses anthracologiques et carpologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vigne Alain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13131,64 +13131,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Études archéobotaniques : Analyses anthracologiques et carpologiques. in : Elsa Rocca, Charlotte Carrato, Mohamed Kbiri Alaoui, Abdelfattah I Ichkakh, Recherches archéologiques à Rirha Sidi Slimane (Maroc) Rapport d’activité 2018.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vigne Alain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13371,64 +13371,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etudes archéobotaniques : analyses anthracologiques et carpologiques. in Rocca E., Carrato C., Kbiri Aloui M, Ichkhakh A. (dir.) Recherches archéologiques à Rirha (Sidi Sliman, Maroc) rapport d’activité 2017.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSAP Rabat (Maroc); Casa de Velazquez Madrid (Espagne); Université Paul Valéry - Montpellier III; Ministère de l'Europe et des Affaires Etrangères. 2017, pp.107-130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -13444,1749 +13444,2028 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03947508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Croquefigue Signes (83)</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Centre archéologique du Var, LA3M. 2015, pp.71</w:t>
+                <w:t xml:space="preserve">Narbonne (11), Saint-Hippolyte, Castrum du Villar-de-Fargues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Argant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Corrochano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Duclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie du Languedoc-Roussillon. 2017, pp.404</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02003896v1</w:t>
+                <w:t xml:space="preserve">hal-05539487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Collectif de Recherches &amp;quot;Dynamiques du peuplement et des paysages dans le territoire de Fréjus&amp;quot;. Rapport d'activité 2015 et projet 2016</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA (Aix-en-Provence). 2015, pp.82</w:t>
+                <w:t xml:space="preserve">Croquefigue Signes (83)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre archéologique du Var, LA3M. 2015, pp.71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02061556v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02003896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habitation la Sucrerie : Fouille du four à chaux. La Martinique, les Anses d'Arlets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LA3M-CNRS/Aix-Marseille Université. 2015, 59 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02003883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le vallon de Pié Fouquet à Rognes (Bouches-du-Rhône). Rapport final d'opération de fouille archéologique préventive</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Projet Collectif de Recherches &amp;quot;Dynamiques du peuplement et des paysages dans le territoire de Fréjus&amp;quot;. Rapport d'activité 2015 et projet 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bertoncello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Burri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Degeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Digelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA (Aix-en-Provence). 2015, pp.82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Lachenal</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-01971404v1</w:t>
+                <w:t xml:space="preserve">hal-02061556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Gilles (Gard). Le four à chaux d'Espeyran (Zone 8, secteur 2)</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] SRA Languedoc-Roussillon. 2012, 70 p</w:t>
+                <w:t xml:space="preserve">Le vallon de Pié Fouquet à Rognes (Bouches-du-Rhône). Rapport final d'opération de fouille archéologique préventive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Ropiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lachenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Stevenson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Daoulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Chronoterre Archéologie. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00817663v1</w:t>
+                <w:t xml:space="preserve">hal-01971404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RD 13 - Rectification du virage de Cassan, commune de Roujan (Hérault). Rapport final d'opération de fouille.</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Communauté de Communes Nord du Bassin de Thau. 2012</w:t>
+                <w:t xml:space="preserve">Saint-Gilles (Gard). Le four à chaux d'Espeyran (Zone 8, secteur 2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Languedoc-Roussillon. 2012, 70 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03908896v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00817663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fosses du Cengle. Rousset, Bouches-du-Rhône</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Rapport de sondage programmé, SRA PACA; LAMM. 2010</w:t>
+                <w:t xml:space="preserve">RD 13 - Rectification du virage de Cassan, commune de Roujan (Hérault). Rapport final d'opération de fouille.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Turrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Dieulafait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Modat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Perrineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communauté de Communes Nord du Bassin de Thau. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00562689v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03908896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse anthracologique du site du château de Saint-Pierre de Fenouillet. Résultats préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ACTER; LA3M UMR 7298-AMU-CNRS. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00562691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narbonne, La Coupe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Les fosses du Cengle. Rousset, Bouches-du-Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] ACTER; LA3M UMR 7298-AMU-CNRS. 2010</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Rapport de sondage programmé, SRA PACA; LAMM. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00562690v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00562689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fours à chaux et charbonnières en Guadeloupe : Mission du 1er au 15 décembre 2008</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Narbonne, La Coupe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] SRA Guadeloupe. 2009, 22 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] ACTER; LA3M UMR 7298-AMU-CNRS. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526560v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00562690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sondages archéologiques et prospections géophysiques : Espeyran, Saint-Gilles-du-Gard</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Fours à chaux et charbonnières en Guadeloupe : Mission du 1er au 15 décembre 2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] SRA Languedoc-Roussillon. 2009, 109 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Guadeloupe. 2009, 22 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526569v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cadarache : rapport de dépouillement des registres des notaires de Saint-Paul-lès-Durance et Meyrargues (Archives départementales des Bouches-du-Rhône, séries 399 E et 414 E), mars-juin 2008</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Sondages archéologiques et prospections géophysiques : Espeyran, Saint-Gilles-du-Gard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Compan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réjane Roure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Scrinzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] In : BONNAMOUR (G.), TISSOT (M.) dir., DORMOY (Chr.), VASCHALDE (Chr.) col. – Fouille d'archéologie préventive. Cadarache 2007, Saint-Paul-lès-Durance (13), SRA PACA. 2009, pp.85-91</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Languedoc-Roussillon. 2009, 109 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526449v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospections dans le bois de Valvène, Trets, Bouches-du-Rhône</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Cadarache : rapport de dépouillement des registres des notaires de Saint-Paul-lès-Durance et Meyrargues (Archives départementales des Bouches-du-Rhône, séries 399 E et 414 E), mars-juin 2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2009, 155 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] In : BONNAMOUR (G.), TISSOT (M.) dir., DORMOY (Chr.), VASCHALDE (Chr.) col. – Fouille d'archéologie préventive. Cadarache 2007, Saint-Paul-lès-Durance (13), SRA PACA. 2009, pp.85-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526564v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fours à chaux de Tunisie. Rapport préliminaire d'enquête ethnoarchéologique (29 août-7 septembre 2008)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Prospections dans le bois de Valvène, Trets, Bouches-du-Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] LAMM / UMR 6572, Aix-en-Provence. 2008</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2009, 155 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00562692v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le four à chaux PEY4 A1 : Peynier-quartier de Bel Homme, Bouches-du-Rhône</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Les fours à chaux de Tunisie. Rapport préliminaire d'enquête ethnoarchéologique (29 août-7 septembre 2008)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2008, 30 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Hassine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouhair Chéhaibi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] LAMM / UMR 6572, Aix-en-Provence. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526444v1</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00562692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospections aux quartiers des Brunets, Baoucous et Mont Piveau. Trets, Bouches-du-Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2008, 158 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00526445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le four à chaux PEY1 A5. Peynier-Vallon de l'Homme Mort, Bouches-du-Rhône</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Le four à chaux PEY4 A1 : Peynier-quartier de Bel Homme, Bouches-du-Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2007, 74 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2008, 30 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526438v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospections dans le vallon de l'Homme Mort : Peynier - Bouches-du-Rhône</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Le four à chaux PEY1 A5. Peynier-Vallon de l'Homme Mort, Bouches-du-Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2007, 88 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2007, 74 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00526436v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Prospections dans le vallon de l'Homme Mort : Peynier - Bouches-du-Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2007, 88 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00526436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le four à chaux n° 5 du vallon de l'Homme Mort (Peynier, Bouches-du-Rhône)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Rapport de Sondage, SRA PACA; LAMM / UMR 6572, Aix-en-Provence. 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00562696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landscape, resources management and vegetal economy in the Parentium area (Croatia) between the Imperial period and the beginning of the Middle Ages. First results of a Archaeobotanical investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Tillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">halshs-00562696v1</w:t>
+                <w:t xml:space="preserve">Nuria Rovira Buendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guibal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kaniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRADE – Transformations of Adriatic Europe (2th-9th century)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Zadar, Croatia. Archaeopress, pp.182-191, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The medieval landscape of Corsica : practices and socio-environmental dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Toriti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Anthracology Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04196954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethnoarcheology of Wood Tar Production in the Altas Mountains (Morocco). Part 1 : from Plant to Tar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Alifriqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badr Satrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15205,903 +15484,746 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">“Ethnoarchaeology of Fire” International Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Tenerife, Spain. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02043028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repenser la datation en combinant chronométrie, stratigraphie, céramologie et archéobotanique. L’exemple des fours de potiers de Saleilles (Pyrénées-Orientales, France) aux IXe-XIIe s.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Mantenant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cloarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Thiriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIème colloque du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie, GMPCA, Archéométrie 1977,1997, 2017, Rennes, 18-21 avril 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Rennes, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01698031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paysage, gestions des ressources et économie végétale dans la zone du Parentin entre l’époque impériale et la fin de l’Antiquité. Premiers résultats de l'enquête paléobotanique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’approvisionnement et la gestion de l’énergie combustible pour la production de poteries au cours du Haut Empire dans la moyenne vallée de l’Hérault. Actualité de la recherche anthracologique sur les ateliers de Saint-Pargoire/Contours et Aspiran/Saint-Bézard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Chabal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Ivorra</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table ronde internationale « AdriAtlas e i paesaggi costieri dell’Adriatico tra Antichità e Altomedioevo. Per un bilancio consultivo e prospettivo »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Bari, Italie</w:t>
+              <w:t xml:space="preserve">XIIe Rencontres d’Archéobotanique. Palais des rois de Majorque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02122479v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03739924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’approvisionnement et la gestion de l’énergie combustible pour la production de poteries au cours du Haut Empire dans la moyenne vallée de l’Hérault. Actualité de la recherche anthracologique sur les ateliers de Saint-Pargoire/Contours et Aspiran/Saint-Bézard</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Vaschalde</w:t>
+                <w:t xml:space="preserve">Paysage, gestions des ressources et économie végétale dans la zone du Parentin entre l’époque impériale et la fin de l’Antiquité. Premiers résultats de l'enquête paléobotanique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Benčić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Claude Mauné</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Guibal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kaniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIe Rencontres d’Archéobotanique. Palais des rois de Majorque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Perpignan, France</w:t>
+              <w:t xml:space="preserve">Table ronde internationale « AdriAtlas e i paesaggi costieri dell’Adriatico tra Antichità e Altomedioevo. Per un bilancio consultivo e prospettivo »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Bari, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03739924v1</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02122479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landscape, resources and vegetal economy in the Parentium zone (I-V c. AD). First results of a palaeobotanic research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Tillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Kaniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte de Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Brigitte Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium "Transformations of Adriatic Europe (2nd-9th c.)"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Zadar, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02122522v1</w:t>
-              </w:r>
-[...155 lines deleted...]
-                <w:t xml:space="preserve">hal-05032839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fours à chaux et chaufourniers en France méditerranéenne au Moyen âge et à l'époque moderne. Approche interdisciplinaire autour des techniques, des savoir-faire et des artisans, coll. Europe médiévale 14, Drémil-Lafage, éditions Mergoil, 2018, 468 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01972296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élevage et forêt sur la montagne dijonnaise à la fin du Moyen Âge. Deux établissements forestiers d’éleveurs en Terre de Saint-Seine Saint-Martin-du-Mont (Côte d’Or)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Maigrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enguerrand Artaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions Monique Mergoil, 284 p., 2017, 978-2-35518-072-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01685563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16111,114 +16233,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’art de cuire la pierre en France méditerranéenne à la fin du Moyen Âge. Approche interdisciplinaire d’un artisanat méconnu : la chaufournerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archéologie et Préhistoire. Aix Marseille Université, 2013. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04968712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId405"/>
+      <w:footerReference w:type="default" r:id="rId411"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16286,51 +16408,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3DCE67B4"/>
+    <w:nsid w:val="A4B0C5DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16517,51 +16639,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-vaschalde" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/180852302" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108794v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Herv&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marmara" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Chauvin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vaschalde" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martin-Kobierzyki" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105241" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05083649v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Toriti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vaschalde" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fohrer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Frederic Terral" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105125" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04312626v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Larrieu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Kotarba" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Puig" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ros" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2023.104993" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04968946v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Vaschalde" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Brossier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Canillos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rivalan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04643267v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chardonneau-Henneuse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Rovira Buendia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favennec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032673v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Flaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Canillos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04574465v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Excoffon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gaucher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.12208" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04164708v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chabal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonhomme" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baly" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Battentier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2023.111655" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032420v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Brkojewitsch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04111835v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thomas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pri&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Decaix" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lef&#232;vre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032942v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Teyssonneyre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Charbouillot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laudine Robin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Silvino" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maza" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927417v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Kielb Zaaraoui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Redd&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Zaaraoui" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ronco" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6716" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03477157v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Isoardi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bromblet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032419v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bodin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ollivier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373263v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Mureau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bigot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Scrinzi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208717v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie C. Bodin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102926" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032418v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Doniga" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874546v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guergana Guionova" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Latournerie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02049735v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rousse" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davor Munda" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Ben&#269;i&#263;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Gergeta Soton&#269;i&#263;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.2043" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01461683v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#252;ttner" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.4801" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032923v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Botte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Grimaldi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leguilloux Martine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Oboussier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478081v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Montecinos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lopez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972276v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01130234v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Herv&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanos" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thiriot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Garnier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.8196" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779273v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779278v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Canut" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vella" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Magnin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Duval" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.706" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032417v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bonnamour" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tissot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2011.2018" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131873v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Bonnamour" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108147v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01376807v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Compan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Roure" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2011.1825" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562684v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526567v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.20839" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526563v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562688v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526568v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.20847" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526562v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526443v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526442v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526440v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562686v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032727v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032722v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Tillier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814192v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Faisandier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chardonneau- Henneuse" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Viquesnel-Schlosser" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cloe Bacle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032712v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552901v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaillard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Antol&#237;n" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Olivia Doumerc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Galin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032901v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739513v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeoaep.fr/?product=les-premieres-societes-agropastorales-du-languedoc-mediterraneen-le-tai-remoulins-gard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.fbffzdc9" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032817v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032801v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515301v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Brigitte Carre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Piqu&#232;s" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03449026v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/propylaeum.706.c10591" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032750v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373402v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.66342" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02459074v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cloarec" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mantenant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032693v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032699v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03085993v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poirier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sstinrap.hypotheses.org/category/seminaire/bioarcheologie-minimums-methodologiques-referentiels-communs-nouvelles-approches" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/dwr6-hg62" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02980045v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morin-Rivat" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bremond" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Scheel-Ybert" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tardy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429060175-13" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356799v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Daide" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Arioua" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Abbadi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernollin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477251v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032737v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972302v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387219v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01387200v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Venot-Tisserand" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01387163v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562336v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036323v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gasc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Bentaleb" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Marie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692313v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence F&#233;at" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dimanche" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R&#233;my" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806224v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806226v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakez Moreau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04578132v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192312v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernigaud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberte Bondeau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04156357v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Terral" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kaniewski" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317636v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312763v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077915v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955336v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfattah Ichkhakh" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kbiri Alaoui" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Rocca" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Carrato" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Callegarin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723026v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726365v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760554v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03449617v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03566124v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Tiago-Seoane" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03738380v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477243v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478117v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhair Ch&#233;haibi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01741139v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Oberlin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lef&#232;vre" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carme R&#233;mi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02393222v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gaucher" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Portalier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066145v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Satrani" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghanmi" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma&#160;angelina Delgado Robles" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03187230v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04039409v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Pag&#232;s" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477447v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Corbineau" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02583036v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316910v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fabre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03525131v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guinaudeau" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Castella" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cazes" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01394182v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00562677v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Rammah" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905402v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Py" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01054762v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00971806v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00562670v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562701v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00562676v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562697v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00497159v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00562675v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562700v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562698v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05464934v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gilotte" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Llamas Herrero" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Knockaert" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Garrido Garc&#237;a" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Bueno Riesco" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04334158v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Buttard" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Gonz&#225;lez Gil" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Labarta" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03911737v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. Garrido Garc&#237;a" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894100v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myette Guiomar" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858552v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Andersch Goodfellow" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnault" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Autier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066404v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Desbonnets" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gomes Justine" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huvet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858556v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bellet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Le Bomin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carayon" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066414v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gomes" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190949v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Roudier" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Dunyach" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roguet" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393315v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gazaniol" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coiff&#233;" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brochot" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Despratx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858477v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Le Brazidec" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruniaux" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391189v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sperandio Emeline" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066415v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufresne" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047219v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Aloisi" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Casenove" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319168v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ruas" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vigne Alain" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lemoine" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947476v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525438v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Macario" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bo&#235;s" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dellong" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dieulafait" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Djouad" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947508v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003896v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061556v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bertoncello" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Degeai" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Digelmann" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003883v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01971404v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ropiot" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lachenal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Stevenson" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blaise" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Daoulas" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00817663v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908896v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Turrel" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Dieulafait" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Modat" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Perrineau" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562689v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562691v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562690v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526560v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526569v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526449v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526564v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562692v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hassine" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526444v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526445v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526438v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526436v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562696v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196954v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02043028v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alifriqui" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01698031v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122479v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guibal" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739924v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claude Maun&#233;" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivorra" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02122522v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte de Bruxelles" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032839v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972296v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01685563v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Beck" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Faucher" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Maigrot" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerrand Artaz" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beck" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04968712v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-vaschalde" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/180852302" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032727v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vaschalde" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814192v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favennec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Faisandier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chardonneau- Henneuse" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Viquesnel-Schlosser" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cloe Bacle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032722v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Tillier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Rovira Buendia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Mureau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032712v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552901v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaillard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Antol&#237;n" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Olivia Doumerc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Flaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Galin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032901v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Scrinzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739513v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chabal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeoaep.fr/?product=les-premieres-societes-agropastorales-du-languedoc-mediterraneen-le-tai-remoulins-gard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.fbffzdc9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032817v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rousse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Ben&#269;i&#263;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davor Munda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032801v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gaucher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515301v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Brigitte Carre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Piqu&#232;s" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03449026v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/propylaeum.706.c10591" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032750v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02459074v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cloarec" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mantenant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373402v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ros" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.66342" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032693v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032699v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03085993v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poirier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sstinrap.hypotheses.org/category/seminaire/bioarcheologie-minimums-methodologiques-referentiels-communs-nouvelles-approches" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/dwr6-hg62" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02980045v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie C. Bodin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morin-Rivat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bremond" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Scheel-Ybert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tardy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429060175-13" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356799v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Daide" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Arioua" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Abbadi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernollin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477251v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032737v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bigot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972302v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387219v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01387200v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Venot-Tisserand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01387163v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562336v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Duval" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05083649v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Toriti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fohrer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Frederic Terral" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105125" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108794v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Herv&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marmara" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Chauvin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vaschalde" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martin-Kobierzyki" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105241" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04643267v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chardonneau-Henneuse" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04968946v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Vaschalde" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Brossier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Canillos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rivalan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04312626v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Larrieu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Kotarba" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Puig" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2023.104993" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032673v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Canillos" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04574465v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Excoffon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.12208" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04164708v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonhomme" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baly" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Battentier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2023.111655" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032420v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Brkojewitsch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04111835v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thomas" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pri&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Decaix" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lef&#232;vre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032942v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Teyssonneyre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Charbouillot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laudine Robin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Silvino" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maza" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927417v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Kielb Zaaraoui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Redd&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Zaaraoui" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ronco" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6716" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03477157v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Isoardi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bromblet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373263v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032419v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bodin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ollivier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208717v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102926" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032418v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Doniga" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874546v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guergana Guionova" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Latournerie" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02049735v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Gergeta Soton&#269;i&#263;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cefr.2043" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01461683v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#252;ttner" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.4801" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032923v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Botte" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Grimaldi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leguilloux Martine" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Oboussier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478081v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Montecinos" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lopez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972276v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01130234v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Herv&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanos" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thiriot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Garnier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.8196" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779273v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779278v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Canut" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vella" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Magnin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.706" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131873v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Bonnamour" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tissot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2011.2018" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032417v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bonnamour" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108147v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01376807v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Compan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Roure" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2011.1825" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526567v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.20839" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562684v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562688v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526563v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526568v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.20847" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526562v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526442v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526443v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526440v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562686v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036323v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gasc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Bentaleb" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Marie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692313v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence F&#233;at" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dimanche" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R&#233;my" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806224v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806226v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakez Moreau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04578132v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192312v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernigaud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberte Bondeau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04156357v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Terral" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kaniewski" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317636v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312763v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077915v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955336v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfattah Ichkhakh" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kbiri Alaoui" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Rocca" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Carrato" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Callegarin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726365v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723026v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760554v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03449617v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03566124v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Tiago-Seoane" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03738380v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477243v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478117v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhair Ch&#233;haibi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02393222v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gaucher" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Portalier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01741139v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Oberlin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lef&#232;vre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carme R&#233;mi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066145v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Satrani" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghanmi" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma&#160;angelina Delgado Robles" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03187230v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04039409v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Pag&#232;s" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01477447v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Corbineau" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02583036v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316910v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fabre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01394182v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03525131v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guinaudeau" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Castella" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cazes" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00562677v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Rammah" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905402v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Py" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01054762v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00971806v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00562676v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00562670v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562701v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562700v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562697v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00497159v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00562675v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562698v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05464934v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gilotte" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Llamas Herrero" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Knockaert" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Garrido Garc&#237;a" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Bueno Riesco" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04334158v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Buttard" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Gonz&#225;lez Gil" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Labarta" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894100v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myette Guiomar" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03911737v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. Garrido Garc&#237;a" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858552v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Andersch Goodfellow" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Arnault" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Autier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066404v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Desbonnets" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gomes Justine" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huvet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858556v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bellet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Le Bomin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carayon" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066414v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gomes" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190949v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Roudier" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Dunyach" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roguet" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393315v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gazaniol" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coiff&#233;" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brochot" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Despratx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04858477v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Le Brazidec" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruniaux" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391189v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sperandio Emeline" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066415v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufresne" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047219v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Aloisi" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Casenove" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319168v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ruas" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vigne Alain" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lemoine" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947476v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525438v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Macario" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bo&#235;s" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dellong" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dieulafait" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Djouad" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947508v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539487v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Martin" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Duclos" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gomez" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003896v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003883v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061556v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bertoncello" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Degeai" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Digelmann" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01971404v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ropiot" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lachenal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Stevenson" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blaise" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Daoulas" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00817663v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908896v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Turrel" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Dieulafait" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Modat" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Perrineau" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562691v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562689v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562690v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526560v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526569v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526449v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526564v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562692v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hassine" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526445v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526444v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526438v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526436v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562696v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032839v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guibal" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196954v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02043028v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alifriqui" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01698031v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739924v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claude Maun&#233;" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivorra" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122479v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02122522v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte de Bruxelles" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972296v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01685563v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Beck" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Faucher" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Maigrot" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerrand Artaz" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beck" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04968712v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>