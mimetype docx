--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -100,209 +100,209 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiche n° 129 : Affinités électroniques atomiques : découverte d’un biais négligé dans les dernières mesures classiques</w:t>
+                <w:t xml:space="preserve">Quantum Offset of Velocity Imaging-Based Electron Spectrometry and the Electron Affinity of Arsenic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Drag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 508-509, pp.109-110. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 134 (4), pp.043001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.63133/scf.act-chim.2025.508.11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.043001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05399256v1</w:t>
+                <w:t xml:space="preserve">hal-05199924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Offset of Velocity Imaging-Based Electron Spectrometry and the Electron Affinity of Arsenic</w:t>
+                <w:t xml:space="preserve">Fiche n° 129 : Affinités électroniques atomiques : découverte d’un biais négligé dans les dernières mesures classiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Drag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 134 (4), pp.043001. </w:t>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 508-509, pp.109-110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.043001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.63133/scf.act-chim.2025.508.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05199924v1</w:t>
+                <w:t xml:space="preserve">hal-05399256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the main neutral species densities and temperatures in iodine plasmas using optical absorption techniques</w:t>
               </w:r>
@@ -2872,51 +2872,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399256v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blondel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Drag" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.63133/scf.act-chim.2025.508.11" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199924v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.043001" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429627v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Esteves" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chabert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Michel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ad169d" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993137v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/acb7b6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851315v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ac3f98" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449890v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Drag" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Marmuse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abfbeb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928751v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.016501" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342269v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bresteau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aaf685" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272106v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lottigier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jucha" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cabaret" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-018-7124-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341686v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bresteau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atoms7010032" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895572v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniil Marinov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Booth" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aa5a88" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549339v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guaitella" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Golda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/6/06LT03" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089497v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Chaibi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Delsart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2007.03.025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02MZGD6C-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089481v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500340600898163" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089476v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Blondel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Chaibi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delsart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/39/6/012" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CBA44712E8F645B13876EBF99B11304ABB6A82E7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089493v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jms.2006.05.012" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LRHM9QN0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089468v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Goldfarb" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kr&#246;ger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1824904" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929135v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dulieu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.3755" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929155v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Crance" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Giraud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/24/16/010" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C082E97E7E364B9D2F06F5BDEDF3DB8620C20CD4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593711v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Sofia Morillo-Candas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02588053v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371074v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Alkhoury" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jannaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Marmuse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199924v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blondel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Drag" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.043001" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399256v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.63133/scf.act-chim.2025.508.11" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429627v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Esteves" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chabert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Michel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ad169d" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993137v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/acb7b6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851315v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ac3f98" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449890v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Drag" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Marmuse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abfbeb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928751v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.016501" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342269v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bresteau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aaf685" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272106v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lottigier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jucha" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cabaret" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-018-7124-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341686v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bresteau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atoms7010032" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895572v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniil Marinov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Booth" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aa5a88" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549339v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guaitella" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Golda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/6/06LT03" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089497v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Chaibi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Delsart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2007.03.025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02MZGD6C-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089481v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500340600898163" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089476v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Blondel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Chaibi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delsart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/39/6/012" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CBA44712E8F645B13876EBF99B11304ABB6A82E7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089493v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jms.2006.05.012" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LRHM9QN0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089468v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Goldfarb" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kr&#246;ger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1824904" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929135v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dulieu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.3755" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929155v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Crance" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Giraud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/24/16/010" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C082E97E7E364B9D2F06F5BDEDF3DB8620C20CD4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02593711v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Sofia Morillo-Candas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02588053v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371074v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Alkhoury" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jannaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Marmuse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>