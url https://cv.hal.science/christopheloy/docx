--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,473 +100,473 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual collective behaviors on spherical robots</w:t>
+                <w:t xml:space="preserve">Plankton active response to turbulence enables efficient transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Castro</w:t>
+                <w:t xml:space="preserve">Michelle Dibenedetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Rémi Monthiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauren Mullineaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-3190/adaab9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 228 (24), pp.jeb251123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/jeb.251123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04775857v2</w:t>
+                <w:t xml:space="preserve">hal-05478798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plankton active response to turbulence enables efficient transport</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A critical assessment of reinforcement learning methods for microswimmer navigation in complex flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Monthiller</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Selim Mecanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Loisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lauren Mullineaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 228 (24), pp.jeb251123. </w:t>
+              <w:t xml:space="preserve">The European Physical Journal E</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48, pp.58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/jeb.251123⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epje/s10189-025-00522-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05478798v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A critical assessment of reinforcement learning methods for microswimmer navigation in complex flows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flow associated with Lighthill’s elongated-body theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selim Mecanna</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Eloy</w:t>
+                <w:t xml:space="preserve">Sébastien Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal E</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epje/s10189-025-00522-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1009, pp.A72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2025.325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05343166v1</w:t>
+                <w:t xml:space="preserve">hal-05281195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow associated with Lighthill’s elongated-body theory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Visual collective behaviors on spherical robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Michelin</w:t>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1009, pp.A72. </w:t>
+              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 20 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2025.325⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1748-3190/adaab9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05281195v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775857v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamics of flow sensing in plankton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 233 (17-18), pp.2733-2741. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -594,1019 +594,1019 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05281211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth anisotropy of the extracellular matrix shapes a developing organ</w:t>
+                <w:t xml:space="preserve">Hydrodynamic force on a small squirmer moving with a time-dependent velocity at small Reynolds numbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Harmansa</w:t>
+                <w:t xml:space="preserve">T. Redaelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Erlich</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Eloy</w:t>
+                <w:t xml:space="preserve">F. Candelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Zurlo</w:t>
+                <w:t xml:space="preserve">Rabah Mehaddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lecuit</w:t>
+                <w:t xml:space="preserve">C. Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Mehlig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-36739-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 973, pp.A11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2023.650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04245559v1</w:t>
+                <w:t xml:space="preserve">hal-04354531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrodynamic force on a small squirmer moving with a time-dependent velocity at small Reynolds numbers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Growth anisotropy of the extracellular matrix shapes a developing organ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Candelier</w:t>
+                <w:t xml:space="preserve">Stefan Harmansa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rabah Mehaddi</w:t>
+                <w:t xml:space="preserve">Alexander Erlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Eloy</w:t>
+                <w:t xml:space="preserve">Giuseppe Zurlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Mehlig</w:t>
+                <w:t xml:space="preserve">Thomas Lecuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 973, pp.A11. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.1220. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2023.650⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-36739-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04354531v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04245559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surfing on Turbulence: A Strategy for Planktonic Navigation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Drag coefficient estimation in FSI for PWR fuel assembly bowing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mimi A. R. Koehl</w:t>
+                <w:t xml:space="preserve">L. Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Favier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">K. Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sarrouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ricciardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.064502⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 399, pp.111995. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2022.111995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03941236v1</w:t>
+                <w:t xml:space="preserve">hal-03887807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The shaping of plant axes and crowns through tropisms and elasticity: an example of morphogenetic plasticity beyond the Shoot Apical Meristem</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Badel</w:t>
+                <w:t xml:space="preserve">Surfing on Turbulence: A Strategy for Planktonic Navigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Monthiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Loisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Bastien</w:t>
+                <w:t xml:space="preserve">Mimi A. R. Koehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Duchemin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Benjamin Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 233 (6), pp.2354-2379. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 129 (6), pp.064502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.17913⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.064502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03494885v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drag coefficient estimation in FSI for PWR fuel assembly bowing</w:t>
+                <w:t xml:space="preserve">The shaping of plant axes and crowns through tropisms and elasticity: an example of morphogenetic plasticity beyond the Shoot Apical Meristem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Longo</w:t>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Cruz</w:t>
+                <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Sarrouy</w:t>
+                <w:t xml:space="preserve">Renaud Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Ricciardi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Laurent Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 399, pp.111995. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 233 (6), pp.2354-2379. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2022.111995⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.17913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887807v1</w:t>
+                <w:t xml:space="preserve">hal-03494885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surfing on turbulence: a strategy for planktonic navigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Monthiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Loisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mimi A. R. Koehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 129 (6), pp.064502. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.064502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic response of cylinder assemblies in axial flow</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Searching for a source without gradients: how good is infotaxis and how to beat it</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Loisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jfm.2022.433⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 478 (2262), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspa.2022.0118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03689213v1</w:t>
+                <w:t xml:space="preserve">hal-03941214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searching for a source without gradients: how good is infotaxis and how to beat it</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Seismic response of cylinder assemblies in axial flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Capanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ricciardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Sarrouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 478 (2262), </w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 943, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspa.2022.0118⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2022.433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941214v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zonal flow in a resonant precessing cylinder</w:t>
               </w:r>
@@ -1631,51 +1631,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Dizès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 923, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1748,51 +1748,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuxuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariia Dvoriashyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2003,51 +2003,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Durán Venegas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Dizès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 89, pp.219-231. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2081,90 +2081,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of fluid structure interaction on fuel assemblies on the ICARE experimental facility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Capanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ricciardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Sarrouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 352, pp.110146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2192,624 +2192,624 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02563566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-mode responses, rivulet dynamics, flow structures and mechanism of rain-wind induced vibrations of a flexible cable</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Tree crowns grow into self-similar shapes controlled by gravity and light sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hui Li</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2018.06.017⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (142), 10 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsif.2017.0976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02064301v1</w:t>
+                <w:t xml:space="preserve">hal-01829241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'intelligence mathématique des arbres</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Extension of Lighthill’s slender-body theory to moderate aspect ratios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhanle Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences et Avenir</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 76, pp.84 - 94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2017.09.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01691370v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01765397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model of Collective Fish Behavior with Hydrodynamic Interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Filella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Filella</w:t>
+                <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Nadal</w:t>
+                <w:t xml:space="preserve">Clément Sire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Sire</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eva Kanso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 120 (19), pp.198101. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.198101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01814732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension of Lighthill’s slender-body theory to moderate aspect ratios</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-mode responses, rivulet dynamics, flow structures and mechanism of rain-wind induced vibrations of a flexible cable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donglai Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenli Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhanle Yu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Eloy</w:t>
+                <w:t xml:space="preserve">Hui Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 76, pp.84 - 94. </w:t>
+              <w:t xml:space="preserve">, 2018, 82 (142), pp.154-172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2017.09.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2018.06.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765397v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02064301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tree crowns grow into self-similar shapes controlled by gravity and light sensing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">L'intelligence mathématique des arbres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bruno Moulia</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sciences et Avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 851 (Janvier 2018), pp.65-66</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01829241v1</w:t>
+                <w:t xml:space="preserve">hal-01691370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment la lumière et le vent modèlent les arbres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA - Communiqués de presse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 18/10/2017, 3 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2834,90 +2834,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wind loads and competition for light sculpt trees into self-similar structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Lacointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (1), 12 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2945,339 +2945,339 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triadic instability of a non-resonant precessing fluid cylinder</w:t>
+                <w:t xml:space="preserve">Stability of momentumless wakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Lagrange</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">M Rizqie Arbie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Ehrenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crme.2015.12.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 808, pp.316 - 336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2016.645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01283545v1</w:t>
+                <w:t xml:space="preserve">hal-01457065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thrust generation by a heaving flexible foil: Resonance, nonlinearities, and optimality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Triadic instability of a non-resonant precessing fluid cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Romain Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 28 (1), pp.011903. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 344 (6), pp.418-433. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4939499⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2015.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01283543v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01283545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of momentumless wakes</w:t>
+                <w:t xml:space="preserve">Thrust generation by a heaving flexible foil: Resonance, nonlinearities, and optimality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Rizqie Arbie</w:t>
+                <w:t xml:space="preserve">Florine Paraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uwe Ehrenstein</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 808, pp.316 - 336. </w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (1), pp.011903. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2016.645⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4939499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01457065v1</w:t>
+                <w:t xml:space="preserve">hal-01283543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collective motion with anticipation: Flocking, spinning, and swarming</w:t>
               </w:r>
@@ -3289,51 +3289,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Caussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bartolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3374,1246 +3374,1246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01283544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drag reduction, from bending to pruning</w:t>
+                <w:t xml:space="preserve">Non-linear effects on the resonant frequencies of a cantilevered plate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Lopez</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">R Arellano Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Guillamot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel de Langre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/108/48002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46, pp.165-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2014.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01089470v1</w:t>
+                <w:t xml:space="preserve">hal-01089474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear effects on the resonant frequencies of a cantilevered plate</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular epidemiology of OXA-48-producing Klebsiella pneumoniae in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Cros</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E. Liapis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pantel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-H. Nicolas-Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cavalié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2014.02.001⟩</w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (12), epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1469-0691.12727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01089474v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01061617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular epidemiology of OXA-48-producing Klebsiella pneumoniae in France.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Robert</w:t>
+                <w:t xml:space="preserve">Skin friction on a flapping plate in uniform flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Ehrenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-H. Nicolas-Chanoine</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matthieu Marquillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1469-0691.12727⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 372, pp.20130345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2013.0345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01061617v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01100310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin friction on a flapping plate in uniform flow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vortex patterns generated by a heaving flexible plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florine Paraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uwe Ehrenstein</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Eloy</w:t>
+                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsta.2013.0345⟩</w:t>
+              <w:t xml:space="preserve">Journal of Flow Visualization and Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17 (4), pp.295 - 297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12650-014-0208-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01100310v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01089407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vortex patterns generated by a heaving flexible plate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Experimental study of the response of a flexible plate to a harmonic forcing in a flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florine Paraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Flow Visualization and Image Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12650-014-0208-3⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 342 (9), pp.532 - 538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2014.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01089407v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01089389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the response of a flexible plate to a harmonic forcing in a flow</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Drag reduction, from bending to pruning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel de Langre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crme.2014.06.004⟩</w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 108, pp.48002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/108/48002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01089389v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01089470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin friction on a moving wall and its implications for swimming animals</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Shape of optimal active flagella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lauga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 718, pp.321-346. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jfm.2012.613⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 730, pp.R1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2013.370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00919512v1</w:t>
+                <w:t xml:space="preserve">hal-00947175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape of optimal active flagella</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Flow-Induced Draping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 730, pp.R1. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 111, pp.064301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2013.370⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.064301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00947175v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00947176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow-Induced Draping</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Prevalence of mupirocin resistance among invasive coagulase-negative staphylococci and methicillin-resistant Staphylococcus aureus (MRSA) in France: emergence of a mupirocin-resistant MRSA clone harbouring mupA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Desroches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bourrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Doucet-Populaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.064301⟩</w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 68 (8), pp.1714 - 1717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkt085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00947176v1</w:t>
+                <w:t xml:space="preserve">hal-01483566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of mupirocin resistance among invasive coagulase-negative staphylococci and methicillin-resistant Staphylococcus aureus (MRSA) in France: emergence of a mupirocin-resistant MRSA clone harbouring mupA</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the best design for undulatory swimming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 68 (8), pp.1714 - 1717. </w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 717, pp.48-89. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jac/dkt085⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2012.561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01483566v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00947163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the best design for undulatory swimming</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Skin friction on a moving wall and its implications for swimming animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Ehrenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 717, pp.48-89. </w:t>
+              <w:t xml:space="preserve">, 2013, 718, pp.321-346. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2012.561⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2012.613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00947163v1</w:t>
+                <w:t xml:space="preserve">hal-00919512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Strouhal number for swimming animals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 30, pp.205-218. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4647,77 +4647,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The origin of hysteresis in the flag instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Kofman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 691, pp.583-593. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4745,573 +4745,573 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00712267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flutter of an elastic plate in a channel flow: Confinement and finite-size effects</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Precessional instability of a fluid cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2010.09.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 666, pp.104-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0022112010004040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00712257v1</w:t>
+                <w:t xml:space="preserve">hal-03347572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precessional instability of a fluid cylinder</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Optimisation of two-dimensional undulatory swimming at high Reynolds number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0022112010004040⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 48 (4), pp.568-576. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2010.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03347572v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation of two-dimensional undulatory swimming at high Reynolds number</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Precessional instability of a fluid cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2010.12.007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 666, pp.104-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0022112010004040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00712260v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precessional instability of a fluid cylinder</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Flutter of an elastic plate in a channel flow: Confinement and finite-size effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Doaré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Sauzade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0022112010004040⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (1), pp.76-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2010.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00712241v1</w:t>
+                <w:t xml:space="preserve">hal-00712257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A unified introduction to fluid mechanics of flying and swimming at high Reynolds number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5357,90 +5357,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A unified introduction to fluid mechanics of flying and swimming at high Reynolds number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 50 (9), pp.1361-1366. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5499,51 +5499,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The clapping book: Wind-driven oscillations in a stack of elastic sheets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Buchak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro M. Reis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5584,273 +5584,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00712231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of a fluid inside a precessing cylinder</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Coupled flutter of parallel plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 10, pp.187-194</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21, pp.081703</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00426880v1</w:t>
+                <w:t xml:space="preserve">hal-00419245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled flutter of parallel plates</w:t>
+                <w:t xml:space="preserve">Dynamics of a fluid inside a precessing cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Romain Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 21, pp.081703</w:t>
+              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10, pp.187-194</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00419245v1</w:t>
+                <w:t xml:space="preserve">hal-00426880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instability of a fluid inside a precessing cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5897,77 +5897,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instability of a fluid inside a precessing cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6005,90 +6005,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aeroelastic instability of cantilevered flexible plates in uniform flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Souilliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 611, pp.97-106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6135,77 +6135,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rotating fluid cylinder subject to weak precession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 599, pp.405-440. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6397,77 +6397,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flutter of a rectangular plate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Souilliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 23 (6), pp.904-919. </w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6526,64 +6526,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flutter modes of a flexible plate in an air flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Souilliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Visualization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 9, pp.242</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6621,51 +6621,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instabilities inside a precessing cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of the American Physical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 50, pp.172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6690,64 +6690,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flow-induced vibrations of high mass ratio flexible filaments freely hanging in a flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Le Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6794,51 +6794,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elliptic and triangular instabilities in rotating cylinders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6910,51 +6910,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of the Rankine vortex in a multipolar strain field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Dizès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7001,51 +7001,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of the multipolar vortex instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7109,51 +7109,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-wavelength instability of a vortex in a multipolar strain field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Dizès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 11, n° 2, pp.500-502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7187,51 +7187,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-dimensional instability of Burgers and Lamb-Oseen vortices in a strain field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Dizès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7269,249 +7269,249 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic Aspects of the Force Network in a Regular Granular Piling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Clément</w:t>
+                <w:t xml:space="preserve">Éric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique I</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 7, pp.1541-1558</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1997, 7 (12), pp.1541-1558. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp1:1997155⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00021311v1</w:t>
+                <w:t xml:space="preserve">jpa-00247471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic Aspects of the Force Network in a Regular Granular Piling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Clément</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique I</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 7 (12), pp.1541-1558. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1997, 7, pp.1541-1558</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/jp1:1997155⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">jpa-00247471v1</w:t>
+                <w:t xml:space="preserve">hal-00021311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free-surface formulation of mantle convection, part 2: implication for subduction zone observables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gurnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Zhong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7581,77 +7581,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applying Reinforcement Learning to Navigation In Partially Observable Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selim Mecanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Loisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th European Workshop on Reinforcement Learning (EWRL 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7715,51 +7715,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Sanches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Prothin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Michon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7810,77 +7810,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential flow model for seismic excitation of PWR assemblies under axial flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Capanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ricciardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Sarrouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions - 2019 Winter Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Washington, United States. pp.1905-1908, </w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7940,51 +7940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Duran Venegas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Dizès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BBVIV 7 7th Conference on Bluff Body Wakes and Vortex-Induced Vibrations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Carry-le-Rouet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8035,51 +8035,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Duran-Venegas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Le Dizès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Leweke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8130,77 +8130,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confinement effects on added mass of cylindrical structures in a potential flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Capanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ricciardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Sarrouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2017 Pressure Vessels and Piping Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Waikoloa, Hawaii, United States. pp.PVP2017-65352, V004T04A038, </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8247,64 +8247,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instability of a wake produced by a self-propelled body</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rizqie Arbie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uwe Ehrenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Symposium on Bifurcations and Instabilities in Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8329,77 +8329,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skin-friction formula for a rectangular plate in swimming-like motion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uwe Ehrenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Marquillie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th European Fluid Mechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8424,64 +8424,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skin friction enhancement in a model problem of undulatory swimming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uwe Ehrenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th Internationl Conference on Numerical Analysis and Applied Mathematics (ICNAAM) 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Rhodes, Greece. pp.273-276, </w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8515,77 +8515,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique d'une plaque flexible en oscillation forçée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florine Paraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8610,64 +8610,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of channel walls on flag flutter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Doaré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flow Induced Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8692,64 +8692,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model of skin friction enhancement in undulatory swimming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uwe Ehrenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">65th Annual Meeting of the Division of Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8768,273 +8768,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00781273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precession in a rotating cylinder</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The clapping book: wind-driven oscillations in a stack of elastic sheets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Buchak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Reis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Bush</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop "Waves and instabilities in geophysical and astrophysical flows."</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Porquerolles, France</w:t>
+              <w:t xml:space="preserve">Fluid and Elasticity 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Carry-le-Rouet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00426874v1</w:t>
+                <w:t xml:space="preserve">hal-00432888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The clapping book: wind-driven oscillations in a stack of elastic sheets</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Precession in a rotating cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">John Bush</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fluid and Elasticity 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Carry-le-Rouet, France</w:t>
+              <w:t xml:space="preserve">Workshop "Waves and instabilities in geophysical and astrophysical flows."</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00432888v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00426874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Battement d'un ou plusieurs drapeaux dans le vent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du LMA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9059,90 +9059,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique d'un fluide dans un cylindre en précession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9161,247 +9161,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03390952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional stability analysis of a rectangular plate in an axial flow</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Coupled flutter of parallel flags</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FIV2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Prague, Czech Republic. pp.345-349</w:t>
+              <w:t xml:space="preserve">61st Annual Meeting of the APS Division of Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, San Antonio, United States. http://meetings.aps.org/Meeting/DFD08/Event/89784</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00326226v1</w:t>
+                <w:t xml:space="preserve">hal-00432882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled flutter of parallel flags</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Flag flutter: potential flow around a rectangular plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61st Annual Meeting of the APS Division of Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, San Antonio, United States. http://meetings.aps.org/Meeting/DFD08/Event/89784</w:t>
+              <w:t xml:space="preserve">Singularities in Mechanics: Description and Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00432882v1</w:t>
+                <w:t xml:space="preserve">hal-00326220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instability of a fluid inside a precessing cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9433,722 +9420,735 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00426845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flag flutter: potential flow around a rectangular plate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Dynamics of a fluid inside a precessing cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Singularities in Mechanics: Description and Formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">7th European Fluid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00326220v1</w:t>
+                <w:t xml:space="preserve">hal-00426849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of a fluid inside a precessing cylinder</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Flutter instability of a single flag or several parallel flags in airflow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th European Fluid Mechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">Physical Mathematics Seminar - Massachusetts Institute of Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Cambridge, Massachusetts, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00426849v1</w:t>
+                <w:t xml:space="preserve">hal-00432891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flutter instability of a single flag or several parallel flags in airflow</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The Clapping Book: wind-driven oscillations in a stack of elastic sheets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Buchak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Reis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Bush</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Mathematics Seminar - Massachusetts Institute of Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Cambridge, Massachusetts, United States</w:t>
+              <w:t xml:space="preserve">61st Annual Meeting of the APS Division of Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, San Antonio, United States. http://meetings.aps.org/link/BAPS.2008.DFD.GM.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00432891v1</w:t>
+                <w:t xml:space="preserve">hal-00432884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Clapping Book: wind-driven oscillations in a stack of elastic sheets</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Flying, swimming and fluttering in 3D : Potential flow around a rectangular deformable plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">John Bush</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61st Annual Meeting of the APS Division of Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, San Antonio, United States. http://meetings.aps.org/link/BAPS.2008.DFD.GM.2</w:t>
+              <w:t xml:space="preserve">APS March Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00432884v1</w:t>
+                <w:t xml:space="preserve">hal-00326223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of a fluid inside a precessing cylinder</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Flutter of a single flag or several parallel flags in uniform flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Nadal</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUTAM symposium on "150 years of vortex dynamics"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">7th European Fluid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00426872v1</w:t>
+                <w:t xml:space="preserve">hal-00432879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flutter of a single flag or several parallel flags in uniform flow</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Dynamics of a fluid inside a precessing cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th European Fluid Mechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">IUTAM symposium on "150 years of vortex dynamics"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00432879v1</w:t>
+                <w:t xml:space="preserve">hal-00426872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flying, swimming and fluttering in 3D : Potential flow around a rectangular deformable plate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional stability analysis of a rectangular plate in an axial flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS March Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">FIV2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Prague, Czech Republic. pp.345-349</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00326223v1</w:t>
+                <w:t xml:space="preserve">hal-00326226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instability of a fluid inside a precessing cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop "Vortices and vortex sheets"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10167,273 +10167,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00426865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotating fluid cylinder submitted to a weak precession</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Etude de la stabilité d'un fluide dans un cylindre en précession</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">60th APS-DFD Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Salt Lake City, United States. pp.42</w:t>
+              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00426841v1</w:t>
+                <w:t xml:space="preserve">hal-03362143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la stabilité d'un fluide dans un cylindre en précession</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">Flag flutter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lagrange</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Chaos Complexity and Transport CCT07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03362143v1</w:t>
+                <w:t xml:space="preserve">hal-00326218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instabilité de battement d'un drapeau dans le vent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de Mécanique des fluides du LMM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10452,178 +10439,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00326210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flag flutter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Rotating fluid cylinder submitted to a weak precession</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Romain Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chaos Complexity and Transport CCT07</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Marseille, France</w:t>
+              <w:t xml:space="preserve">60th APS-DFD Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Salt Lake City, United States. pp.42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00326218v1</w:t>
+                <w:t xml:space="preserve">hal-00426841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flow inside a precessing cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euromech Fluid Mechanics Conference - 6, EFMC6</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10648,77 +10648,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonances inside a precessing cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th European Fluid Mechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10756,64 +10756,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental and theoretical study of flag flutter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Souilliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMECH EFMC6, juin 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10838,51 +10838,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instabilité de battement d'un drapeau: théorie et expérience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du LPMMH, ESPCI, France (21 avril 2006)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10901,260 +10901,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00084746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flutter of a Rectangular Cantilevered Plate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">An Experimental Study Of Flag Flutter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Souilliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2006 ASME Pressure Vessels and Piping Division Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2006, Vancouver, Canada. 10 p</w:t>
+              <w:t xml:space="preserve">, Jul 2006, Vancouver, Canada. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00084761v1</w:t>
+                <w:t xml:space="preserve">hal-00084756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Experimental Study Of Flag Flutter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flutter of a Rectangular Cantilevered Plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Souilliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2006 ASME Pressure Vessels and Piping Division Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2006, Vancouver, Canada. 8 p</w:t>
+              <w:t xml:space="preserve">, Jul 2006, Vancouver, Canada. 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00084756v1</w:t>
+                <w:t xml:space="preserve">hal-00084761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonances inside a precessing cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Devesvres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11192,51 +11192,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Battement d'un filament ou d'un drapeau dans le vent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de l'Unité de Mécanique, ENSTA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11255,165 +11255,139 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00021314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flutter instability of flags for different aspect ratios</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Instabilité de battement d'un drapeau: théorie et expériences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS 2005 58th Annual Meeting of the Division of Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Chicago, United States</w:t>
+              <w:t xml:space="preserve">Séminaire du Groupe 3 "Dynamique Quantique et Classique", Centre de Physique Théorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00021316v1</w:t>
+                <w:t xml:space="preserve">hal-00021313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instabilities inside a precessing cylinder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2005 APS Division of Fluid Dynamics - 58th Annual Meeting (DFD05)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11432,152 +11406,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00087194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instabilité de battement d'un drapeau: théorie et expériences</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Flutter instability of flags for different aspect ratios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Souilliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Groupe 3 "Dynamique Quantique et Classique", Centre de Physique Théorique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Marseille, France</w:t>
+              <w:t xml:space="preserve">APS 2005 58th Annual Meeting of the Division of Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00021313v1</w:t>
+                <w:t xml:space="preserve">hal-00021316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flutter instability of filaments and flags</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Souilliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Schouveiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BBVIV4 : Fourth Conference on Bluff Body Wakes and Vortex Induced Vibrations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Santorini, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11634,90 +11634,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wind acclimation (thigmomorphogenesis) and wind hazards as major drivers of the shaping of trees though evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Lacointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Plant Biomechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Montreal, Canada. </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11800,51 +11800,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'étude sur l'instabilité de précession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11894,103 +11894,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth anisotropy of the extracellular matrix drives mechanics in a developing organ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Harmansa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Erlich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Zurlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lecuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12021,51 +12021,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergence instability in an air-conveying soft tube: Analysis of static zig-zag shapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O.D. Donato Angulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12096,51 +12096,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinematics of the most efficient cilium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lauga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12171,51 +12171,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo's rule, self-similarity and wind-induced stresses in trees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12402,51 +12402,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775857v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Castro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eloy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ruffier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/adaab9" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478798v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Dibenedetto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Monthiller" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Mullineaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.251123" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343166v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Mecanna" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Loisy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/s10189-025-00522-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281195v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michelin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.325" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281211v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-024-01252-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245559v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Harmansa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Erlich" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Zurlo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lecuit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36739-y" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354531v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Redaelli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Candelier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Mehaddi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eloy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mehlig" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.650" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941236v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimi A. R. Koehl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Favier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.064502" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03494885v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bastien" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duchemin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17913" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887807v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Longo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cruz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sarrouy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ricciardi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2022.111995" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03938554v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689213v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Capanna" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ricciardi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Sarrouy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.433" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941214v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2022.0118" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372890v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donglai Gao" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Meunier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Diz&#232;s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.574" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534078v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Th&#233;ry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxuan Wang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia Dvoriashyna" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Elias" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM02207A" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02749468v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Safaie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Teresa Jurado-Parras" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Sarno" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Louis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corane Karoutchi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1921226117" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321993v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dur&#225;n Venegas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.03.022" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563566v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2019.110146" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064301v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenli Chen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Li" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2018.06.017" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691370v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chauveau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814732v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Filella" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nadal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sire" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kanso" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.198101" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01765397v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanle Yu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2017.09.010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829241v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2017.0976" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666921v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01765395v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lacointe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-00995-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283545v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lagrange" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2015.12.002" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283543v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Paraz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Schouveiler" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4939499" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01457065v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rizqie Arbie" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Ehrenstein" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283544v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Caussin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bartolo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.012134" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089470v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Lopez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Langre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/108/48002" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089474v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Arellano Castro" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Guillamot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cros" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2014.02.001" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QBCN3WFV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061617v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Liapis" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pantel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Nicolas-Chanoine" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cavali&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1469-0691.12727" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100310v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Marquillie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2013.0345" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089407v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12650-014-0208-3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089389v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2014.06.004" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ND6SMH1T-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919512v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.613" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947175v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lauga" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2013.370" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947176v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.064301" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01483566v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desroches" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Potier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laurent" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourrel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Doucet-Populaire" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkt085" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947163v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.561" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712270v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2012.02.008" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712267v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kofman" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2011.494" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712257v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauzade" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2010.09.002" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P9FSR828-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347572v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112010004040" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-CB6XTXND-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712260v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2010.12.007" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X5VK940H-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712241v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419260v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-009-9289-7" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-25N895TB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712236v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712231v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Buchak" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro M. Reis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.194301" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426880v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419245v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347583v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2963969" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326205v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326203v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Souilliez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S002211200800284X" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326201v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112008000335" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-3DHGMPLT-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341661v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertrand" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mouchot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jebabli" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bajolet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aho" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-008-0536-0" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZWVB53X8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140325v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2007.02.002" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZJSPQ5Q-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084775v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087116v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014491v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Le Gal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1878292" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021305v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112002002999" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-52N3JW88-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021306v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1345716" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021308v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021310v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.869872" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021309v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021311v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cl&#233;ment" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247471v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Cl&#233;ment" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1997155" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/32EC12A43F7F8EC97C9C53BA261569705693A361/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021307v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gurnis" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhong" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343192v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109448v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Chambon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Sanches" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Prothin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Michon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534158v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Capanna" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/T31124" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765318v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Duran Venegas" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534468v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Duran-Venegas" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leweke" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534169v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2017-65352" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294051v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rizqie Arbie" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100342v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919515v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4825474" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439729v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01147893v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781273v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426874v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432888v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Reis" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bush" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432893v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390952v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326226v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432882v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426845v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326220v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426849v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432891v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432884v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426872v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432879v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326223v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426865v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426841v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362143v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326210v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326218v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084749v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426780v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084750v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084746v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084761v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084756v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087209v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Devesvres" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021314v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021316v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087194v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021313v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021315v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909145v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiomech2018.com/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089256v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261653v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941175v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.D. Donato Angulo" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cros" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776281v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lauga" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712263v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478798v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Dibenedetto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Monthiller" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eloy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Mullineaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.251123" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343166v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Mecanna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Loisy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/s10189-025-00522-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281195v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michelin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.325" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775857v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Castro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ruffier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/adaab9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281211v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-024-01252-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354531v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Redaelli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Candelier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Mehaddi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Eloy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mehlig" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.650" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245559v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Harmansa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Erlich" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Zurlo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lecuit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36739-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887807v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Longo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cruz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sarrouy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ricciardi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2022.111995" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941236v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimi A. R. Koehl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Favier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.064502" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03494885v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bastien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duchemin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17913" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03938554v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941214v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2022.0118" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689213v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Capanna" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ricciardi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Sarrouy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.433" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372890v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donglai Gao" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Meunier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Diz&#232;s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.574" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534078v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Th&#233;ry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxuan Wang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia Dvoriashyna" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Elias" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM02207A" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02749468v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Safaie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Teresa Jurado-Parras" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Sarno" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Louis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corane Karoutchi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1921226117" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321993v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dur&#225;n Venegas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.03.022" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563566v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2019.110146" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829241v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2017.0976" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01765397v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanle Yu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2017.09.010" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814732v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Filella" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nadal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sire" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kanso" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.198101" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064301v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenli Chen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Li" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2018.06.017" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691370v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chauveau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666921v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01765395v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lacointe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-00995-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01457065v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rizqie Arbie" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Ehrenstein" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.645" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283545v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lagrange" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2015.12.002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283543v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Paraz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Schouveiler" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4939499" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283544v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Caussin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bartolo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.012134" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089474v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Arellano Castro" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Guillamot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cros" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2014.02.001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QBCN3WFV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061617v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Liapis" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pantel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Nicolas-Chanoine" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cavali&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1469-0691.12727" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100310v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Marquillie" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2013.0345" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089407v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12650-014-0208-3" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089389v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2014.06.004" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ND6SMH1T-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089470v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Lopez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Langre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/108/48002" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947175v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lauga" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2013.370" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947176v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.064301" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01483566v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desroches" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Potier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laurent" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourrel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Doucet-Populaire" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkt085" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947163v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.561" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919512v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.613" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712270v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2012.02.008" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712267v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kofman" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2011.494" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347572v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112010004040" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-CB6XTXND-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712260v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2010.12.007" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X5VK940H-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712241v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712257v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauzade" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2010.09.002" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P9FSR828-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419260v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-009-9289-7" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-25N895TB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712236v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712231v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Buchak" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro M. Reis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.194301" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419245v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426880v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347583v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2963969" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326205v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326203v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Souilliez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S002211200800284X" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326201v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112008000335" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-3DHGMPLT-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341661v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertrand" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mouchot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jebabli" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bajolet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aho" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-008-0536-0" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZWVB53X8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140325v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2007.02.002" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZJSPQ5Q-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084775v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087116v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014491v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Le Gal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1878292" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021305v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112002002999" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-52N3JW88-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021306v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1345716" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021308v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021310v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.869872" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021309v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247471v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Cl&#233;ment" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1997155" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/32EC12A43F7F8EC97C9C53BA261569705693A361/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021311v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cl&#233;ment" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021307v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gurnis" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhong" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343192v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109448v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Chambon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Sanches" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Prothin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Michon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534158v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Capanna" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/T31124" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765318v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Duran Venegas" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534468v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Duran-Venegas" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leweke" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534169v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2017-65352" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294051v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rizqie Arbie" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100342v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919515v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4825474" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439729v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01147893v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781273v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432888v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Reis" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bush" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426874v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432893v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390952v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432882v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326220v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426845v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426849v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432891v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432884v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326223v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432879v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426872v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326226v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426865v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362143v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326218v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326210v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426841v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084749v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426780v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084750v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084746v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084756v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084761v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087209v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Devesvres" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021314v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021313v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087194v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021316v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021315v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909145v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiomech2018.com/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089256v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261653v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941175v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.D. Donato Angulo" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cros" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776281v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lauga" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712263v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>