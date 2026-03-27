--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -2,52 +2,52 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christopher Gledhill </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CV Christopher GledhillFRProfesseur des universités en linguistique anglaise, UFR EILA, Université Paris CitéENProfessor of English Linguistics,  Applied Foreign Languages, Université Paris CitéEOProfesoro pri Angla Lingvistiko, Aplikaj Fremdaj Lingvoj, Université Paris Cité</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">christopher-gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7834-3511</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">070330034</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FRChristopher Gledhill a soutenu sa thèse en 1994 (Aston University, Grande-Bretagne) Il s’agissait d’une des premières études en linguistique de corpus à analyser la phraséologie et le comportement collocationnel des mots grammaticaux dans un corpus d’articles de recherche scientifiques. Ses travaux actuels portent sur l’analyse de discours spécialisés en anglais et en français, la phraséologie comparée, les langues auxiliaires internationales. Il est actuellement porteur d'un projet financé sur la négociation dans les discours ludiques (PoliMatrix GIS 2023-2024). Il mène toutes ces recherches dans le cadre théorique de la “Grammaire systémique fonctionnelle” de M.A.K. Halliday.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EOChristopher Gledhill estas diplomito de la Esperanto-Asocio de Britujo (la 18-an de julio 1986). Li estis volontulo de TEJO (UEA, Roterdamo 1989 – 1990). Inter siaj universitataj eldonoj, li verkis diversajn artikolojn en kaj pri Esperanto, kaj esperantigis la romanon “La Hobito” de J.R.R. Tolkien (du eldonoj 2000, 2015).  Ekde 2023 li estas kun Klaus Schubert ĉef-redaktoro de la revuo &amp;quot;Esperantologio / Esperanto Studies&amp;quot;. Krom sia universitata posteno, li estas tradukisto, reviziisto, eks-diplomita piloto, kaj kolektanto de hobioludoj (Civilisation, Diplomacy, ktp.)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Phraseology of Legal French and Legal Popularisation in France and Canada: A Corpus-Assisted Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bouyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (3), pp.107. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/languages9030107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des linguistes se penchent sur la terminologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Candel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Humbley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Samain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Mestivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Lexicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1 (124), pp.147-173. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17224-6.p.0147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04757046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Alternation between Complex Prepositions and Adverbial Prepositions in Esperanto, such as en la mezo de vs. meze de / en la kadro de vs. kadre de</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Investigationes Linguisticae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 47, pp.20-50. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14746/il.2023.47.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-machine interaction: how to integrate plain language rules in the revision cycles of Neural Machine Translation output</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Europa: European and Global Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, De Europa European and Global Studies Journal, Special Issue - 2022 (1), pp.149-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of the Book: Maradan, Mélanie. 2021. Uncertainty in Deliberate Lexical Interventions. Exploring Esperanto Speakers' Opinions through Corpora. Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esperantologio / Esperanto Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.110-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Linguistic Definition of ‘Simplified Medical English’: Applying Textometric Analysis to Cochrane Medical Abstracts and Their Plain Language Versions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Martikainen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Mestivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LCM - La Collana / The Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9788879169196, pp.91-114. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7359/919-2019-gled⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03190069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue commune, Cultures distinctes les illusions du ‘globish’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.67-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How trainee translators and their teachers deal with phraseological units in the ARTES database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mojca Pecman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Équivalences : Revue de traduction et de traductologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Des unités de traduction à l'unité de la traduction, 45 (1-2), pp.237-259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01997949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On alternating pre-modified and post-modified nominals such as &amp;lt;i&amp;gt;aspirin synthesis&amp;lt;/i&amp;gt; vs. &amp;lt;i&amp;gt;synthesis of aspirin&amp;lt;/i&amp;gt;: Rhetorical and cognitive packing in English science writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mojca Pecman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fachsprache</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1-2, pp.26-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexico-grammaire et textométrie : identification et visualisation de schémas lexico-grammaticaux caractéristiques dans deux corpus juridiques comparables en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Patin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02615941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What can linguistic approaches bring to English for Specific Purposes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Kübler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 69, pp.65-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Trainee Translators Analyse Lexico-Grammatical Patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Kübler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Social Sciences.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Special issue on Phraseology, Phraseodidactics and Construction Grammar(s) (ed. Maria Isabel González-Rey.), 11 (3), pp.162-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnieszka Leńko-Szymańska and Alex Boulton (eds.),Multiple Affordances of Language Corpora for Data-driven Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grammaire générative : une introduction critique et une confrontation avec le modèle systémique fonctionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amadis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Le Modèle, 9, pp.341-374</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The lexicogrammar approach to analysing phraseology and collocation in ESP texts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp (Anglais de Spécialité)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59, pp.05-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracting Collocations in Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Stefânescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LNAI 5603, Springer-Verlag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Responding to Information Society Challenges: New Advances in Hum an Language Technologies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un dictionnaire de collocations multilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todiraşcu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Heid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Ştefănescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Tufiş</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 33 (1), pp.172-196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracting collocations in context: the case of verb-noun constructions in English and Romanian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 41, pp.107-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les constructions verbo-nominales en français et en espéranto : un cas spécifique de « glissement phraséologique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für Französische Sprache und Literatur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 36, pp.71-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portée, Pivot, Paradigme : trois termes pour faire le point sur les expressions verbo-nominales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für Französische Sparche und Literatur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 35, pp.59-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocation, phrasème, dénomination : vers une théorie de la créativité phraséologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 43 (1), pp.65-90. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ling.431.0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qu’une unité phraséologique?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de l'Institut de Linguistique de Louvain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 31 (2-4), pp.11-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free-Range Clusters or Frozen Chunks? Reference as a Defining Criterion for Linguistic Units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 38, pp.25-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une Tournure peut en cacher une autre : l’innovation phraséologique dans Trainspotting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langues Modernes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 3, pp.68-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kial veraj sinonimoj ne ekzistas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esperanto en skotlando</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2 (2), pp.29-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Discourse function of collocation in research article introductions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English for Specific Purposes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 19, pp.115-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Collocations et la construction du savoir scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 15/18, pp.85-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocation and genre analysis. The Phraseology of grammatical items in cancer research articles and abstracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für Anglistik und Amerikanistik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 43 (1/1), pp.11-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regularity and representation in spelling: the case of Esperanto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Simplified Spelling Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 17 (1), pp.17-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polimatrix: Conversation Analysis as a Method for Evaluating Performance in Matrix Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lichao Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Zwarts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th European Conference on Games Based Learning, Levanger, Norway 1-3 Oct</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACI, Oct 2025, Levanger, Norway. pp.302-310, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34190/ecgbl.19.1.3887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05287267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPECTRANS Project Axe 4: Societal Impact: Integrating NMT Platforms in Specialised Translation Training Courses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Froeliger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEUROVIZ and SPECTRANS Closing Event</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Cité, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disseminating legal language for the general public: a corpus-based study of the discursive strategies used in English and French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bouyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et Langages juridiques. Traduction et traductologie, didactique et pédagogie. Colloque international de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Bordeaux, France. pp.349-369</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions sur l’impact de la traduction machine sur la formation des traducteurs spécialisés. Séminaire CLILLAC-ARP, Université Paris Diderot – Paris 7</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du laboratoire CLILLAC-ARP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLILLAC-ARP, Université Paris Diderot / Université de Paris, Apr 2019, Paris, France. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.14779.05922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Machine Translation on a Masters Course in Web Translation: From Disrupted Practice to a Qualitative Translation/Revision Workflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translating and the Computer 41</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AsLing, The International Association for Advancement in Language Technology, Nov 2019, London, United Kingdom. pp.60-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02522883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive packing and rhetorical packaging in English science writing: a comparative analysis of alternating pre-modified versus post-modified nominals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mojca Pecman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International de Linguistique GReG PLS IV ; "Marqueurs et structures, quelles articulations dans la (re)construction du sens ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe G.RE.G. EA CREA 370
-et UMR 7114 MoDyCo, Université Paris Ouest Nanterre La Défense, Nov 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01232748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the stop-words say it all: On the pivotal role of grammatical signs in lexical patterns, and the importance of lexical patterns in the phraseology of science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Corpus and LAnguage Variation In English Research (CLAVIER) 12, "Corpus and Genre in English for Academic Purposes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli Studi di Modena e Reggio Emilia, Apr 2012, Modena, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the distribution, discourse functions and contrastive phraseology of Equivalent Light Verb Expressions in English and French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Inter-Varietal Applied Corpus Studies, (IVACS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Leeds, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From an instance of phraseological innovation in Trainspotting to a theory of lexico-grammatical patterning and wording in systemic functional grammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd European Systemic Functional Linguistics Conference and Workshop (ESFLCW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Linguistic-Cultural Studies (CeSLiC) / Department of Modern Foreign Languages and Literatures, Universita di Bologna, Jul 2012, Bologne, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norme et politiques linguistiques dans les langues artificielles : le cas de l’espéranto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "Politiques linguistiques et langues autochtones d’enseignement dans l'Europe des vingt-sept"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Diderot, Paris 7, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The concepts of Phraseology, Lexicogrammar and Collocation applied to the business of Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaires du Rédacteur /Traducteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bretagne Occidentale, Mar 2012, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplified technical English: from the description of a new technolect to a critique of New New-speak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème Colloque du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFR Sciences SVT et Faculté de Médecine – Université de Bourgogne, Mar 2011, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A lexicogrammar approach to checking quality: Looking at one or two cases of comparative translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études "Méthodologies en matière d'assurance qualité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, organisée par Ilse Depraetere, STL UMR 8163 Université Charles-de-Gaulle Lille3, Feb 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lexicalisation d’une séquence inhabituelle en anglais : Predicateur /Ajout/ Complément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Savoirs Textes, Langage"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, STL UMR 8163, Université Charles-de-Gaulle - Lille 3, Feb 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocation and phraseology in English for Specific Purposes: a little bit of context and the current state of play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SAES, Atelier 23. Anglais de spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GERAS, May 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « Principe des Schtroumfs » ou : le rôle des signes grammaticaux dans la phraséologie du discours scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europhras2010 : Perspectives inte r-linguistiques et interculture lles en Phraséologie et Parémiologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de Lettres, Université de Grenade, Jun 2010, Grenade, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La collocation des signes grammaticaux dans les articles de recherche scientifiques : entre lexico-grammaire et phraséologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaires de recherche du groupe Corpus, Lexicologie, Terminologie, Langues Spécialisées et Traductologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris7 Diderot, Apr 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ajout post-verbal en anglais : séquence dérivée ou signe distinctif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Res per nomen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims Champagne Ardenne, May 2009, Reims, France. pp.90-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The lexicalisation of an unusual word order in English : Predicator-Adjunct-Complement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Linguistic &amp; Pyscholinguistic Approaches to Text Structuring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Paris, Sep 2009, Paris, France. pp.75-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocations en contexte: extraction et analyse contrastive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Texte et corpus 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Lorient, France. pp.137-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid Approach to Extracting and Classifying Verb+Noun Constructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Tufis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Heid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Stefânescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th edition of the Language Resources and Evaluation Conference (LREC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Sistem de Extrangere a Colocaţilor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Stefânescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Editura Universitâţii Alexandru Ioan Cuza</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Iaşi, Romania. pp.119-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracting collocations in context: the case of verb-noun constructions in Romanian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Stefânescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RANLP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Borovets, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les constructions verbo-nominales et le verbe pivot faire. Quelques implications pour la rédaction d’un dictionnaire multilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion de l’Association universitaire pour la francophonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut für Maschinelle Spracheverarbeitung, Jan 2007, Stuttgart, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La portée: seul dénominateur commun dans les constructions verbo-nominales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque, Res per nomen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims Champagne Ardenne, May 2007, Reims, France. pp.113-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocations en contexte: extraction et analyse contrastive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Heid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalin Mihăilă</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rousselot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Stefânescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau Lexicologie, Terminologie, Traduction : "Elaborer des dictionnaires en contexte multilingue" (LTT 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Tunis, Tunisie. pp.1-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complex predicate constructions based on the light verb faire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion de l’Association universitaire pour la francophonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, National Institute for Artificial Intelligence, Oct 2006, Bucarest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What can Discourse Analysts and Computational Linguists Learn from Automatic Text Analysis?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Advanced Study Group in Linguistics (JASGIL 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bâle, May 2006, Bâle, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Reference-based Theory of Phraseological Units: the Evidence of Fossils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Corpus Linguistics Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is Figment a figment of the imagination?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited conference, Circle of Upper Rhine Linguists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Marc Bloch, Jun 2005, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phraséologie du présent et du passé dans un corpus de textes scientifiques : vers une théorie de la colligation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles journées de l’ERLA (6), Le Temps dans les Textes de Spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bretagne Occidentale, Nov 2005, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une tournure peut en cacher une autre: l’innovation phraséologique dans Trainspottting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère Journée d’études de l’Equipe d’accueil 1339</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LILPA, Université Marc Bloch, Jun 2005, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reference as a Defining Criterion for Phraseological Units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Advanced Study Group in Linguistics (JASGIL 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Marc Bloch, Jun 2004, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VG versus VP: some evidence from Corpus Linguistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Advanced Study Group in Linguistics (JASGIL 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bâle, May 2003, Bâle, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjuncts and Where You Can’t Stick Them: Collocational Constraints on English and French Word Order</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Euro-International Systemic Functional Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, School of Modern Languages and Cultures, Université de Leeds, Jul 2003, Leeds, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les collocations et les langues de spécialité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaires du Rédacteur /Traducteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté des Lettres, Université de Bretagne Occidentale, Mar 2002, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Just How Grammatical are Grammatical Items? A Preliminary Study on Pattern Grammar In LSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English Language Research Seminars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Department of English, University of Birmingham, Nov 2001, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanto kaj Lingvistiko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">95-a Skota Esperanto Kongreso</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Community Hall Leith, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocations in a General and a Specialised Corpus of French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association For French Language Studies (AFLS) : Le français: perspectives à l’aube du vingt-et-unième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Laval, Québec, Aug 2000, Laval, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a description of English and French phraseology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The XXXIst Annual Meeting of the Societas Linguistica Europaea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Saint-Andrews, United Kingdom. pp.221-237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The phraseology of rhetoric, collocations and discourse in cancer research abstracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Multidisciplinary Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Hong Kong, Jun 1996, Hong-Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning a Genre as opposed to learning French. What can Corpus Linguistics tell us?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CALL Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Berlin, Germany. pp.124-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocation and the Rhetoric of Scientific Ideas. Corpus linguistics as a Methodology for Genre Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Report series of the Norwegian Computing Centre for the Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bergen, Jun 1996, Bergen, Norway. pp.111-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Analyse linguistique du discours scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée, Colloque franco-britannique sur la vulgarisation des sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Français de Londres / London Science Museum, Mar 1996, Londres, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation in Major's 1995 Keynote Speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISLS Workshop: Methodological approaches to the analysis of political texts.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1996, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03239977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Genre Analysis of Abstracting. The Discourse Function of Collocation in Cancer Research Abstracts and Articles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Systemic-Functional Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Ghent, Aug 1994, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phraseology and High Frequency Vocabulary in Scientific Prose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dyffryn 4th Conference on Vocabulary and Lexis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre for Applied Linguistics, University of Swansea, Mar 1994, Swansea, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La hobito, aŭ tien kaj reen (édition révisée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tolkien, John Ronald Reuel. Evertype, 250 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TESOL International Journal, 10/1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Mccabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 160 pp., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common Regional Framework for the Professional Insertion of Doctoral Candidates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle de recherche et d’Enseignement supérieur, 34 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Res per nomen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pauchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions et Presses universitaires de Reims, Publication du Centre interdisciplinaire de recherches sur les langues et la pensée, 320 p., 2008, 978-2-915271-26-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fundamentals of French syntax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lincom Europa, 11, 210 pp., 2003, Lincom Coursebooks in Linguistics, 3-8958-6754-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocations in science writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gunter Narr Verlag, 22, 270 pp., 2000, Language in Performance Series, 3-8233-4945-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Grammar of Esperanto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lincom Europa, 150 pp., 1998, 3-8958-6961-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La hobito, aŭ tien kaj reen (Translation from Tolkien, John Ronald Reuel) 2nd edition 2000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sezonoj, 224 p., 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Phraséologie et l’analyse des genres textuels. L’exemple des formules rhétoriques dans Le Monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aston University Publications, 2, 1994, Aston Papers in Language Studies and Discourse Analysis., John Gaffney, 1-8544-9151-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Game’s Afoot&amp;quot; (Shakespeare). Récit historique et dispositif ludique : un exemple de transmédia ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Farges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Françoise Richer-Rossi; Stéphane Patin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le transmédia dans les industries culturelles et créatives. Approches théoriques et pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Orbis Tertius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.31-82, 2024, 978-2-36783-421-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04863388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrer des plateformes de traduction automatique neuronale dans l’enseignement de la traduction spécialisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Froeliger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction humaine et traitement automatique des langues - Vers un nouveau consensus ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edizioni Ca Foscari, 2023, 978-88-6969-762-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact de la traduction automatique sur les pratiques langagières et professionnelles des apprentis-traducteurs : entre apports en efficacité et menaces pour la diversité des discours.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Claude Beacco; José Carlos Herreras; Christian Tremblay. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction automatique et usages sociaux des langues. Quelles conséquences pour la diversité linguistique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021 (3), </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire européen du plurilinguisme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.63-81, 2021, Plurilinguisme</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language diversity in the United Kingdom: a synthesis of the UK Census 2011 and the Language Rich Europe report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique linguistique et société, red. par José Carlos Herreras, Valenciennes, Presses universitaires de Valenciennes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-175, 2020, 978-2-36424-073-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274230v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phraseology and Lexicogrammatical Patterns in Two Emergent Paragame Genres Videogame Tutorials and Walkthroughs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrid Ensslin; Isabel Balteiro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approaches to Video-Game Discourse: Lexis, Interaction, Textuality. Bloomsbury Academic: Oxford, pp58-86.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bloomsbury Academic, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phraseological variation and its implications for translation: the role of ‘effect’ nouns in light verb and anaphoric constructions in French and English scientific discourse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translation as innovation. Bridging the Sciences and the Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalkey Archive Press, pp.65-95, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Phraseology of Grammatical Items in Lexico-grammatical Patterns and Science Writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paul Thompson; Giuliana Diani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English for Academic Purposes: Approaches and Implications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge Scholars Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-42, 2015, 978-1-4438-7439-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phraseology as a Measure of Emergent Norm: the Case of Esperanto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José-Carlos Herreras. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques linguistiques et langues autochtones d’enseignement dans l'Europe des vingt-sept</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Valenciennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.317-348, 2014, 978-2-36424-021-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From unusual word order to phraseological pattern: the case of Predicator + Adjunct + Complement in English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">René Daval; Emilia Hilgert; Thomas Nicklas; Daniel Thomières. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sens, formes, langage. Contributions en l’honneur de Pierre Frath</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EPUR : Presses universitaires de Reims</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.151-170, 2014, 9782915271836</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Discourse Functions and Contrastive Phraseology of Equivalent Light Verb Constructions Involving ‘make’ and ‘take’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. Beedham; W. Danks; E. Soselia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rules and Exceptions: Using Exceptions for Empirical Research in Theoretical Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.175-227, 2014, 978-3-0343-0782-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Discourse Function of Collocation in Research Article Introductions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Douglas Biber; Randi Reppen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Benchmarks in language and linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Sage Publications, pp.23-45, 2012, Lexical Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A lexicogrammar approach to checking quality: Looking at one or two cases of comparative translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depraetere, Ilse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives on Translation Quality (Text, Translation, Computational Processing 9)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouton de Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-98, 2011, 978-3-11-025988-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frazeologio, kunokazemo kaj leksiko-gramatiko : La ekzemplo de predikato-komplemento esprimoj en Esperanto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Detlev Blanke; Ulrich Lins. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La arto labori kune. Festlibro por Humphrey Tonkin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universala Esperanto-Asocio, pp.323-338, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colligation and the cohesive function of present and past tense in the scientific research article</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David Banks. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Temps et les Textes de spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, pp.65-84, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The semantics and pragmatics of the possessive determiner (translated from Kleiber, G., 2008)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Müller, H.H.; Klinge, A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essays on Nominal Determination: From morphology to discourse management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins Company, pp.309-336, 2008, Essays on Nominal Determination, Amsterdam-Philadelphia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problems of adverbial placement in learner English and the British National Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David Allerton; Cornelia Tschirhold; Judith Wieser. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics, language learning and language teaching (ICSELL 10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schwabe, pp.85-104, 2005, ISBN 3-7965-2065-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning a Genre as opposed to learning French. What can Corpus Linguistics tell us? In W. Geertz, & L. Calvi (eds.), CALL, Culture and the Language Curriculum, 124-137. Berlin : Springer Verlag. ISBN 3-5407-6192-6. (PDF) CALL and Cultural Sudies in the Language Curriculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">W. Geertz, &amp; L. Calvi </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CALL, Culture and the Language Curriculum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Verlag, pp.124-137, 1998, 3-5407-6192-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03239949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science as a collocation. Phraseology in cancer research articles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Botley; J. Glass; T. McEnery; A. Wilson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCREL Technical Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, pp.108-126, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Machine Interaction: How to Integrate Plain Language Rules in the Revision Cycles of Neural Machine Translation (NMT) output. Conférence Linguistic Rights and Language Varieties in Europe in the Age of AI, Università di Torino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04014843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les étudiants révisent-ils les sorties de la traduction automatique neuronale ? Quelques réflexions sur l'application des directives de la DGT et l’impact de l'anglais lingua franca sur les processus de traduction. #TranslatingEurope Workshop L’intelligenza artificiale per la traduzione: verso una nuova progettazione didattica?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.23770.82881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04014735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse textométrique de l’anglais médical simplifie. Comparaison entre corpus de titres des revues systématiques Cochrane et de leurs versions simplifiées. Journée d'études &amp;quot;Les institutions et les médias aujourd’hui : de l’analyse du discours à la traduction&amp;quot;, ISIT-Unimi, Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Mestivier (volanschi)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Martikainen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la distribution, les fonctions discursives et la phraséologie contrastive des constructions à verbe léger en anglais et en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Carnet, Jean-Pierre Charpy & Philip Bastable, 2010, L'article de recherche scientifique en anglais. Guide pratique à l’usage des Sciences de la vie et de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, pp.139-141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La collocation des signes fonctionnels dans les articles de recherche scientifiques: entre lexico-grammaire et phraséologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banks, David. 2005. Introduction à la linguistique systémique fonctionnelle de l’anglais. Paris : L’Harmattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tonkin, Humphrey. 1997. Esperanto, Interlinguistics and Planned Languages (New York: University Press of America)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000, pp.1167-1168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Verb Systems and the Morphology of Tense. Review of Touratier Christian. 1996. Le système verbal français. Paris: Armand Colin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reform through International Auxiliary Languages. Review of R. Craig & A. Alexander, 1996, Lango, Douglas: Isle of Man</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998, pp.30-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espéranto, protolangue et interlangue pour interlinguistes. Communication dans le cadre de la &amp;quot;Journée Interlangue et langue universelle&amp;quot; organisée par les laboratoires Histoires des Théories Linguistiques / Institut des Humanités, 8 mars 2014, Université Paris Diderot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCIENTIFIC INNOVATION AND THE PHRASEOLOGY OF RHETORIC. POSTURE, REFORMULATION AND COLLOCATION IN CANCER RESEARCH ARTICLES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistics. Aston University, 1995. English. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03240039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le signe et le syntagme : entre phraséologie et lexico-grammaire. Une synthèse du modèle systémique fonctionnel de Michael Halliday et de la théorie sémiotique de Charles S. Peirce.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université de Bretagne Occidentale, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03242458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic functional linguistics and English language teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Mccabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TESOL International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10 (1), pp.1-10, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId177"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christopher Gledhill </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CV Christopher GledhillFRProfesseur des universités en linguistique anglaise, UFR EILA, Université Paris CitéENProfessor of English Linguistics,  Applied Foreign Languages, Université Paris CitéEOProfesoro pri Angla Lingvistiko, Aplikaj Fremdaj Lingvoj, Université Paris Cité</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">christopher-gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7834-3511</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">070330034</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FRChristopher Gledhill a soutenu sa thèse en 1994 (Aston University, Grande-Bretagne) Il s’agissait d’une des premières études en linguistique de corpus à analyser la phraséologie et le comportement collocationnel des mots grammaticaux dans un corpus d’articles de recherche scientifiques. Ses travaux actuels portent sur l’analyse de discours spécialisés en anglais et en français, la phraséologie comparée, les langues auxiliaires internationales. Il est actuellement porteur d'un projet financé sur la négociation dans les discours ludiques (PoliMatrix GIS 2023-2024). Il mène toutes ces recherches dans le cadre théorique de la “Grammaire systémique fonctionnelle” de M.A.K. Halliday.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EOChristopher Gledhill estas diplomito de la Esperanto-Asocio de Britujo (la 18-an de julio 1986). Li estis volontulo de TEJO (UEA, Roterdamo 1989 – 1990). Inter siaj universitataj eldonoj, li verkis diversajn artikolojn en kaj pri Esperanto, kaj esperantigis la romanon “La Hobito” de J.R.R. Tolkien (du eldonoj 2000, 2015).  Ekde 2023 li estas kun Klaus Schubert ĉef-redaktoro de la revuo &amp;quot;Esperantologio / Esperanto Studies&amp;quot;. Krom sia universitata posteno, li estas tradukisto, reviziisto, eks-diplomita piloto, kaj kolektanto de hobioludoj (Civilisation, Diplomacy, ktp.)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Phraseology of Legal French and Legal Popularisation in France and Canada: A Corpus-Assisted Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bouyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (3), pp.107. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/languages9030107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des linguistes se penchent sur la terminologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Candel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Humbley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Samain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Mestivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Lexicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1 (124), pp.147-173. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17224-6.p.0147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04757046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Alternation between Complex Prepositions and Adverbial Prepositions in Esperanto, such as en la mezo de vs. meze de / en la kadro de vs. kadre de</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Investigationes Linguisticae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 47, pp.20-50. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14746/il.2023.47.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-machine interaction: how to integrate plain language rules in the revision cycles of Neural Machine Translation output</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Europa: European and Global Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, De Europa European and Global Studies Journal, Special Issue - 2022 (1), pp.149-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of the Book: Maradan, Mélanie. 2021. Uncertainty in Deliberate Lexical Interventions. Exploring Esperanto Speakers' Opinions through Corpora. Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esperantologio / Esperanto Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.110-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Linguistic Definition of ‘Simplified Medical English’: Applying Textometric Analysis to Cochrane Medical Abstracts and Their Plain Language Versions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Martikainen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Mestivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LCM - La Collana / The Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9788879169196, pp.91-114. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7359/919-2019-gled⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03190069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue commune, Cultures distinctes les illusions du ‘globish’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.67-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On alternating pre-modified and post-modified nominals such as &amp;lt;i&amp;gt;aspirin synthesis&amp;lt;/i&amp;gt; vs. &amp;lt;i&amp;gt;synthesis of aspirin&amp;lt;/i&amp;gt;: Rhetorical and cognitive packing in English science writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mojca Pecman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fachsprache</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1-2, pp.26-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How trainee translators and their teachers deal with phraseological units in the ARTES database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mojca Pecman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Équivalences : Revue de traduction et de traductologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Des unités de traduction à l'unité de la traduction, 45 (1-2), pp.237-259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01997949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexico-grammaire et textométrie : identification et visualisation de schémas lexico-grammaticaux caractéristiques dans deux corpus juridiques comparables en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Patin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02615941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What can linguistic approaches bring to English for Specific Purposes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Kübler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 69, pp.65-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Trainee Translators Analyse Lexico-Grammatical Patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Kübler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Social Sciences.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Special issue on Phraseology, Phraseodidactics and Construction Grammar(s) (ed. Maria Isabel González-Rey.), 11 (3), pp.162-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnieszka Leńko-Szymańska and Alex Boulton (eds.),Multiple Affordances of Language Corpora for Data-driven Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The lexicogrammar approach to analysing phraseology and collocation in ESP texts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp (Anglais de Spécialité)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59, pp.05-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grammaire générative : une introduction critique et une confrontation avec le modèle systémique fonctionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amadis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Le Modèle, 9, pp.341-374</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracting Collocations in Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Stefânescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LNAI 5603, Springer-Verlag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Responding to Information Society Challenges: New Advances in Hum an Language Technologies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracting collocations in context: the case of verb-noun constructions in English and Romanian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 41, pp.107-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un dictionnaire de collocations multilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todiraşcu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Heid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Ştefănescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Tufiş</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 33 (1), pp.172-196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les constructions verbo-nominales en français et en espéranto : un cas spécifique de « glissement phraséologique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für Französische Sprache und Literatur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 36, pp.71-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portée, Pivot, Paradigme : trois termes pour faire le point sur les expressions verbo-nominales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für Französische Sparche und Literatur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 35, pp.59-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocation, phrasème, dénomination : vers une théorie de la créativité phraséologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 43 (1), pp.65-90. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ling.431.0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free-Range Clusters or Frozen Chunks? Reference as a Defining Criterion for Linguistic Units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 38, pp.25-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qu’une unité phraséologique?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de l'Institut de Linguistique de Louvain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 31 (2-4), pp.11-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une Tournure peut en cacher une autre : l’innovation phraséologique dans Trainspotting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langues Modernes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 3, pp.68-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kial veraj sinonimoj ne ekzistas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esperanto en skotlando</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2 (2), pp.29-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Discourse function of collocation in research article introductions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English for Specific Purposes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 19, pp.115-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Collocations et la construction du savoir scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASp - La revue du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 15/18, pp.85-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocation and genre analysis. The Phraseology of grammatical items in cancer research articles and abstracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für Anglistik und Amerikanistik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 43 (1/1), pp.11-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regularity and representation in spelling: the case of Esperanto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Simplified Spelling Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 17 (1), pp.17-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polimatrix: Conversation Analysis as a Method for Evaluating Performance in Matrix Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lichao Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Zwarts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th European Conference on Games Based Learning, Levanger, Norway 1-3 Oct</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACI, Oct 2025, Levanger, Norway. pp.302-310, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34190/ecgbl.19.1.3887⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05287267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPECTRANS Project Axe 4: Societal Impact: Integrating NMT Platforms in Specialised Translation Training Courses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Froeliger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEUROVIZ and SPECTRANS Closing Event</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Cité, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disseminating legal language for the general public: a corpus-based study of the discursive strategies used in English and French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bouyé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et Langages juridiques. Traduction et traductologie, didactique et pédagogie. Colloque international de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Bordeaux, France. pp.349-369</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions sur l’impact de la traduction machine sur la formation des traducteurs spécialisés. Séminaire CLILLAC-ARP, Université Paris Diderot – Paris 7</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du laboratoire CLILLAC-ARP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLILLAC-ARP, Université Paris Diderot / Université de Paris, Apr 2019, Paris, France. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.14779.05922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Machine Translation on a Masters Course in Web Translation: From Disrupted Practice to a Qualitative Translation/Revision Workflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translating and the Computer 41</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AsLing, The International Association for Advancement in Language Technology, Nov 2019, London, United Kingdom. pp.60-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02522883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive packing and rhetorical packaging in English science writing: a comparative analysis of alternating pre-modified versus post-modified nominals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mojca Pecman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International de Linguistique GReG PLS IV ; "Marqueurs et structures, quelles articulations dans la (re)construction du sens ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe G.RE.G. EA CREA 370
+et UMR 7114 MoDyCo, Université Paris Ouest Nanterre La Défense, Nov 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01232748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The concepts of Phraseology, Lexicogrammar and Collocation applied to the business of Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaires du Rédacteur /Traducteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bretagne Occidentale, Mar 2012, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From an instance of phraseological innovation in Trainspotting to a theory of lexico-grammatical patterning and wording in systemic functional grammar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd European Systemic Functional Linguistics Conference and Workshop (ESFLCW)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Linguistic-Cultural Studies (CeSLiC) / Department of Modern Foreign Languages and Literatures, Universita di Bologna, Jul 2012, Bologne, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the distribution, discourse functions and contrastive phraseology of Equivalent Light Verb Expressions in English and French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Inter-Varietal Applied Corpus Studies, (IVACS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Leeds, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the stop-words say it all: On the pivotal role of grammatical signs in lexical patterns, and the importance of lexical patterns in the phraseology of science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Corpus and LAnguage Variation In English Research (CLAVIER) 12, "Corpus and Genre in English for Academic Purposes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli Studi di Modena e Reggio Emilia, Apr 2012, Modena, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norme et politiques linguistiques dans les langues artificielles : le cas de l’espéranto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "Politiques linguistiques et langues autochtones d’enseignement dans l'Europe des vingt-sept"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Diderot, Paris 7, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplified technical English: from the description of a new technolect to a critique of New New-speak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème Colloque du GERAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFR Sciences SVT et Faculté de Médecine – Université de Bourgogne, Mar 2011, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « Principe des Schtroumfs » ou : le rôle des signes grammaticaux dans la phraséologie du discours scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europhras2010 : Perspectives inte r-linguistiques et interculture lles en Phraséologie et Parémiologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de Lettres, Université de Grenade, Jun 2010, Grenade, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lexicalisation d’une séquence inhabituelle en anglais : Predicateur /Ajout/ Complément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Savoirs Textes, Langage"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, STL UMR 8163, Université Charles-de-Gaulle - Lille 3, Feb 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocation and phraseology in English for Specific Purposes: a little bit of context and the current state of play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SAES, Atelier 23. Anglais de spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GERAS, May 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A lexicogrammar approach to checking quality: Looking at one or two cases of comparative translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études "Méthodologies en matière d'assurance qualité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, organisée par Ilse Depraetere, STL UMR 8163 Université Charles-de-Gaulle Lille3, Feb 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The lexicalisation of an unusual word order in English : Predicator-Adjunct-Complement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Linguistic &amp; Pyscholinguistic Approaches to Text Structuring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Paris, Sep 2009, Paris, France. pp.75-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La collocation des signes grammaticaux dans les articles de recherche scientifiques : entre lexico-grammaire et phraséologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaires de recherche du groupe Corpus, Lexicologie, Terminologie, Langues Spécialisées et Traductologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris7 Diderot, Apr 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ajout post-verbal en anglais : séquence dérivée ou signe distinctif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Res per nomen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims Champagne Ardenne, May 2009, Reims, France. pp.90-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid Approach to Extracting and Classifying Verb+Noun Constructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Tufis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Heid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Stefânescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th edition of the Language Resources and Evaluation Conference (LREC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocations en contexte: extraction et analyse contrastive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Texte et corpus 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Lorient, France. pp.137-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocations en contexte: extraction et analyse contrastive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Heid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalin Mihăilă</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rousselot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Stefânescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau Lexicologie, Terminologie, Traduction : "Elaborer des dictionnaires en contexte multilingue" (LTT 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Tunis, Tunisie. pp.1-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracting collocations in context: the case of verb-noun constructions in Romanian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Stefânescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RANLP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Borovets, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Sistem de Extrangere a Colocaţilor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Stefânescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Editura Universitâţii Alexandru Ioan Cuza</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Iaşi, Romania. pp.119-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les constructions verbo-nominales et le verbe pivot faire. Quelques implications pour la rédaction d’un dictionnaire multilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion de l’Association universitaire pour la francophonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut für Maschinelle Spracheverarbeitung, Jan 2007, Stuttgart, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La portée: seul dénominateur commun dans les constructions verbo-nominales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque, Res per nomen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims Champagne Ardenne, May 2007, Reims, France. pp.113-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What can Discourse Analysts and Computational Linguists Learn from Automatic Text Analysis?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Advanced Study Group in Linguistics (JASGIL 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bâle, May 2006, Bâle, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complex predicate constructions based on the light verb faire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion de l’Association universitaire pour la francophonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, National Institute for Artificial Intelligence, Oct 2006, Bucarest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Reference-based Theory of Phraseological Units: the Evidence of Fossils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Corpus Linguistics Conference Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is Figment a figment of the imagination?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited conference, Circle of Upper Rhine Linguists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Marc Bloch, Jun 2005, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phraséologie du présent et du passé dans un corpus de textes scientifiques : vers une théorie de la colligation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles journées de l’ERLA (6), Le Temps dans les Textes de Spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bretagne Occidentale, Nov 2005, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une tournure peut en cacher une autre: l’innovation phraséologique dans Trainspottting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère Journée d’études de l’Equipe d’accueil 1339</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LILPA, Université Marc Bloch, Jun 2005, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reference as a Defining Criterion for Phraseological Units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Advanced Study Group in Linguistics (JASGIL 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Marc Bloch, Jun 2004, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjuncts and Where You Can’t Stick Them: Collocational Constraints on English and French Word Order</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Euro-International Systemic Functional Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, School of Modern Languages and Cultures, Université de Leeds, Jul 2003, Leeds, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VG versus VP: some evidence from Corpus Linguistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Advanced Study Group in Linguistics (JASGIL 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bâle, May 2003, Bâle, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les collocations et les langues de spécialité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaires du Rédacteur /Traducteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté des Lettres, Université de Bretagne Occidentale, Mar 2002, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Just How Grammatical are Grammatical Items? A Preliminary Study on Pattern Grammar In LSP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English Language Research Seminars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Department of English, University of Birmingham, Nov 2001, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanto kaj Lingvistiko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">95-a Skota Esperanto Kongreso</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Community Hall Leith, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocations in a General and a Specialised Corpus of French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association For French Language Studies (AFLS) : Le français: perspectives à l’aube du vingt-et-unième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Laval, Québec, Aug 2000, Laval, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a description of English and French phraseology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The XXXIst Annual Meeting of the Societas Linguistica Europaea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Saint-Andrews, United Kingdom. pp.221-237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The phraseology of rhetoric, collocations and discourse in cancer research abstracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Multidisciplinary Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Hong Kong, Jun 1996, Hong-Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning a Genre as opposed to learning French. What can Corpus Linguistics tell us?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CALL Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Berlin, Germany. pp.124-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Analyse linguistique du discours scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence invitée, Colloque franco-britannique sur la vulgarisation des sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Français de Londres / London Science Museum, Mar 1996, Londres, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocation and the Rhetoric of Scientific Ideas. Corpus linguistics as a Methodology for Genre Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Report series of the Norwegian Computing Centre for the Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bergen, Jun 1996, Bergen, Norway. pp.111-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation in Major's 1995 Keynote Speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISLS Workshop: Methodological approaches to the analysis of political texts.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1996, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03239977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Genre Analysis of Abstracting. The Discourse Function of Collocation in Cancer Research Abstracts and Articles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Systemic-Functional Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Ghent, Aug 1994, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phraseology and High Frequency Vocabulary in Scientific Prose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dyffryn 4th Conference on Vocabulary and Lexis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre for Applied Linguistics, University of Swansea, Mar 1994, Swansea, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La hobito, aŭ tien kaj reen (édition révisée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tolkien, John Ronald Reuel. Evertype, 250 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TESOL International Journal, 10/1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Mccabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 160 pp., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common Regional Framework for the Professional Insertion of Doctoral Candidates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle de recherche et d’Enseignement supérieur, 34 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Res per nomen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Frath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pauchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions et Presses universitaires de Reims, Publication du Centre interdisciplinaire de recherches sur les langues et la pensée, 320 p., 2008, 978-2-915271-26-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fundamentals of French syntax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lincom Europa, 11, 210 pp., 2003, Lincom Coursebooks in Linguistics, 3-8958-6754-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocations in science writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gunter Narr Verlag, 22, 270 pp., 2000, Language in Performance Series, 3-8233-4945-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Grammar of Esperanto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lincom Europa, 150 pp., 1998, 3-8958-6961-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La hobito, aŭ tien kaj reen (Translation from Tolkien, John Ronald Reuel) 2nd edition 2000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sezonoj, 224 p., 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Phraséologie et l’analyse des genres textuels. L’exemple des formules rhétoriques dans Le Monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aston University Publications, 2, 1994, Aston Papers in Language Studies and Discourse Analysis., John Gaffney, 1-8544-9151-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Game’s Afoot&amp;quot; (Shakespeare). Récit historique et dispositif ludique : un exemple de transmédia ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Farges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Françoise Richer-Rossi; Stéphane Patin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le transmédia dans les industries culturelles et créatives. Approches théoriques et pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Orbis Tertius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.31-82, 2024, 978-2-36783-421-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04863388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrer des plateformes de traduction automatique neuronale dans l’enseignement de la traduction spécialisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Froeliger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction humaine et traitement automatique des langues - Vers un nouveau consensus ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edizioni Ca Foscari, 2023, 978-88-6969-762-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact de la traduction automatique sur les pratiques langagières et professionnelles des apprentis-traducteurs : entre apports en efficacité et menaces pour la diversité des discours.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Claude Beacco; José Carlos Herreras; Christian Tremblay. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction automatique et usages sociaux des langues. Quelles conséquences pour la diversité linguistique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021 (3), </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire européen du plurilinguisme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.63-81, 2021, Plurilinguisme</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language diversity in the United Kingdom: a synthesis of the UK Census 2011 and the Language Rich Europe report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politique linguistique et société, red. par José Carlos Herreras, Valenciennes, Presses universitaires de Valenciennes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-175, 2020, 978-2-36424-073-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274230v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phraseology and Lexicogrammatical Patterns in Two Emergent Paragame Genres Videogame Tutorials and Walkthroughs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrid Ensslin; Isabel Balteiro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approaches to Video-Game Discourse: Lexis, Interaction, Textuality. Bloomsbury Academic: Oxford, pp58-86.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bloomsbury Academic, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03274243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phraseological variation and its implications for translation: the role of ‘effect’ nouns in light verb and anaphoric constructions in French and English scientific discourse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translation as innovation. Bridging the Sciences and the Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalkey Archive Press, pp.65-95, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Phraseology of Grammatical Items in Lexico-grammatical Patterns and Science Writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paul Thompson; Giuliana Diani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">English for Academic Purposes: Approaches and Implications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge Scholars Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-42, 2015, 978-1-4438-7439-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From unusual word order to phraseological pattern: the case of Predicator + Adjunct + Complement in English</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">René Daval; Emilia Hilgert; Thomas Nicklas; Daniel Thomières. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sens, formes, langage. Contributions en l’honneur de Pierre Frath</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EPUR : Presses universitaires de Reims</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.151-170, 2014, 9782915271836</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Discourse Functions and Contrastive Phraseology of Equivalent Light Verb Constructions Involving ‘make’ and ‘take’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. Beedham; W. Danks; E. Soselia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rules and Exceptions: Using Exceptions for Empirical Research in Theoretical Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.175-227, 2014, 978-3-0343-0782-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phraseology as a Measure of Emergent Norm: the Case of Esperanto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José-Carlos Herreras. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques linguistiques et langues autochtones d’enseignement dans l'Europe des vingt-sept</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Valenciennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.317-348, 2014, 978-2-36424-021-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Discourse Function of Collocation in Research Article Introductions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Douglas Biber; Randi Reppen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Benchmarks in language and linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Sage Publications, pp.23-45, 2012, Lexical Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A lexicogrammar approach to checking quality: Looking at one or two cases of comparative translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depraetere, Ilse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives on Translation Quality (Text, Translation, Computational Processing 9)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouton de Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-98, 2011, 978-3-11-025988-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frazeologio, kunokazemo kaj leksiko-gramatiko : La ekzemplo de predikato-komplemento esprimoj en Esperanto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Detlev Blanke; Ulrich Lins. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La arto labori kune. Festlibro por Humphrey Tonkin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universala Esperanto-Asocio, pp.323-338, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colligation and the cohesive function of present and past tense in the scientific research article</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David Banks. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Temps et les Textes de spécialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, pp.65-84, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The semantics and pragmatics of the possessive determiner (translated from Kleiber, G., 2008)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Kleiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Müller, H.H.; Klinge, A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essays on Nominal Determination: From morphology to discourse management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins Company, pp.309-336, 2008, Essays on Nominal Determination, Amsterdam-Philadelphia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problems of adverbial placement in learner English and the British National Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David Allerton; Cornelia Tschirhold; Judith Wieser. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics, language learning and language teaching (ICSELL 10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schwabe, pp.85-104, 2005, ISBN 3-7965-2065-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning a Genre as opposed to learning French. What can Corpus Linguistics tell us? In W. Geertz, & L. Calvi (eds.), CALL, Culture and the Language Curriculum, 124-137. Berlin : Springer Verlag. ISBN 3-5407-6192-6. (PDF) CALL and Cultural Sudies in the Language Curriculum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">W. Geertz, &amp; L. Calvi </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CALL, Culture and the Language Curriculum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Verlag, pp.124-137, 1998, 3-5407-6192-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03239949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science as a collocation. Phraseology in cancer research articles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Botley; J. Glass; T. McEnery; A. Wilson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCREL Technical Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, pp.108-126, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Machine Interaction: How to Integrate Plain Language Rules in the Revision Cycles of Neural Machine Translation (NMT) output. Conférence Linguistic Rights and Language Varieties in Europe in the Age of AI, Università di Torino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04014843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les étudiants révisent-ils les sorties de la traduction automatique neuronale ? Quelques réflexions sur l'application des directives de la DGT et l’impact de l'anglais lingua franca sur les processus de traduction. #TranslatingEurope Workshop L’intelligenza artificiale per la traduzione: verso una nuova progettazione didattica?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina-Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.23770.82881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04014735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse textométrique de l’anglais médical simplifie. Comparaison entre corpus de titres des revues systématiques Cochrane et de leurs versions simplifiées. Journée d'études &amp;quot;Les institutions et les médias aujourd’hui : de l’analyse du discours à la traduction&amp;quot;, ISIT-Unimi, Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Mestivier (volanschi)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Martikainen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Zimina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la distribution, les fonctions discursives et la phraséologie contrastive des constructions à verbe léger en anglais et en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Carnet, Jean-Pierre Charpy & Philip Bastable, 2010, L'article de recherche scientifique en anglais. Guide pratique à l’usage des Sciences de la vie et de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, pp.139-141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La collocation des signes fonctionnels dans les articles de recherche scientifiques: entre lexico-grammaire et phraséologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banks, David. 2005. Introduction à la linguistique systémique fonctionnelle de l’anglais. Paris : L’Harmattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tonkin, Humphrey. 1997. Esperanto, Interlinguistics and Planned Languages (New York: University Press of America)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000, pp.1167-1168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reform through International Auxiliary Languages. Review of R. Craig & A. Alexander, 1996, Lango, Douglas: Isle of Man</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998, pp.30-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Verb Systems and the Morphology of Tense. Review of Touratier Christian. 1996. Le système verbal français. Paris: Armand Colin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espéranto, protolangue et interlangue pour interlinguistes. Communication dans le cadre de la &amp;quot;Journée Interlangue et langue universelle&amp;quot; organisée par les laboratoires Histoires des Théories Linguistiques / Institut des Humanités, 8 mars 2014, Université Paris Diderot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCIENTIFIC INNOVATION AND THE PHRASEOLOGY OF RHETORIC. POSTURE, REFORMULATION AND COLLOCATION IN CANCER RESEARCH ARTICLES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistics. Aston University, 1995. English. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03240039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le signe et le syntagme : entre phraséologie et lexico-grammaire. Une synthèse du modèle systémique fonctionnel de Michael Halliday et de la théorie sémiotique de Charles S. Peirce.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université de Bretagne Occidentale, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03242458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic functional linguistics and English language teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Mccabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Gledhill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TESOL International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10 (1), pp.1-10, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId177"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -108,51 +108,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="03A357FC"/>
+    <w:nsid w:val="EB21CBED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -339,51 +339,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christopher-gledhill" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7834-3511" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070330034" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04595282v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouy&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Gledhill" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages9030107" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04757046v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Candel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Humbley" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Samain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jorge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mestivier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17224-6.p.0147" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04595269v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/il.2023.47.2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050523v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zimina-Poirot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04595288v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03190069v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Martikainen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7359/919-2019-gled" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03274235v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01997949v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojca Pecman" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01726100v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02615941v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Patin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01322383v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie K&#252;bler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220038v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220765v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220332v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220043v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220046v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Todirascu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Stef&#226;nescu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220294v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Todira&#351;cu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Heid" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan &#350;tef&#259;nescu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Tufi&#351;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220290v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220287v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220285v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220295v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frath" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ling.431.0063" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220309v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220302v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220312v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220333v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220317v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220322v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220327v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220375v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05287267v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lichao Zhu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Zwarts" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34190/ecgbl.19.1.3887" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082536v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Froeliger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050459v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082730v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.14779.05922" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02522883v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01232748v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220631v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220648v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220652v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220650v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220751v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220668v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220677v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220681v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220683v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220684v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220689v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220388v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220391v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220395v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220400v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Tufis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220407v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220405v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220691v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220408v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220415v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin Mih&#259;il&#259;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousselot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220700v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220697v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220418v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220754v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220705v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220707v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220708v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220710v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220711v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220759v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220758v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220383v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220712v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220420v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220423v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220425v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220621v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220761v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03239977v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Gledhill" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220715v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220717v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220768v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220747v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mccabe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Liu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220769v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220748v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pauchard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01219974v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01219992v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220008v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220774v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220628v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04863388v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Farges" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editionsorbistertius.com/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04420421v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03511177v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.observatoireplurilinguisme.eu/les-actions/collection-plurilinguisme/15110-traduction-automatique-et-usages-sociaux-des-langues-quelle-cons%C3%A9quences-pour-la-diversit%C3%A9-linguistique" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03274230v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03274243v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220764v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220012v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/english-for-academic-purposes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220025v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pu-valenciennes.fr/euro05.htm" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220013v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-reims.fr/site/editions-et-presses-universitaires-de-reims/dernieres-parutions,9057,17051.html?/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220023v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peterlang.com/index.cfm?event=cmp.ccc.seitenstruktur.detailseiten&amp;amp;seitentyp=produkt&amp;amp;pk=63004" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220026v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220031v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eila.univ-paris-diderot.fr/_media/user/christopher_gledhill/lexicogrammar_approach_to_translation_draft_gledhill.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220033v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220034v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220771v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kleiber" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220036v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03239949v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220426v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014843v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zimina" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014735v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.23770.82881" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015197v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mestivier (volanschi)" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220749v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220781v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220752v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220782v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220784v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220786v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220789v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03282208v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/tel-03240039v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03242458v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220040v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christopher-gledhill" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7834-3511" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070330034" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04595282v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouy&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Gledhill" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages9030107" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04757046v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Candel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Humbley" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Samain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jorge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mestivier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17224-6.p.0147" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04595269v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/il.2023.47.2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050523v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zimina-Poirot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04595288v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03190069v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Martikainen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7359/919-2019-gled" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03274235v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01726100v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojca Pecman" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01997949v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02615941v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Patin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01322383v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie K&#252;bler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220038v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220765v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220043v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220332v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220046v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Todirascu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Stef&#226;nescu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220290v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220294v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Todira&#351;cu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Heid" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan &#350;tef&#259;nescu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Tufi&#351;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220287v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220285v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220295v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frath" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ling.431.0063" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220302v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220309v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220312v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220333v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220317v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220322v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220327v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220375v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05287267v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lichao Zhu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Zwarts" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34190/ecgbl.19.1.3887" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082536v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Froeliger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04050459v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082730v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.14779.05922" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02522883v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01232748v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220751v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220652v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220648v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220631v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220650v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220668v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220684v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220681v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220683v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220677v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220391v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220689v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220388v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220400v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Tufis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220395v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220415v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin Mih&#259;il&#259;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousselot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220405v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220407v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220691v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220408v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220697v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220700v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220418v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220754v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220705v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220707v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220708v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220711v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220710v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220759v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220758v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220383v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220712v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220420v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220423v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220425v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220761v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220621v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03239977v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Gledhill" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220715v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220717v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220768v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220747v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mccabe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Liu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220769v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220748v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pauchard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01219974v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01219992v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220008v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220774v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220628v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04863388v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Farges" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editionsorbistertius.com/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04420421v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03511177v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.observatoireplurilinguisme.eu/les-actions/collection-plurilinguisme/15110-traduction-automatique-et-usages-sociaux-des-langues-quelle-cons%C3%A9quences-pour-la-diversit%C3%A9-linguistique" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03274230v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03274243v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220764v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220012v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/english-for-academic-purposes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220013v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-reims.fr/site/editions-et-presses-universitaires-de-reims/dernieres-parutions,9057,17051.html?/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220023v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peterlang.com/index.cfm?event=cmp.ccc.seitenstruktur.detailseiten&amp;amp;seitentyp=produkt&amp;amp;pk=63004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220025v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pu-valenciennes.fr/euro05.htm" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220026v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220031v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eila.univ-paris-diderot.fr/_media/user/christopher_gledhill/lexicogrammar_approach_to_translation_draft_gledhill.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220033v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220034v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220771v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kleiber" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220036v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03239949v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220426v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014843v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zimina" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014735v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.23770.82881" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015197v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mestivier (volanschi)" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220749v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220781v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220752v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220782v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220784v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220789v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220786v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03282208v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/tel-03240039v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03242458v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01220040v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>