--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -770,295 +770,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04942957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishing the content in trace and minor elements of magnetite as a biosignature of magnetotactic bacteria</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christopher T. Lefèvre</w:t>
+                <w:t xml:space="preserve">Influence of crystal shape and orientation on the magnetic microstructure of bullet-shaped magnetosomes synthesized by magnetotactic bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">András Kovács</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihály Pósfai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Zingsem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zi-An Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Péter Pekker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.09.020⟩</w:t>
+              <w:t xml:space="preserve">Geo-Bio Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1 (e1), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1180/gbi.2024.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04710049v1</w:t>
+                <w:t xml:space="preserve">hal-04711490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of crystal shape and orientation on the magnetic microstructure of bullet-shaped magnetosomes synthesized by magnetotactic bacteria</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Péter Pekker</w:t>
+                <w:t xml:space="preserve">Establishing the content in trace and minor elements of magnetite as a biosignature of magnetotactic bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Menguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher T. Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geo-Bio Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1 (e1), pp.1-11. </w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1180/gbi.2024.3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.09.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04711490v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04710049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetosymbiosis discovery: new perspectives in magnetotaxis research</w:t>
               </w:r>
@@ -1550,51 +1550,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yeseul Park</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohar Eyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Péter Pekker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel M. Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2188,429 +2188,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03086061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-speed motility originates from cooperatively pushing and pulling flagella bundles in bilophotrichous bacteria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Repeated horizontal gene transfers triggered parallel evolution of magnetotaxis in two evolutionary divergent lineages of magnetotactic bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klaas Bente</w:t>
+                <w:t xml:space="preserve">Denis Grouzdev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Mohammadinejad</w:t>
+                <w:t xml:space="preserve">Guy Perriere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad A. Charsooghi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Agnese Codutti</w:t>
+                <w:t xml:space="preserve">Zoé Rouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.47551⟩</w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41396-020-0647-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02459733v1</w:t>
+                <w:t xml:space="preserve">hal-02625381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RGD-functionalized magnetosomes are efficient tumor radioenhancers for X-rays and protons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-speed motility originates from cooperatively pushing and pulling flagella bundles in bilophotrichous bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaas Bente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Mohammadinejad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maha Hafsi</w:t>
+                <w:t xml:space="preserve">Mohammad A. Charsooghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Preveral</w:t>
+                <w:t xml:space="preserve">Felix Bachmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Hoog</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Adryanczyk Perrier</w:t>
+                <w:t xml:space="preserve">Agnese Codutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomedicine: Nanotechnology, Biology and Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nano.2019.102084⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, pp.e47551. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.47551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02460533v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02459733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeated horizontal gene transfers triggered parallel evolution of magnetotaxis in two evolutionary divergent lineages of magnetotactic bacteria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Monteil</w:t>
+                <w:t xml:space="preserve">RGD-functionalized magnetosomes are efficient tumor radioenhancers for X-rays and protons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Hafsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Preveral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Grouzdev</w:t>
+                <w:t xml:space="preserve">Christopher Hoog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Perriere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Alonso</w:t>
+                <w:t xml:space="preserve">Joël Hérault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoé Rouy</w:t>
+                <w:t xml:space="preserve">Géraldine Adryanczyk Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Nanomedicine: Nanotechnology, Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23, pp.102084. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41396-020-0647-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nano.2019.102084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02625381v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02460533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetospirillum gryphiswaldense</w:t>
               </w:r>
@@ -3226,369 +3226,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02532778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetoreception in Microorganisms</w:t>
+                <w:t xml:space="preserve">Ectosymbiotic bacteria at the origin of magnetoreception in a marine protist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Vallenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Menguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Benzerara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tim.2019.10.012⟩</w:t>
+              <w:t xml:space="preserve">Nature Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (7), pp.1088-1095. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41564-019-0432-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02378779v1</w:t>
+                <w:t xml:space="preserve">cea-02122376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swimming with magnets: From biological organisms to synthetic devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stefan Klumpp</w:t>
+                <w:t xml:space="preserve">Magnetoreception in Microorganisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher T. Lefèvre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Faivre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physrep.2018.10.007⟩</w:t>
+              <w:t xml:space="preserve">Trends in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (4), pp.266-275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tim.2019.10.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01930113v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02378779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ectosymbiotic bacteria at the origin of magnetoreception in a marine protist</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Karim Benzerara</w:t>
+                <w:t xml:space="preserve">Swimming with magnets: From biological organisms to synthetic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Klumpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher T. Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bennet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Barbe</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Damien Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 4 (7), pp.1088-1095. </w:t>
+              <w:t xml:space="preserve">Physics Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 789, pp.1-54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41564-019-0432-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physrep.2018.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02122376v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01930113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decoding biomineralization: Interaction of a Mad10-derived peptide with magnetite thin films</w:t>
               </w:r>
@@ -4002,51 +4002,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Menguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Preveral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Warren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4104,295 +4104,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01950914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localized iron accumulation precedes nucleation and growth of magnetite crystals in magnetotactic bacteria</w:t>
+                <w:t xml:space="preserve">Desulfamplus magnetovallimortis gen. nov., sp nov., a magnetotactic bacterium from a brackish desert spring able to biomineralize greigite and magnetite, that represents a novel lineage in the Desulfobacteraceae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Werckmann</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Ovidiu Ersen</w:t>
+                <w:t xml:space="preserve">Elodie C. T. Descamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Menguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ginet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Pignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-08994-9⟩</w:t>
+              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 40 (5), pp.280--289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.syapm.2017.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02044699v1</w:t>
+                <w:t xml:space="preserve">hal-01640027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desulfamplus magnetovallimortis gen. nov., sp nov., a magnetotactic bacterium from a brackish desert spring able to biomineralize greigite and magnetite, that represents a novel lineage in the Desulfobacteraceae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Localized iron accumulation precedes nucleation and growth of magnetite crystals in magnetotactic bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Werckmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jefferson Cypriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher T. Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kassiogé Dembélé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie C. T. Descamps</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">David Pignol</w:t>
+                <w:t xml:space="preserve">Ovidiu Ersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 40 (5), pp.280--289. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.8291. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.syapm.2017.05.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-08994-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01640027v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02044699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetically tailored magnetosomes used as MRI probe for molecular imaging of brain tumor</w:t>
               </w:r>
@@ -5159,77 +5159,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positioning the flagellum at the center of a dividing cell to combine bacterial division with magnetic polarity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher T. Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bennet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Klumpp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Faivre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">mBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, pp.e02286-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5449,51 +5449,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulysses Lins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihály Pósfai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 334 (6063), pp.1720. </w:t>
@@ -6116,51 +6116,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350599v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Sirinelli-Kojadinovic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa C A Turrini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Ropion" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Alonso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bergot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2025.126621" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05148603v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Busigny" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mathon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Amor" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Menguy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.03.028" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350586v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gachon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Lambert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grosse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Turrini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113377" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04886577v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie-Carole Chobert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roger-Margueritat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Flandrin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Berraies" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher T. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismejo/wrae253" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942957v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille C Mangin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benzerara" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismejo/wrae260" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710049v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.09.020" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711490v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s Kov&#225;cs" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mih&#225;ly P&#243;sfai" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Zingsem" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi-An Li" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Pekker" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/gbi.2024.3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711484v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Monteil" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00343-024-4008-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014315v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M Chevrier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Juhin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bolzoni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul E. D. Soto-Rodriguez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2216975120" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872974v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Wan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline L Monteil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azuma Taoka" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ernie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieop Park" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32914-9" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872975v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallenet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Sch&#252;ler" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher T Lefevre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2208648119" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830264v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeseul Park" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohar Eyal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M. Chevrier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher T Lef&#232;vre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202203444" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336923v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Trubitsyn" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corey Geurink" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Morillo-Lopez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Gonzaga Paula de Almeida" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.00928-20" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171041v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P Mathon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C Bidaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Viollier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15458" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401088v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Failor" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haijie Liu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Llontop" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leblanc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noam Eckshtain-Levi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-021-01140-4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03086061v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beyssac" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Forni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbi.12424" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02459733v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas Bente" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mohammadinejad" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad A. Charsooghi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Bachmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Codutti" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.47551" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02460533v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Hafsi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Preveral" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hoog" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l H&#233;rault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Adryanczyk Perrier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2019.102084" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02625381v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Grouzdev" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perriere" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Rouy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-020-0647-x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993754v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2020.06.001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919104v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu F Amor" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15098" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02961539v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas F Menguy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bidaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Michot-Achdjian" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-020-00747-3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02462734v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Abreu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01144-19" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02532778v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Curcio" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore van de Walle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Serrano" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pr&#233;v&#233;ral" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.9b08061" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02378779v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2019.10.012" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01930113v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Klumpp" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bennet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Faivre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2018.10.007" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02122376v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-019-0432-7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02308638v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pohl" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Berger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruby M.A. Sullan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Valverde-Tercedor" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Freindl" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.9b03560" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01950927v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perri&#232;re" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ginet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14364" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01951077v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.A. Smit" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Zyl" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Joubert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Meyer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pr&#233;v&#233;ral" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.12862" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01950914v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Warren" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pignol" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02865-17" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02044699v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Werckmann" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jefferson Cypriano" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassiog&#233; Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Ersen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08994-9" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640027v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie C. T. Descamps" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2017.05.001" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01707807v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boucher" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Geffroy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bellanger" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Selingue" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2016.12.013" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01692779v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis A Bazylinski" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Morillo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Viloria" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley L Dubbels" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.001743" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140957v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Howse" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Schmidt" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Sabaty" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12479" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628788v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Waisbord" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyd&#233;ric Bocquet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ybert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cottin-Bizonne" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.1.053203" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140890v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12989" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ML0CRGFV-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116542v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;riaux" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Boucher" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marty" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lalatonne" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.201400756" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4JJJNP9X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03190866v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02286-14" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01201844v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Zeytuni" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Cronin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Arnoux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dror Baran" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0130394.s006" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00819278v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Menguy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysses Lins" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1212596" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584834v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Lise Santini" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernadac" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Jia Zhang" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Li" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2010.07404.x" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871270v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khan Monis Athar" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Callebaut" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Duprat" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Gaschignard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870752v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bitard-Feildel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cassier-Chauvat" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chauvat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350599v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Sirinelli-Kojadinovic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa C A Turrini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Ropion" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Alonso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bergot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2025.126621" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05148603v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Busigny" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mathon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Amor" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Menguy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.03.028" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350586v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gachon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Lambert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grosse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Turrini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113377" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04886577v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie-Carole Chobert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roger-Margueritat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Flandrin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Berraies" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher T. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismejo/wrae253" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942957v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille C Mangin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benzerara" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismejo/wrae260" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711490v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s Kov&#225;cs" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mih&#225;ly P&#243;sfai" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Zingsem" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi-An Li" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Pekker" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/gbi.2024.3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710049v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.09.020" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711484v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Monteil" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00343-024-4008-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014315v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M Chevrier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Juhin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bolzoni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul E. D. Soto-Rodriguez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2216975120" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872974v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Wan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline L Monteil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azuma Taoka" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ernie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieop Park" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32914-9" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872975v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallenet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Sch&#252;ler" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher T Lefevre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2208648119" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830264v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeseul Park" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohar Eyal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M. Chevrier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher T Lef&#232;vre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202203444" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336923v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Trubitsyn" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corey Geurink" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Morillo-Lopez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Gonzaga Paula de Almeida" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.00928-20" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171041v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P Mathon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C Bidaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Viollier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15458" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401088v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Failor" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haijie Liu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Llontop" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leblanc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noam Eckshtain-Levi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-021-01140-4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03086061v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beyssac" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Forni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbi.12424" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02625381v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Grouzdev" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perriere" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Rouy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-020-0647-x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02459733v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas Bente" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mohammadinejad" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad A. Charsooghi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Bachmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Codutti" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.47551" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02460533v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Hafsi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Preveral" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hoog" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l H&#233;rault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Adryanczyk Perrier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2019.102084" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993754v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2020.06.001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919104v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu F Amor" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15098" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02961539v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas F Menguy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bidaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Michot-Achdjian" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-020-00747-3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02462734v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Abreu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01144-19" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02532778v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Curcio" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore van de Walle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Serrano" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pr&#233;v&#233;ral" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.9b08061" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02122376v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-019-0432-7" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02378779v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2019.10.012" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01930113v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Klumpp" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bennet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Faivre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2018.10.007" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02308638v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pohl" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Berger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruby M.A. Sullan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Valverde-Tercedor" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Freindl" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.9b03560" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01950927v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perri&#232;re" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ginet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14364" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01951077v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.A. Smit" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Zyl" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Joubert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Meyer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pr&#233;v&#233;ral" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.12862" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01950914v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Warren" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pignol" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02865-17" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640027v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie C. T. Descamps" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2017.05.001" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02044699v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Werckmann" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jefferson Cypriano" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassiog&#233; Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Ersen" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08994-9" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01707807v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boucher" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Geffroy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bellanger" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Selingue" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2016.12.013" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01692779v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis A Bazylinski" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Morillo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Viloria" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley L Dubbels" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.001743" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140957v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Howse" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Schmidt" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Sabaty" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12479" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628788v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Waisbord" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyd&#233;ric Bocquet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ybert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cottin-Bizonne" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.1.053203" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140890v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12989" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ML0CRGFV-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116542v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;riaux" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Boucher" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marty" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lalatonne" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.201400756" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4JJJNP9X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03190866v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02286-14" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01201844v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Zeytuni" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Cronin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Arnoux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dror Baran" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0130394.s006" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00819278v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Menguy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysses Lins" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1212596" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584834v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Lise Santini" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernadac" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Jia Zhang" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Li" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2010.07404.x" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871270v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khan Monis Athar" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Callebaut" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Duprat" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Gaschignard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870752v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bitard-Feildel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cassier-Chauvat" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chauvat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>