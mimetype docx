--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -374,325 +374,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual analysis of fMRI data reveals incongruency in a potential CADASIL biomarker</w:t>
+                <w:t xml:space="preserve">Further characterisation of late somatosensory evoked potentials using electroencephalogram and magnetoencephalogram source imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davide Boido</w:t>
+                <w:t xml:space="preserve">Sahar Hssain-Khalladi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alain Giron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali-Kemal Aydin</w:t>
+                <w:t xml:space="preserve">Christophe Gitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Beranger</w:t>
+                <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Neurological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 466, pp.123227. </w:t>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (1), pp.3772-3794. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jns.2024.123227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ejn.16379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702617v1</w:t>
+                <w:t xml:space="preserve">hal-04556794v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Further characterisation of late somatosensory evoked potentials using electroencephalogram and magnetoencephalogram source imaging</w:t>
+                <w:t xml:space="preserve">Individual analysis of fMRI data reveals incongruency in a potential CADASIL biomarker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahar Hssain-Khalladi</w:t>
+                <w:t xml:space="preserve">Davide Boido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Giron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clément Huneau</w:t>
+                <w:t xml:space="preserve">Jessica Lebenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Gitton</w:t>
+                <w:t xml:space="preserve">Ali-Kemal Aydin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Schwartz</w:t>
+                <w:t xml:space="preserve">Benoit Beranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 60 (1), pp.3772-3794. </w:t>
+              <w:t xml:space="preserve">Journal of the Neurological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 466, pp.123227. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ejn.16379⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jns.2024.123227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04556794v2</w:t>
+                <w:t xml:space="preserve">hal-04702617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altered dynamics of neurovascular coupling in CADASIL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -942,51 +942,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Benali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1033,51 +1033,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating Human Neurovascular Coupling Using Functional Neuroimaging: A Critical Review of Dynamic Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Benali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1131,325 +1131,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01266115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glutamatergic neuron-targeted loss of LGI1 epilepsy gene results in seizures</w:t>
+                <w:t xml:space="preserve">Mutations in STX1B, encoding a presynaptic protein, cause fever-associated epilepsy syndromes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Boillot</w:t>
+                <w:t xml:space="preserve">Julian Schubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Huneau</w:t>
+                <w:t xml:space="preserve">Aleksandra Siekierska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Marsan</w:t>
+                <w:t xml:space="preserve">Mélanie Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katia Lehongre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Navarro</w:t>
+                <w:t xml:space="preserve">Patrick May</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/brain/awu259⟩</w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46 (12), pp.1327 - 1332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ng.3130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01615613v1</w:t>
+                <w:t xml:space="preserve">hal-01615594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutations in STX1B, encoding a presynaptic protein, cause fever-associated epilepsy syndromes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Glutamatergic neuron-targeted loss of LGI1 epilepsy gene results in seizures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Boillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julian Schubert</w:t>
+                <w:t xml:space="preserve">Clement Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksandra Siekierska</w:t>
+                <w:t xml:space="preserve">Elise Marsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Langlois</w:t>
+                <w:t xml:space="preserve">Katia Lehongre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick May</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clément Huneau</w:t>
+                <w:t xml:space="preserve">Vincent Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 46 (12), pp.1327 - 1332. </w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 137 (11), pp.2984 - 2996. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ng.3130⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/brain/awu259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01615594v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01615613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shape features of epileptic spikes are a marker of epileptogenesis in mice.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Benquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1669,51 +1669,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-domain features of epileptic spikes as potential bio-markers of the epileptogenesis process.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Demont-Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1844,51 +1844,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound Imaging based on the Variance of a Diffusion Restoration Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuxin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Idier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1961,51 +1961,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound Image Reconstruction with Denoising Diffusion Restoration Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuxin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Idier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2065,51 +2065,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimateur explicite de modèles polynomiaux inverses par moindres carrés pondérés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2173,51 +2173,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle Fast-Slow du couplage neurovasculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Mornas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Idier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2249,286 +2249,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02356389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle Fast-Slow de l’hyperémie fonctionnelle pour l’IRMf ASL</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Joint torque estimation during a squat motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bordron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Idier</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Le Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Aoustin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche en Imagerie et Technologie pour la Santé, RITS 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Tours, France</w:t>
+              <w:t xml:space="preserve">Congrès Français de Mécanique (Brest)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02576208v1</w:t>
+                <w:t xml:space="preserve">hal-02362513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint torque estimation during a squat motion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Modèle Fast-Slow de l’hyperémie fonctionnelle pour l’IRMf ASL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Mornas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yannick Aoustin</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Idier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Mécanique (Brest)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
+              <w:t xml:space="preserve">Recherche en Imagerie et Technologie pour la Santé, RITS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02362513v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02576208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of a Knee Orthosis to Walking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bordron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Le Carpentier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2575,51 +2575,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of dynamic models to investigate neurovascular coupling using ASL fMRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Chabriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2683,51 +2683,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex dynamics for the study of neural activity in the human brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2823,51 +2823,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ASL Combined with EEG for neurovascular coupling assessment in a clinical model of vascular dementia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Benali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2963,51 +2963,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for investigating cerebral blood flow in a subject</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Chabriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Benali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3070,51 +3070,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection et modélisation biomathématique d'évènements transitoires dans les signaux EEG intracérébraux : application au suivi de l'épileptogenèse dans un modèle murin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Huneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université de Rennes, 2013. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2013REN1S043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3231,51 +3231,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E30DBCDE"/>
+    <w:nsid w:val="05CCF794"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3462,51 +3462,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chuneau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8895-9483" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171884310" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clement.huneau@univ-nantes.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mediaserver.univ-nantes.fr/channels/#quelle-science-pour-une-transition-ecologique" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702617v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Boido" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Huneau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lebenberg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali-Kemal Aydin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Beranger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jns.2024.123227" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04556794v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Hssain-Khalladi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Giron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schwartz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.16379" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812731v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Houot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joutel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B&#233;ranger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Giroux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acn3.574" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615584v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Capone" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dabertrand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baron-Menguy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Chalaris" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Ghezali" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.17536" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01112146v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Garnier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vidal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Benali" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/NECO_a_00696" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01266115v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Chabriat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2015.00467" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615613v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Boillot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Huneau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Marsan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lehongre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navarro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awu259" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615594v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Schubert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Siekierska" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Langlois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick May" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3130" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982262v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benquet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Dieuset" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Biraben" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Martin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.12406" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00728701v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Wendling" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bartolomei" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Mina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;m&#233;nt Huneau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2012.08039.x" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00540502v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Demont-Guignard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2010.5627592" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622957v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Zhang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Idier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Mateus" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO63174.2024.10714956" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310146v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-53767-7_19" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832958v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rigal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356389v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Mornas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02576208v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362513v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bordron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Carpentier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Aoustin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985279v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Carpentier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01887-0_86" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01154974v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01154781v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573742v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614850v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00869599v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013REN1S043" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chuneau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8895-9483" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171884310" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clement.huneau@univ-nantes.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mediaserver.univ-nantes.fr/channels/#quelle-science-pour-une-transition-ecologique" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04556794v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Hssain-Khalladi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Giron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Huneau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schwartz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.16379" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702617v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Boido" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Lebenberg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali-Kemal Aydin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Beranger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jns.2024.123227" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812731v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Houot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joutel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B&#233;ranger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Giroux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acn3.574" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615584v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Capone" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dabertrand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baron-Menguy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Chalaris" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Ghezali" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.17536" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01112146v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Garnier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vidal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Benali" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/NECO_a_00696" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01266115v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Chabriat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2015.00467" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615594v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Schubert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Siekierska" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Langlois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick May" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3130" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615613v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Boillot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Huneau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Marsan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lehongre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navarro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awu259" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982262v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benquet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Dieuset" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Biraben" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Martin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.12406" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00728701v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Wendling" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bartolomei" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Mina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;m&#233;nt Huneau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2012.08039.x" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00540502v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Demont-Guignard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2010.5627592" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622957v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Zhang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Idier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Mateus" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO63174.2024.10714956" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310146v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-53767-7_19" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832958v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rigal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356389v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Mornas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362513v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bordron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Carpentier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Aoustin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02576208v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985279v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Carpentier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01887-0_86" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01154974v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01154781v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573742v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614850v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00869599v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013REN1S043" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>