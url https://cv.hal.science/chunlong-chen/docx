--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,490 +100,490 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">m6A modification in R-loop homeostasis: a potential target for cancer therapeutics</w:t>
+                <w:t xml:space="preserve">Unravelling single-cell DNA replication timing dynamics using machine learning reveals heterogeneity in cancer progression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minh-Anh Vu</w:t>
+                <w:t xml:space="preserve">Joseph M Josephides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NAR Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/narcan/zcaf022⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-56783-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05406805v1</w:t>
+                <w:t xml:space="preserve">hal-05020639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling single-cell DNA replication timing dynamics using machine learning reveals heterogeneity in cancer progression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">m6A modification in R-loop homeostasis: a potential target for cancer therapeutics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh-Anh Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph M Josephides</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Manuela Spagnuolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, </w:t>
+              <w:t xml:space="preserve">NAR Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (3), pp.zcaf022. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-56783-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/narcan/zcaf022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05020639v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting Autophagy plus High-Dose CDK4/6 Inhibitors in Advanced HR+HER2-Breast Cancer: A Phase 1b/2 Trial</w:t>
+                <w:t xml:space="preserve">Regulated TRESLIN-MTBP loading governs initiation zones and replication timing in human DNA replication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chang Gong</w:t>
+                <w:t xml:space="preserve">Xiaoxuan Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qun Lin</w:t>
+                <w:t xml:space="preserve">Atabek Bektash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao Qin</w:t>
+                <w:t xml:space="preserve">Yuki Hatoyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yinduo Zeng</w:t>
+                <w:t xml:space="preserve">Sachiko Muramatsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fei Xu</w:t>
+                <w:t xml:space="preserve">Shin-Ya Isobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Med</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 6 (5), pp.100559. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.10069. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.MEDJ.2024.11.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-66278-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05406829v1</w:t>
+                <w:t xml:space="preserve">hal-05406812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulated TRESLIN-MTBP loading governs initiation zones and replication timing in human DNA replication</w:t>
+                <w:t xml:space="preserve">Targeting Autophagy plus High-Dose CDK4/6 Inhibitors in Advanced HR+HER2-Breast Cancer: A Phase 1b/2 Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoxuan Zhu</w:t>
+                <w:t xml:space="preserve">Chang Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atabek Bektash</w:t>
+                <w:t xml:space="preserve">Qun Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuki Hatoyama</w:t>
+                <w:t xml:space="preserve">Tao Qin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sachiko Muramatsu</w:t>
+                <w:t xml:space="preserve">Yinduo Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shin-Ya Isobe</w:t>
+                <w:t xml:space="preserve">Fei Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, pp.10069. </w:t>
+              <w:t xml:space="preserve">Med</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (5), pp.100559. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-66278-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/J.MEDJ.2024.11.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05406812v1</w:t>
+                <w:t xml:space="preserve">hal-05406829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial: Epigenetic regulation of genome integrity and its implications in human diseases</w:t>
               </w:r>
@@ -595,51 +595,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiming Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -801,952 +801,952 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04716990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The human pre-replication complex is an open complex</w:t>
+                <w:t xml:space="preserve">Editorial: Chromosomal fragile sites, genome instability and human diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jian Li</w:t>
+                <w:t xml:space="preserve">Qing Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiangqing Dong</w:t>
+                <w:t xml:space="preserve">Advaitha Madireddy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weitao Wang</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stefano Gnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chun-Long Chen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cell.2022.12.008⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/FGENE.2022.1119532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03974204v1</w:t>
+                <w:t xml:space="preserve">hal-03974130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OKseqHMM: a genome-wide replication fork directionality analysis toolkit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The human pre-replication complex is an open complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiangqing Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yaqun Liu</w:t>
+                <w:t xml:space="preserve">Weitao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xia Wu</w:t>
+                <w:t xml:space="preserve">Daqi Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves D’aubenton-Carafa</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Xinyu Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkac1239⟩</w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 186 (1), pp.98-111.e21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2022.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03974116v2</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03974204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide measurement of DNA replication fork directionality and quantification of DNA replication initiation and termination with Okazaki fragment sequencing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">OKseqHMM: a genome-wide replication fork directionality analysis toolkit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaqun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xia Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves D’aubenton-Carafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Thermes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chun-Long Chen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41596-022-00793-5⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.gkac1239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkac1239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04265334v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03974116v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mistimed origin licensing and activation stabilize common fragile sites under tight DNA-replication checkpoint activation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stefano Gnan</w:t>
+                <w:t xml:space="preserve">Genome-wide measurement of DNA replication fork directionality and quantification of DNA replication initiation and termination with Okazaki fragment sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xia Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaqun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves D’aubenton-Carafa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Thermes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dana Azar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo Melendez Garcia</w:t>
+                <w:t xml:space="preserve">Olivier Hyrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41594-023-00949-1⟩</w:t>
+              <w:t xml:space="preserve">Nature Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (4), pp.1260-1295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41596-022-00793-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04070726v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04265334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Chromosomal fragile sites, genome instability and human diseases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mistimed origin licensing and activation stabilize common fragile sites under tight DNA-replication checkpoint activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Brison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Gnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Azar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qing Hu</w:t>
+                <w:t xml:space="preserve">Stéphane Koundrioukoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advaitha Madireddy</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rodrigo Melendez Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13, </w:t>
+              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/FGENE.2022.1119532⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41594-023-00949-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03974130v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04070726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pan-cancer surveys indicate cell cycle-related roles of primate-specific genes in tumors and embryonic cerebrum</w:t>
+                <w:t xml:space="preserve">Prospectively defined patterns of APOBEC3A mutagenesis are prevalent in human cancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chenyu Ma</w:t>
+                <w:t xml:space="preserve">Rachel Deweerd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chunyan Li</w:t>
+                <w:t xml:space="preserve">Eszter Németh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huijing Ma</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daqi Yu</w:t>
+                <w:t xml:space="preserve">Ádám Póti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yufei Zhang</w:t>
+                <w:t xml:space="preserve">Nataliya Petryk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 23 (1), pp.251. </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (12), pp.110555. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13059-022-02821-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2022.110555⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04304197v1</w:t>
+                <w:t xml:space="preserve">hal-03817515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospectively defined patterns of APOBEC3A mutagenesis are prevalent in human cancers</w:t>
+                <w:t xml:space="preserve">Pan-cancer surveys indicate cell cycle-related roles of primate-specific genes in tumors and embryonic cerebrum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Deweerd</w:t>
+                <w:t xml:space="preserve">Chenyu Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eszter Németh</w:t>
+                <w:t xml:space="preserve">Chunyan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ádám Póti</w:t>
+                <w:t xml:space="preserve">Huijing Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daqi Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nataliya Petryk</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chun-Long Chen</w:t>
+                <w:t xml:space="preserve">Yufei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 38 (12), pp.110555. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (1), pp.251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2022.110555⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-022-02821-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03817515v1</w:t>
+                <w:t xml:space="preserve">hal-04304197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cohesin-mediated loop anchors confine the locations of human replication origins</w:t>
               </w:r>
@@ -1866,90 +1866,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kronos scRT: a uniform framework for single-cell replication timing analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Gnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph M Josephides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xia Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela Spagnuolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Saulebekova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2000,51 +2000,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GC content but not nucleosome positioning directly contributes to intron-splicing efficiency in Paramecium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Gnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Matelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2128,1506 +2128,1506 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03400776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA molecular combing-based replication fork directionality profiling</w:t>
+                <w:t xml:space="preserve">Editorial: DNA Replication Stress and Cell Fate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Blin</w:t>
+                <w:t xml:space="preserve">Lin Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Lacroix</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nataliya Petryk</w:t>
+                <w:t xml:space="preserve">Yuanliang Zhai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Jaszczyszyn</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yunzhou Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huiqiang Lou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkab219⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcell.2021.778486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195930v1</w:t>
+                <w:t xml:space="preserve">hal-03426812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topoisomerase I prevents transcription-replication conflicts at transcription termination sites</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DNA molecular combing-based replication fork directionality profiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Pasero</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Marion Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliya Petryk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Jaszczyszyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular &amp; Cellular Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/23723556.2020.1843951⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkab219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03083175v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide mapping of human DNA replication by optical replication mapping supports a stochastic model of eukaryotic replication</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DNA transposons mediate duplications via transposition-independent and -dependent mechanisms in metazoans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Marchal</w:t>
+                <w:t xml:space="preserve">Shengjun Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huijing Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinbo Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Man Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mengxia Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molcel.2021.05.024⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-24585-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03443178v2</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA transposons mediate duplications via transposition-independent and -dependent mechanisms in metazoans</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Man Wang</w:t>
+                <w:t xml:space="preserve">Genome-wide mapping of human DNA replication by optical replication mapping supports a stochastic model of eukaryotic replication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weitao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyle N Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mengxia Wang</w:t>
+                <w:t xml:space="preserve">Karel Proesmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongbo Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-24585-9⟩</w:t>
+              <w:t xml:space="preserve">Molecular Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 81 (14), pp.2975 - 2988.e6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molcel.2021.05.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436190v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03443178v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: DNA Replication Stress and Cell Fate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Topoisomerase I prevents transcription-replication conflicts at transcription termination sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaqun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yea-Lih Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pasero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Huiqiang Lou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, </w:t>
+              <w:t xml:space="preserve">Molecular &amp; Cellular Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (1), pp.e1843951-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcell.2021.778486⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/23723556.2020.1843951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03426812v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03083175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of new driver and passenger mutations within APOBEC-induced hotspot mutations in bladder cancer</w:t>
+                <w:t xml:space="preserve">Exo1 recruits Cdc5 polo kinase to MutLγ to ensure efficient meiotic crossover formation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ming-Jun Shi</w:t>
+                <w:t xml:space="preserve">Aurore Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiang-Yu Meng</w:t>
+                <w:t xml:space="preserve">Céline Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacqueline Fontugne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chun-Long Chen</w:t>
+                <w:t xml:space="preserve">Felix Rauh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Radvanyi</w:t>
+                <w:t xml:space="preserve">Yann Duroc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lepakshi Ranjha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13073-020-00781-y⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2013012117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03015020v1</w:t>
+                <w:t xml:space="preserve">hal-03020386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Replication Stress Induces Global Chromosome Breakage in the Fragile X Genome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Topoisomerase 1 prevents replication stress at R-loop-enriched transcription termination sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piroon Jenjaroenpun</w:t>
+                <w:t xml:space="preserve">Alexy Promonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jing Li</w:t>
+                <w:t xml:space="preserve">Ismaël Padioleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaqun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sami El Hilali</w:t>
+                <w:t xml:space="preserve">Lionel A. Sanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Mcculley</w:t>
+                <w:t xml:space="preserve">Anna Biernacka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 32 (12), pp.108179. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2020.108179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-17858-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03015043v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of transcription-mediated replication stress on genome instability and human disease</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yaqun Liu</w:t>
+                <w:t xml:space="preserve">Identification of new driver and passenger mutations within APOBEC-induced hotspot mutations in bladder cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming-Jun Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiang-Yu Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Fontugne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuela Spagnuolo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Radvanyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Instability &amp; Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42764-020-00021-y⟩</w:t>
+              <w:t xml:space="preserve">Genome Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13073-020-00781-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03015011v1</w:t>
+                <w:t xml:space="preserve">hal-03015020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA polymerase α interacts with H3-H4 and facilitates the transfer of parental histones to lagging strands</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Songlin Gan</w:t>
+                <w:t xml:space="preserve">Replication Stress Induces Global Chromosome Breakage in the Fragile X Genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arijita Chakraborty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piroon Jenjaroenpun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami El Hilali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Mcculley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abb5820⟩</w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (12), pp.108179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2020.108179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03015005v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03015043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exo1 recruits Cdc5 polo kinase to MutLγ to ensure efficient meiotic crossover formation.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lepakshi Ranjha</w:t>
+                <w:t xml:space="preserve">DNA polymerase α interacts with H3-H4 and facilitates the transfer of parental histones to lagging strands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiming Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xu Hua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Serra-Cardona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaowei Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songlin Gan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2013012117⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (35), pp.eabb5820. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abb5820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03020386v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03015005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topoisomerase 1 prevents replication stress at R-loop-enriched transcription termination sites</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">The impact of transcription-mediated replication stress on genome instability and human disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Gnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaqun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Spagnuolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chun-Long Chen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+              <w:t xml:space="preserve">Genome Instability &amp; Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1 (5), pp.207-234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-17858-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s42764-020-00021-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02931000v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03015011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">APOBEC-mediated Mutagenesis as a Likely Cause of FGFR3 S249C Mutation Over-representation in Bladder Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming-Jun Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiang-Yu Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3704,90 +3704,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcription-mediated organization of the replication initiation program across large genes sets common fragile sites genome-wide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Brison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami El-Hilali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana Azar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Koundrioukoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3838,90 +3838,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Replication landscape of the human genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Petryk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Kahli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves d'Aubenton-Carafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Jaszczyszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yimin Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4011,64 +4011,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Julienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Petryk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 16 (11), pp.115014. </w:t>
@@ -4132,51 +4132,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Audit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Rappailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4240,51 +4240,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Simple Bacterial and Archaeal Replicons to Replication N/U-Domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Hyrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Rappailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4292,51 +4292,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 425 (23), pp.4673-4689. </w:t>
@@ -4680,51 +4680,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Audit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Moindrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4782,325 +4782,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00706043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Replication-Associated Mutational Asymmetry in the Human Genome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. L. Chen</w:t>
+                <w:t xml:space="preserve">Evidence for sequential and increasing activation of replication origins along replication timing gradients in the human genome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Rappailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Duquenne</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Rappailles</w:t>
+                <w:t xml:space="preserve">Alain Arneodo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/msr056⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (12), pp.e1002322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1002322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01557088v1</w:t>
+                <w:t xml:space="preserve">inserm-00691534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for sequential and increasing activation of replication origins along replication timing gradients in the human genome.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Chun-Long Chen</w:t>
+                <w:t xml:space="preserve">Replication-Associated Mutational Asymmetry in the Human Genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. L. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Duquenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Audit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Arneodo</w:t>
+                <w:t xml:space="preserve">A. Rappailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 7 (12), pp.e1002322. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28 (8), pp.2327-2337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1002322⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msr056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00691534v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01557088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of replication timing on non-CpG and CpG substitution rates in mammalian genomes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Rappailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5602,51 +5602,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The balance between ATR and DDK activities controls TopBP1-mediated locking of dormant origins at the pre-IC stage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Koundrioukoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Su-Jung Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5720,64 +5720,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MnM: a machine learning approach to detect replication states and genomic subpopulations for single-cell DNA replication timing disentanglement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph M Josephides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Long Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5795,103 +5795,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unscheduled origin building in S-phase upon tight CDK1 inhibition suppresses CFS instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Brison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Gnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana Azar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Koundrioukoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6082,51 +6082,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406805v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Anh Vu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Spagnuolo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Long Chen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/narcan/zcaf022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020639v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph M Josephides" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-56783-0" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406829v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Gong" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qun Lin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Qin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinduo Zeng" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Xu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.MEDJ.2024.11.012" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406812v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxuan Zhu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atabek Bektash" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Hatoyama" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sachiko Muramatsu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin-Ya Isobe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66278-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020622v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiming Li" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2024.1535839" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716990v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia M Pinto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Pailas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Bondarchenko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Bharadwaj Sharma" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Neumann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad1141" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974204v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Li" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangqing Dong" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weitao Wang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daqi Yu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyu Fan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2022.12.008" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974116v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqun Liu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xia Wu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves D&#8217;aubenton-Carafa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Thermes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac1239" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265334v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hyrien" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41596-022-00793-5" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04070726v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brison" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Gnan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Azar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Koundrioukoff" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Melendez Garcia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-023-00949-1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974130v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Hu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Advaitha Madireddy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/FGENE.2022.1119532" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304197v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyu Ma" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunyan Li" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huijing Ma" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufei Zhang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-022-02821-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03817515v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Deweerd" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter N&#233;meth" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;d&#225;m P&#243;ti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Petryk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.110555" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840949v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Emerson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiyao A Zhao" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley L Cook" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jordan Barnett" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle N Klein" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-04803-0" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840947v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Saulebekova" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30043-x" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400776v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Matelot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Weiman" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnaiz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gu&#233;rin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.08.05.455221" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03195930v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lacroix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab219" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083175v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yea-Lih Lin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pasero" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23723556.2020.1843951" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443178v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Proesmans" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbo Yang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marchal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2021.05.024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436190v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengjun Tan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinbo Wang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Man Wang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengxia Wang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-24585-9" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03426812v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Deng" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanliang Zhai" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunzhou Dong" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiqiang Lou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.778486" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015020v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Jun Shi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang-Yu Meng" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Fontugne" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Radvanyi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-020-00781-y" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015043v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arijita Chakraborty" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piroon Jenjaroenpun" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Li" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami El Hilali" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Mcculley" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.108179" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015011v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42764-020-00021-y" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015005v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Hua" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Serra-Cardona" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaowei Xu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Songlin Gan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abb5820" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020386v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Sanchez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Adam" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Rauh" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Duroc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lepakshi Ranjha" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2013012117" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02931000v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Promonet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Padioleau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel A. Sanz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Biernacka" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17858-2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369388v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouf Banday" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Yang" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eururo.2019.03.032" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02430920v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami El-Hilali" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Schmidt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-13674-5" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412672v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Kahli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves d'Aubenton-Carafa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimin Shen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms10208" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01120311v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha E Boulos" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Julienne" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baker" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/11/115014" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557077v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audit" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Rappailles" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Guilbaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2012.145" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557075v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2013.09.021" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4FNQFD3-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557084v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baker" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L. Chen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Julienne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Audit" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. d'Aubenton-Carafa" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2012-12123-9" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557082v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2012-12092-y" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00706043v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Moindrot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leleu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002443" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557088v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duquenne" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guilbaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rappailles" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msr056" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00691534v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arneodo" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002322" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00517756v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauranne Duquenne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Huvet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.098947.109" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413942v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen C.L." TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zhou" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liao J.Y." TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qu L.H." TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Amar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198837v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeeha S Merchant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon E Prochnik" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vallon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth H Harris" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J Karpowicz" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1143609" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188075v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.S. Merchant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Prochnik" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vallon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.H. Harris" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Karpowicz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754215v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su-Jung Kim" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Alary" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Toffano" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Melendez-Garcia" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794817v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443067v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020639v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph M Josephides" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Long Chen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-56783-0" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406805v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Anh Vu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Spagnuolo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/narcan/zcaf022" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406812v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxuan Zhu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atabek Bektash" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Hatoyama" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sachiko Muramatsu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin-Ya Isobe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66278-7" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406829v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Gong" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qun Lin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Qin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinduo Zeng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Xu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.MEDJ.2024.11.012" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020622v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiming Li" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2024.1535839" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716990v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia M Pinto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Pailas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Bondarchenko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Bharadwaj Sharma" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Neumann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad1141" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974130v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Hu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Advaitha Madireddy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Gnan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/FGENE.2022.1119532" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974204v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Li" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangqing Dong" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weitao Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daqi Yu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyu Fan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2022.12.008" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974116v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqun Liu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xia Wu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves D&#8217;aubenton-Carafa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Thermes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac1239" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265334v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hyrien" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41596-022-00793-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04070726v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brison" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Azar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Koundrioukoff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Melendez Garcia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-023-00949-1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03817515v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Deweerd" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter N&#233;meth" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;d&#225;m P&#243;ti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Petryk" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.110555" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304197v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyu Ma" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunyan Li" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huijing Ma" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufei Zhang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-022-02821-9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840949v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Emerson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiyao A Zhao" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley L Cook" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jordan Barnett" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle N Klein" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-04803-0" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840947v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Saulebekova" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30043-x" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400776v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Matelot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Weiman" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnaiz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gu&#233;rin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.08.05.455221" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03426812v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Deng" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanliang Zhai" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunzhou Dong" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiqiang Lou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.778486" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03195930v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lacroix" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab219" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436190v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengjun Tan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinbo Wang" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Man Wang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengxia Wang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-24585-9" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443178v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Proesmans" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbo Yang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marchal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2021.05.024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083175v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yea-Lih Lin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pasero" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23723556.2020.1843951" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020386v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Sanchez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Adam" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Rauh" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Duroc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lepakshi Ranjha" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2013012117" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02931000v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Promonet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Padioleau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel A. Sanz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Biernacka" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17858-2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015020v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Jun Shi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang-Yu Meng" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Fontugne" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Radvanyi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-020-00781-y" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015043v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arijita Chakraborty" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piroon Jenjaroenpun" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Li" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami El Hilali" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Mcculley" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.108179" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015005v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Hua" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Serra-Cardona" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaowei Xu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Songlin Gan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abb5820" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015011v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42764-020-00021-y" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369388v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouf Banday" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Yang" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eururo.2019.03.032" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02430920v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami El-Hilali" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Schmidt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-13674-5" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412672v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Kahli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves d'Aubenton-Carafa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimin Shen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms10208" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01120311v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha E Boulos" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Julienne" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baker" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/16/11/115014" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557077v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audit" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Rappailles" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Guilbaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2012.145" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557075v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2013.09.021" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4FNQFD3-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557084v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baker" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L. Chen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Julienne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Audit" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. d'Aubenton-Carafa" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2012-12123-9" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557082v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2012-12092-y" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00706043v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Moindrot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leleu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002443" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00691534v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arneodo" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002322" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557088v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duquenne" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guilbaud" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rappailles" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msr056" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00517756v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauranne Duquenne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Huvet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.098947.109" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413942v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen C.L." TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zhou" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liao J.Y." TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qu L.H." TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Amar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198837v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeeha S Merchant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon E Prochnik" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vallon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth H Harris" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J Karpowicz" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1143609" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188075v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.S. Merchant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Prochnik" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vallon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.H. Harris" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Karpowicz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754215v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su-Jung Kim" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Alary" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Toffano" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Melendez-Garcia" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794817v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443067v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>