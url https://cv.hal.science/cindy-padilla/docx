--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -183,7515 +183,8558 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche multiprofessionnelle de l'accessibilité aux soins de premier recours : des configurations territoriales très diverses</w:t>
+                <w:t xml:space="preserve">Euclid : The first statistical census of dusty and massive objects in the ERO/Perseus field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Bonal</w:t>
+                <w:t xml:space="preserve">G. Girardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Padilla</w:t>
+                <w:t xml:space="preserve">A. Grazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Chevillard</w:t>
+                <w:t xml:space="preserve">G. Rodighiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Lucas-Gabrielli</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+                <w:t xml:space="preserve">L. Bisigello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gandolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 706, pp.A371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202556328⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05005735v1</w:t>
+                <w:t xml:space="preserve">insu-05536197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la crise sanitaire de la COVID-19 sur la santé mentale des étudiants à Rennes, France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ischemic stroke care for patients affiliated to the French agricultural health insurance scheme: A national study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Kerbrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Menant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Timsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 181 (4), pp.298-304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2025.01.410⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Lefort</w:t>
+                <w:t xml:space="preserve">hal-04967029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A French classification to describe medical deserts: a multi-professional approach based on the first contact with the healthcare system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bonal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lucas-Gabrielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Health Geographics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12942-024-00366-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04481919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of mammography accessibility, deprivation and spatial effect in breast cancer screening participation in France: an observational ecological study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nirmala Prajapati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Soler-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica M Vieira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Health Geographics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (1), pp.21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12942-022-00320-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03922971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geographical disparities of endovascular revascularisations in ambulatory setting in France from 2015 to 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Le Meur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narges Ghoroubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Vascular and Endovascular Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 63 (6), pp.890-897. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejvs.2022.03.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03630129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gender difference of geographic distribution of the stroke incidence affected by socioeconomic, clinical and urban-rural factors: an ecological study based on data from the Brest stroke registry in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Foucault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Olivier Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Timsit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), pp.39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12889-020-10026-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03129754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The impact of urban and transport planning on health: Assessment of the attributable mortality burden in Madrid and Barcelona and its distribution by socioeconomic status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Iungman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sasha Khomenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Nieuwenhuijsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelise Pereira Barboza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ambròs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 196, pp.110988. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2021.110988⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03819771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coinfection of Human Filarial Loa loa, Mansonnella perstans in Human T Lymphotropic Virus Type 1 Infected Individuals in Gabon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Akue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berthold Bivigou-Mboumba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirdad Kazanji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Nkoghe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advances in Clinical and Translational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3, pp.100027</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04578246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stroke Incidence and Case Fatality According to Rural or Urban Residence Results From the French Brest Stroke Registry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Lachkhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stroke</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 50 (10), pp.2661-2667. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/STROKEAHA.118.024695⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mapping Variation in Breast Cancer Screening Where to Intervene?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Judith E. Mueller</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Painblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Soler-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica M Vieira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (13), pp.E2274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph16132274⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02180024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geographic Variations in the Risk of Emergency First Dialysis for Patients with End Stage Renal Disease in the Bretagne Region, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Raffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélaide Pladys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Bayat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (1), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph16010018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01978721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisiting human T-cell lymphotropic virus types 1 and 2 infections among rural population in Gabon, central Africa thirty years after the first analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Makuwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Nkoghé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03172226v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12 (10), pp.e0006833. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0006833⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Systematic literature review of reproductive outcome associated with residential proximity to polluted sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal-Talantikite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Health Geographics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16 (1), pp.20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12942-017-0091-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01547817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do Individual and Neighborhood Characteristics Influence Perceived Air Quality?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal-Talantikite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 14 (12), pp.1559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph14121559⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01714622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The need for, and value of, a spatial scan statistical tool for tackling social health inequalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Health Promotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (4), pp.99-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1757975916656358⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Correction: Neighbourhood Characteristics and Long-Term Air Pollution Levels Modify the Association between the Short-Term Nitrogen Dioxide Concentrations and All-Cause Mortality in Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Delbarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (3), pp.e0150875. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0150875⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of research in health geographics through the International Journal of Health Geographics (2002–2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laperrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Borderon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Maignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Health Geographics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15 (3), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12942-016-0032-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01260193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatial Planning of Green Space as a Local Intervention Aimed at Tackling Social Health Inequalities: Adverse Pregnancy Issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geoinformatics &amp; Geostatistics: An Overview</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4172/2327-4581.1000141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Increase in pertussis cases along with high prevalence of two emerging genotypes of Bordetella pertussis in Perú, 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bailon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy León-Janampa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hozbor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (1), pp.422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12879-016-1700-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of geographic indicators of healthcare, environment and socioeconomic factors to characterize environmental health disparities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal-Talantikite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15 (1), pp.79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12940-016-0163-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01366285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">City-Specific Spatiotemporal Infant and Neonatal Mortality Clusters: Links with Socioeconomic and Air Pollution Spatial Patterns in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal-Talantikit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica M. Vieira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13 (6), pp.624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph13060624⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01765797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A conceptual framework for the assessment of cumulative exposure to air pollution at a fine spatial scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal-Talantikite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Le Nir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13 (3), pp.319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph13030319⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01296781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neighborhood deprivation and risk of congenital heart defects, neural tube defects and orofacial clefts: A systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Jeanjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (10), pp.e0159039. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0159039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01406070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intervention territoriale visant à lutter contre la pollution atmosphérique et Equité en matière de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue francophone sur la santé et les territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rfst.464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02321207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of the Neighbourhood Deprivation in the Adverse Effect of Air Pollution on Congenital Abnormalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Jeanjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Kai-Chieh Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of public health and research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02321206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Data analysis techniques: a tool for cumulative exposure assessment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lalloué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Monnez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Exposure Science and Environmental Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (2), pp.222-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/jes.2014.66⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01069587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SesIndexCreatoR: An R package for socioeconomic indices computation and visualization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lalloué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Monnez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Open Journal of Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (4), pp.291-302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4236/ojs.2015.54031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01161775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neighbourhood Characteristics and Long-Term Air Pollution Levels Modify the Association between the Short-Term Nitrogen Dioxide Concentrations and All-Cause Mortality in Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Delbarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (7), pp.e0131463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0131463⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatial distribution of end-stage renal disease (ESRD) and social inequalities in mixed urban and rural areas: a study in the Bretagne administrative region of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal-Talantikite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Siebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinical Kidney Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (1), pp.7-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ckj/sfu131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01118626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Air quality and social deprivation in four French metropolitan areas—A localized spatio-temporal environmental inequality analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal-Talantikit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica M. Vieira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rossello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Le Nir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 134, pp.315-324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2014.07.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01765768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of air pollution on the risk of congenital anomalies: a systematic review and meta-analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Kai-Chieh Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11 (8), pp.7642-7568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph110807642⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01118609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cluster analysis of social and environment inequalities of infant mortality. A spatial study in small areas revealed by local disease mapping in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lalloue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Beaugard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 454-455, pp.433-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2013.03.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00838330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Green space, social inequalities and neonatal mortality in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal-Talantikite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lalloué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Gelormini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Pregnancy and Childbirth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (1), pp.191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2393-13-191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00878362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A statistical procedure to create a neighborhood socioeconomic index for health inequalities analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lalloué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Monnez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Le Meur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal for Equity in Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 12 (1), pp.21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1475-9276-12-21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00809310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An exploratory spatial analysis to assess the relationship between deprivation, noise and infant mortality: an ecological study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal-Talantikite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lalloue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Defrance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 12 (1), 15p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1476-069X-12-109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00924503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An ecological study to identify census blocks supporting a higher burden of disease: infant mortality in the Lille metropolitan area, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lalloué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheri Pies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emminarie Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maternal and Child Health Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 18 (1), pp.171-179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10995-013-1251-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00876255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mortalité infantile, défaveur et proximité aux industries polluantes : une analyse spatiale conduite à fine échelle (agglomération de Lille, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lalloué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environnement, Risques &amp; Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 10 (3), pp.216-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ers.2011.0455⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01118566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epidemiology of Concomitant Infection Due to Loa loa and Mansonella perstans in Gabon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Akue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Nkoghé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Moussavou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Moukana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (10), pp.e1329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0001329⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Acute Phase of Chikungunya Virus Infection in Humans Is Associated With Strong Innate Immunity and T CD8 Cell Activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Wauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Nkoghé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Ndjoyi-Mbiguino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 204 (1), pp.115-123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jiq006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risk Factors for Zaire ebolavirus–Specific IgG in Rural Gabonese Populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Nkoghé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Wauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Moussavou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 204 (suppl_3), pp.S768-S775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jir344⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Human Fatal Zaire Ebola Virus Infection Is Associated with an Aberrant Innate Immunity and with Massive Lymphocyte Apoptosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Wauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Baize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric M. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4 (10), pp.e837. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0000837⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High Prevalence of Both Humoral and Cellular Immunity to Zaire ebolavirus among Rural Populations in Gabon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Wauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanel Mahlakõiv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Nkoghé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (2), pp.e9126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0009126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Association of KIR2DS1 and KIR2DS3 with fatal outcome in Ebola virus infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Wauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric M. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vieillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Immunogenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 62 (11-12), pp.767-771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00251-010-0480-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acute dengue virus 2 infection in Gabonese patients is associated with an early innate immune response, including strong interferon alpha production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Wauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Nkoghé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Ndjoyi-Mbiguino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10 (1), pp.356. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2334-10-356⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rift Valley Fever Virus Seroprevalence in Human Rural Populations of Gabon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Pourrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieudonné Nkoghé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Souris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Paupy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janusz Paweska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4 (7), pp.e763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0000763⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03002491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Absence of intrafamilial transmission of hepatitis C virus and low risk for sexual transmission in rural central Africa indicate a cohort effect.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy-Roger Ndong-Atome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Njouom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrick Bisvigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Makuwa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Clinical Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 45 (4), pp.349-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcv.2009.04.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00542175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inégalités territoriales et dynamiques temporelles des participations aux dépistages : une approche visuelle sur le département du Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Soler-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Ottavy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17èmes Rencontres de Théo Quant : Réflexions et pratiques en géographie théorique et quantitative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire ThéMA, Feb 2026, Besancon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégie de détection des zones de faible participation aux dépistages (sein et colorectal) : comment utiliser la cartographie comme outils d’évaluation spatiale et temporelle ? Département du Rhône et Métropole de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Mazurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Kwekeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Ottavy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Soler-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">45èmes Journée de la Société Française de Sénologie et de Pathologie Mammaire (SFSPM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Sénologie et de Pathologie Mammaire (SFSPM), Nov 2024, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typologie de l’accessibilité aux soins des communes françaises : quelle place pour les petites et moyennes villes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bonal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lucas-Gabrielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude “ Villes petites et moyennes en transition : quels enjeux, pratiques et modèles de proximités ?”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, QUAMOTER, Jun 2023, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critical approaches to medical desert in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lucas-Gabrielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bonal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EHMA 2023 Annual Conference | Health management: sustainable solutions for complex systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EHMA, Jun 2023, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scale effects on medical desert classification, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bonal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23 rd ECTQG - European Colloquium on Theoretical and Quantitative Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CITTA (Research Centre for Territory, Transport and Environment), Sep 2023, Braga, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation spatiale pour explorer les inégalités territoriales de la participation au dépistage organisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">43èmes Journée de la Société Française de Sénologie et de Pathologie Mammaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Sénologie et de Pathologie Mammaire (SFSPM), Nov 2021, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urban rural paradox-when easy access to mammography services does not mean active participation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nirmala Prajapati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Soler Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. M. Vieira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th World Congress on Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WFPHA (World Federation of Public Health Associations); EUPHA (European Public Health Association); SItI (Società Italiana di Igiene, Medicina Preventiva e Sanità Pubblica), Oct 2020, Virtuel, Italy. pp.V378-V378, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/ckaa165.1027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03127816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations géographiques du démarrage en urgence de la dialyse chronique en Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Raffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélaide Pladys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Bayat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Troisième congrès de Société francophone de néphrologie, dialyse et transplantation (SFNDT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFNDT, Oct 2018, Lille, France. pp.259 / CO-E05, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nephro.2018.07.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude du lien entre le démarrage de la dialyse en urgence et l’accès aux soins en pré-dialyse en Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Raffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Bayat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélaide Pladys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Troisième congrès de Société francophone de néphrologie, dialyse et transplantation (SFNDT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société francophone de néphrologie, dialyse et transplantation (SFNDT), Oct 2018, Lille, France. pp.327, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nephro.2018.07.177⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04578219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question du lien entre défaveur sociale, pollution de l’air et morbidité/mortalité infantile : applications aux villes de Lyon et de Nice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Expositions environnementales et santé : évaluations, attentes et incertitudes. Applications à la présence des pesticides dans l’environnement et à la pollution de l’air urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe Santé du Collège International des Sciences du Territoire (CIST) et la plateforme Santé Environnement - EnvitéRA, Oct 2014, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01283641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SesIndexCreatoR : Un package R pour la création et la visualisation d'indices socioéconomiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lalloué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Monnez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deuxièmes rencontres R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01433087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthodologie de Création d'un Indice de Défaveur Contextuelle - Un Outil Permettant l'Analyse des Inégalités Sociales de Santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lalloué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Monnez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SFDS - 44èmes journées de Statistique - 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Bruxelles, Belgique. pp.Submission_44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00734769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infant Mortality and Proximity to Industrial Facilities Modification Effect by Neighborhood Socioeconomic Characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emminarie Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISEE 22nd Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Séoul, South Korea. pp.S105, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/01.ede.0000391989.10496.21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01118635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the Prevalence of the Co-infection among Human T Lymphotropic Virus Type 1 – Positive Individuals in Gabon: A Comparative Study of Loa loa and Mansonnella perstans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Akue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berthold Bivigou-Mboumba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy M. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirdad Kazanji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieudonné Nkoghé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Disease and Health: Research Developments Vol. 5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 21 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BP International</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.42-60, 2025, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+              <w:t xml:space="preserve">, pp.42-60, 2025, 978-93-49473-63-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.9734/bpi/dhrd/v5/4160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04995220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ischemic stroke care for patients affiliated to the French agricultural health insurance scheme: A national study</w:t>
-[...102 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une approche multiprofessionnelle de l'accessibilité aux soins de premier recours : des configurations territoriales très diverses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bonal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04967029v1</w:t>
+                <w:t xml:space="preserve">Véronique Lucas-Gabrielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05005735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving breast and colorectal screening uptake in France. One map to target intervention areas</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M Ottavy</w:t>
+                <w:t xml:space="preserve">Impact de la crise sanitaire de la COVID-19 sur la santé mentale des étudiants à Rennes, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Soler-Michel</w:t>
-[...206 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cindy Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith E. Mueller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...5502 lines deleted...]
-                <w:t xml:space="preserve">hal-00542175v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GIS and statistics to analyze scale change consequences on medical desert classification in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Improving breast and colorectal screening uptake in France. One map to target intervention areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">V Lucas-Gabrielli</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Mazurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ottavy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Soler-Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th European Public Health Conference 2024 Sailing the Waves of European Public Health: Exploring a Sea of Innovation</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04784916v1</w:t>
+              <w:t xml:space="preserve">18th European Public Health Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Helsinki, Finland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxford Academic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Journal of Public Health, 35 (Supplement_4), pp.ckaf161.825, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/ckaf161.825⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05339246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variations géographiques du démarrage en urgence de la dialyse chronique en Bretagne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">GIS and statistics to analyze scale change consequences on medical desert classification in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sahar Bayat</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Bonal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Lucas-Gabrielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Troisième congrès de Société francophone de néphrologie, dialyse et transplantation (SFNDT)</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-02921540v1</w:t>
+              <w:t xml:space="preserve">17th European Public Health Conference 2024 Sailing the Waves of European Public Health: Exploring a Sea of Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Lisbonne, Portugal. Oxford Academic, European Journal of Public Health, 34 (Supplement_3), pp.ckae144.1586, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/ckae144.1586⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude du lien entre le démarrage de la dialyse en urgence et l’accès aux soins en pré-dialyse en Bretagne</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neighborhood disparities in stroke and socioeconomic, urban-rural factors using stroke registry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Timsit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Troisième congrès de Société francophone de néphrologie, dialyse et transplantation (SFNDT)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04578219v1</w:t>
+              <w:t xml:space="preserve">12ème Conférence Européenne de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Marseille, France. , European Journal of Public Health, 29 (Supplement_4), 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/ckz187.132⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La question du lien entre défaveur sociale, pollution de l’air et morbidité/mortalité infantile : applications aux villes de Lyon et de Nice</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Accounting for complex environmental exposure situations: a classification approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lalloue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Monnez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy M. Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahida Kihal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Zmirou-Navier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expositions environnementales et santé : évaluations, attentes et incertitudes. Applications à la présence des pesticides dans l’environnement et à la pollution de l’air urbain</w:t>
-[...397 lines deleted...]
-                <w:t xml:space="preserve">hal-01118635v1</w:t>
+              <w:t xml:space="preserve">Environment and Health – Bridging South, North, East and West. Conference of ISEE, ISES and ISIAQ.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Basel, Switzerland. , 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01432884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glossaire d’épidémiologie. 50 notions pour comprendre la pandémie de Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Crepey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Bertin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Olivier Grimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Le Meur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses de l’EHESP</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 48p., 2021, 9782810909537. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ehesp.berti.2021.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03312283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7701,273 +8744,273 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la crise sanitaire de la Covid-19 sur la santé mentale des étudiants à Rennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith E. Mueller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Garlantézec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Pivette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] EHESP. 2021, 12p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03819332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVER : étude de l’impact de la crise sanitaire Covid-19 sur la santé mentale des étudiants à Rennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith E. Mueller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EHESP. 2020, 12p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04546490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7977,271 +9020,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inégalités sociales de santé et expositions environnementales. Une analyse spatio-temporelle du risque de mortalité infantile et néonatale dans quatre agglomérations françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Padilla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université de Lorraine, 2013. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2013LORR0192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01750446v1</w:t>
-              </w:r>
-[...155 lines deleted...]
-                <w:t xml:space="preserve">hal-01432884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId238"/>
+      <w:footerReference w:type="default" r:id="rId261"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8309,51 +9195,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="104E88F8"/>
+    <w:nsid w:val="74841C93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8540,51 +9426,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cindy-padilla" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6673-7847" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/177534974" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/308788945" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05005735v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bonal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Padilla" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chevillard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lucas-Gabrielli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172226v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Roux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lefort" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bertin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Padilla" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith E. Mueller" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04995220v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Akue" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berthold Bivigou-Mboumba" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirdad Kazanji" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Nkogh&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stm.bookpi.org/DHRD-V5/article/view/17357" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/bpi/dhrd/v5/4160" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04967029v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grimaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Kerbrat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Menant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Timsit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Andr&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2025.01.410" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339246v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Mazurier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ottavy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Soler-Michel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckaf161.825" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04481919v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-024-00366-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03630129v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Meur" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narges Ghoroubi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lamirault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chatellier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejvs.2022.03.015" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03922971v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirmala Prajapati" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica M Vieira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy M Padilla" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-022-00320-5" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129754v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Foucault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nowak" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Timsit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-020-10026-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03819771v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Iungman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Khomenko" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Nieuwenhuijsen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelise Pereira Barboza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ambr&#242;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2021.110988" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127816v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Soler Michel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Vieira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckaa165.1027" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04578246v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Nkoghe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02470784v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nowak" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckz187.132" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02304996v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Lachkhem" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Gao" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.118.024695" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02180024v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Painblanc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica M Vieira" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16132274" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01978721v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Raffray" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;laide Pladys" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vigneau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Bayat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16010018" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02481639v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Caron" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Besson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Makuwa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0006833" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01547817v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahida Kihal-Talantikite" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Zmirou-Navier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Deguen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-017-0091-y" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01714622v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Padilla" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph14121559" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01688586v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahida Kihal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1757975916656358" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260193v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Perez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laperri&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borderon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Maignant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-016-0032-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02323677v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2327-4581.1000141" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01313745v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Petit" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Delbarre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0150875" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01366285v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12940-016-0163-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01765797v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahida Kihal-Talantikit" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica M. Vieira" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph13060624" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01296781v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy M. Padilla" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blanchard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Le Nir" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph13030319" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01406070v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jeanjean" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0159039" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02321207v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfst.464" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02321206v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Kai-Chieh Chen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161775v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallou&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Monnez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ojs.2015.54031" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069587v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jes.2014.66" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01187406v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0131463" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01118626v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Siebert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couchoud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfu131" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01765768v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rossello" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2014.07.017" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01118609v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph110807642" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00838330v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lalloue" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Beaugard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2013.03.027" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00878362v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Gelormini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2393-13-191" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00809310v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-9276-12-21" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00924503v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rougier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Defrance" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1476-069X-12-109" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876255v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lallou&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheri Pies" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emminarie Lucas" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10995-013-1251-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01118566v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2011.0455" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02481661v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Akue" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Moussavou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Moukana" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0001329" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989941v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Wauquier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Becquart" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Ndjoyi-Mbiguino" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiq006" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989882v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jir344" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292512v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baize" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Leroy" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0000837" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989153v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanel Mahlak&#245;iv" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009126" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989438v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vieillard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00251-010-0480-x" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989289v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2334-10-356" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03002491v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pourrut" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Souris" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Paupy" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Paweska" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0000763" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542175v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Roger Ndong-Atome" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Njouom" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrick Bisvigou" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcv.2009.04.017" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5QBKQ3LX-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784916v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bonal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Chevillard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lucas-Gabrielli" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckae144.1586" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02921540v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigneau" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2018.07.027" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3M8ZFPB5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04578219v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2018.07.177" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283641v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433087v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734769v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01118635v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Rey" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.ede.0000391989.10496.21" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03312283v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Crepey" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Leray" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/glossaire-depidemiologie/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.berti.2021.01" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03819332v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Garlant&#233;zec" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pivette" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04546490v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750446v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013LORR0192" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432884v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cindy-padilla" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6673-7847" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/177534974" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/308788945" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05536197v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girardi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grazian" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rodighiero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bisigello" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gandolfi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556328" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04967029v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grimaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Kerbrat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Menant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Timsit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Andr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2025.01.410" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04481919v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bonal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Padilla" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chevillard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lucas-Gabrielli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-024-00366-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03922971v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirmala Prajapati" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Soler-Michel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica M Vieira" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy M Padilla" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-022-00320-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03630129v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Meur" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Padilla" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narges Ghoroubi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lamirault" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chatellier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejvs.2022.03.015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129754v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Foucault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nowak" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Timsit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-020-10026-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03819771v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Iungman" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Khomenko" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Nieuwenhuijsen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelise Pereira Barboza" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ambr&#242;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2021.110988" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04578246v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Akue" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berthold Bivigou-Mboumba" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirdad Kazanji" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Nkoghe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02304996v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Lachkhem" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Gao" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bertin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.118.024695" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02180024v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Painblanc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica M Vieira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16132274" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01978721v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Raffray" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;laide Pladys" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vigneau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Bayat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16010018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02481639v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Caron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Besson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Makuwa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233; Nkogh&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0006833" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01547817v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahida Kihal-Talantikite" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Zmirou-Navier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Deguen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-017-0091-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01714622v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Padilla" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph14121559" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01688586v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahida Kihal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1757975916656358" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01313745v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Petit" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Delbarre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0150875" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260193v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Perez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laperri&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borderon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Maignant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-016-0032-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02323677v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2327-4581.1000141" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554432v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bailon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Le&#243;n-Janampa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hozbor" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-016-1700-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01366285v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12940-016-0163-7" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01765797v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahida Kihal-Talantikit" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica M. Vieira" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph13060624" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01296781v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy M. Padilla" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blanchard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Le Nir" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph13030319" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01406070v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jeanjean" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0159039" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02321207v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfst.464" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02321206v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Kai-Chieh Chen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069587v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallou&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Monnez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jes.2014.66" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161775v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ojs.2015.54031" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01187406v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0131463" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01118626v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Siebert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couchoud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfu131" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01765768v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rossello" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2014.07.017" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01118609v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph110807642" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00838330v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lalloue" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Beaugard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2013.03.027" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00878362v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Gelormini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2393-13-191" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00809310v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-9276-12-21" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00924503v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rougier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Defrance" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1476-069X-12-109" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876255v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lallou&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheri Pies" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emminarie Lucas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10995-013-1251-8" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01118566v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2011.0455" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02481661v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Akue" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Moussavou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Moukana" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0001329" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989941v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Wauquier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Becquart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Ndjoyi-Mbiguino" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiq006" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989882v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jir344" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292512v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baize" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M. Leroy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0000837" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989153v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanel Mahlak&#245;iv" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009126" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989438v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vieillard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00251-010-0480-x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989289v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2334-10-356" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03002491v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pourrut" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Souris" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Paupy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Paweska" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0000763" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542175v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Roger Ndong-Atome" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Njouom" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrick Bisvigou" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcv.2009.04.017" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5QBKQ3LX-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05548940v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Ottavy" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548840v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Mazurier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Kwekeu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548630v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548670v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gao" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05548084v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lucas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05548008v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127816v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Soler Michel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Vieira" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckaa165.1027" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02921540v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigneau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2018.07.027" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3M8ZFPB5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04578219v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2018.07.177" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283641v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433087v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734769v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01118635v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Rey" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.ede.0000391989.10496.21" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04995220v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stm.bookpi.org/DHRD-V5/article/view/17357" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/bpi/dhrd/v5/4160" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05005735v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172226v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Roux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lefort" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith E. Mueller" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339246v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ottavy" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ephconference.eu/helsinki-2025/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckaf161.825" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784916v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bonal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Chevillard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lucas-Gabrielli" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckae144.1586" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02470784v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nowak" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckz187.132" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432884v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03312283v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Crepey" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Leray" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/glossaire-depidemiologie/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.berti.2021.01" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03819332v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Garlant&#233;zec" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pivette" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04546490v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750446v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013LORR0192" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>