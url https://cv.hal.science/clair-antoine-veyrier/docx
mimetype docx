--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -955,222 +955,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03992778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interpreter as a sequential coordinator in courtroom interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Licoppe</w:t>
+                <w:t xml:space="preserve">Les relations aux machines « conversationnelles »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Velkovska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustafa Zouinar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair-Antoine Veyrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interpreting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1075/intp.00034.lic⟩</w:t>
+              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 220-221, pp.47-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/res.220.0047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02562231v1</w:t>
+                <w:t xml:space="preserve">hal-03650908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les relations aux machines « conversationnelles »</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Moustafa Zouinar</w:t>
+                <w:t xml:space="preserve">The interpreter as a sequential coordinator in courtroom interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Licoppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair-Antoine Veyrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 220-221, pp.47-79. </w:t>
+              <w:t xml:space="preserve">Interpreting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (1), pp.56-86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/res.220.0047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1075/intp.00034.lic⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03650908v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1201,64 +1201,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engaging with smart assistants, reshaping home activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair-Antoine Veyrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Velkovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustafa Zouinar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EASST (European Association for Study of Science and Technology)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Lancaster, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2118,178 +2118,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00504986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual ethnography methodology for researching networked learning</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Virtual, online, cyber, mediated...ethnography. Nomination to practice in a collaborative learning context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair-Antoine Veyrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème conférence internationale de l'apprentissage en réseau, Halkidiki, 5-6 mai 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Halkidiki, Greece. pp.32-37</w:t>
+              <w:t xml:space="preserve">Advances in Ethnography, Language and Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00279080v1</w:t>
+                <w:t xml:space="preserve">hal-00325842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual, online, cyber, mediated...ethnography. Nomination to practice in a collaborative learning context</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Virtual ethnography methodology for researching networked learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Charnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clair-Antoine Veyrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Ethnography, Language and Communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">6ème conférence internationale de l'apprentissage en réseau, Halkidiki, 5-6 mai 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Halkidiki, Greece. pp.32-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00325842v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00279080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux du dispositif d'enregistrement sur l'analyse d'une activité collaborative en ligne : apport de l'ethnographie virtuelle</w:t>
               </w:r>
@@ -2908,51 +2908,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="66185C41"/>
+    <w:nsid w:val="2C5F8107"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3139,51 +3139,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clair-antoine-veyrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3497-0382" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166363634" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/317151622" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285692v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair-Antoine Veyrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Yombo Kokule" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ducarroz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Aparicio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Villalonga-Olives" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmedr.2025.103245" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573282v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roucoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Baumann-Coblentz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Massol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Karp" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15347354241233302" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05031209v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May-Elizabeth Pere-Ere Ajuwa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Cousin Cabrolier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chassany" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Marcellin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2023-079396" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573259v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eujim.2023.102308" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309419v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Licoppe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Verdier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs1.107.0031" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992778v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Muller" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562231v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/intp.00034.lic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03650908v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Velkovska" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Zouinar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.220.0047" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04089417v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395213v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007021v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021138v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992731v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992793v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007394v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745084v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745097v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745089v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745092v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458655v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504986v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00279080v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Charnet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325842v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350455v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168896v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459703v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01421687v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wachs" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Weber" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Stratilaki-Klein" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00766288v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012MON30028" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clair-antoine-veyrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3497-0382" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166363634" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/317151622" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285692v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair-Antoine Veyrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Yombo Kokule" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ducarroz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Aparicio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Villalonga-Olives" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmedr.2025.103245" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573282v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roucoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Baumann-Coblentz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Massol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Karp" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15347354241233302" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05031209v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May-Elizabeth Pere-Ere Ajuwa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Cousin Cabrolier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chassany" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Marcellin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2023-079396" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573259v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eujim.2023.102308" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309419v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Licoppe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Verdier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs1.107.0031" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992778v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Muller" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03650908v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Velkovska" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Zouinar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.220.0047" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562231v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/intp.00034.lic" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04089417v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395213v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007021v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021138v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992731v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992793v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007394v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745084v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745097v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745089v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745092v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458655v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504986v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325842v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00279080v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Charnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350455v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168896v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459703v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01421687v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wachs" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Weber" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Stratilaki-Klein" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00766288v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012MON30028" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>