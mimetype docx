--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations entre paramètres ESR/OSL et éléments traces dans des quartz : que nous disent les roches?</w:t>
+                <w:t xml:space="preserve">Relations entre paramètres ESR/OSL et éléments traces dans les quartz : que nous disent les roches?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rizza</w:t>
@@ -179,1152 +179,1152 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrix Heller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion des Sciences de la Terre</w:t>
+              <w:t xml:space="preserve">Réunion des Sciences de la Terre, Montpellier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05317299v1</w:t>
+                <w:t xml:space="preserve">hal-05483453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using cathodoluminescence as a traceability tool for lithium ores and concentrates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lithium mines ores and concentrates traceability using portative XRF instruments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Moradell-Casellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Laperche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lafaurie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Desaulty</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Monfort-Climent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2025, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">, Jul 2025, Prague (Czech Republic), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04934195v1</w:t>
+                <w:t xml:space="preserve">hal-05086962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithium mines ores and concentrates traceability using portative XRF instruments</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relations entre paramètres ESR/OSL et éléments traces dans des quartz : que nous disent les roches?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rizza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Chourio-Camacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrix Heller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Prague (Czech Republic), Czech Republic</w:t>
+              <w:t xml:space="preserve">Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05086962v1</w:t>
+                <w:t xml:space="preserve">hal-05317299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESR dating of quartz revisited: towards a better understanding of ESR sensibilities through investigation of different quartz types and experimental reproduction of sediment cycling</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using cathodoluminescence as a traceability tool for lithium ores and concentrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Moradell Casellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Bodereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Desaulty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Monfort-Climent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Goldschmidt 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Prague, Czech Republic</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05086908v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04934195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations entre paramètres ESR/OSL et éléments traces dans les quartz : que nous disent les roches?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ESR dating of quartz revisited: towards a better understanding of ESR sensibilities through investigation of different quartz types and experimental reproduction of sediment cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrix Heller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Nathaly Chourio Camacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Beatrix Heller</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Rixhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion des Sciences de la Terre, Montpellier</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGU, Apr 2025, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-10339⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05483453v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05086908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quartz chemico-structural characterization: a tool for sediment source tracing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physico-chemical variability of quartz grains in various bedrock materials: insights from coupled ESR and Trace element analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Tissoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Chourio-Camacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Lach</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Manon Boulay</w:t>
+                <w:t xml:space="preserve">Damien Devismes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Voinchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">QUARTZ-2024 International Symposium on Quartz and Glass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Göttingen, Sep 2024, Gottingen, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04724590v1</w:t>
+                <w:t xml:space="preserve">hal-04622839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Relationships Between ESR/OSL Characteristics and Trace Element Composition in Various Bedrocks Quartz</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Magali Rizza</w:t>
+                <w:t xml:space="preserve">Quartz chemico-structural characterization: a tool for sediment source tracing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Aupart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lerouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Tissoux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gilles  Rixhon</w:t>
+                <w:t xml:space="preserve">Manon Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU24</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-8723⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04870218v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04724590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment Provenance using coupled OSL, ESR, and Elemental analysis methods: insights from quartz-bearing bedrock and river sediments from the Strengbach catchment (Vosges Mountains, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the Relationships Between ESR/OSL Characteristics and Trace Element Composition in Various Bedrocks Quartz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rizza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Tissoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Aupart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Voinchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Devismes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Magali Rizza</w:t>
+                <w:t xml:space="preserve">Gilles  Rixhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QUARTZ-2024 International Symposium on Quartz and Glass</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gottingen University, Sep 2024, Gottingen, Germany</w:t>
+              <w:t xml:space="preserve">AGU24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Geophysical Union, Dec 2024, Washington DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04870158v1</w:t>
+                <w:t xml:space="preserve">hal-04870218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physico-chemical variability of quartz grains in various bedrock materials: insights from coupled ESR and Trace element analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Tissoux</w:t>
+                <w:t xml:space="preserve">Sediment Provenance using coupled OSL, ESR, and Elemental analysis methods: insights from quartz-bearing bedrock and river sediments from the Strengbach catchment (Vosges Mountains, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Voinchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Chourio-Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Devismes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rizza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QUARTZ-2024 International Symposium on Quartz and Glass</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, University of Göttingen, Sep 2024, Gottingen, Germany</w:t>
+              <w:t xml:space="preserve">, Gottingen University, Sep 2024, Gottingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04622839v1</w:t>
+                <w:t xml:space="preserve">hal-04870158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ESR and OSL variability in quartz extracted from magmatic, metamorphic or sedimentary rock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Tissoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rizza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Rixhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Valla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1366,64 +1366,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ANR QUARTZ project: A multi-method approach for quartz characterisation in alluvial sediments for source-to-sink tracing and dosimetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Tissoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rizza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1491,90 +1491,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling dosimetric methods (luminescence and ESR) with hydrosedimentary connectivity to unravel source-to-sink dynamics in the Strengbach catchment (Eastern France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Tissoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Ivanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lerouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Moncayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1661,77 +1661,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of dendrochemistry applied to polluted sites : Multi-technique approach for the analysis of pollutant tracers and co-tracers on a ring-by-ring basis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louet Hugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Desaulty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1786,90 +1786,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quartz Chemico-structural characterization: a tool for sediment source tracing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lerouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Desvisme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Vienne (AUT), Austria. 2024</w:t>
@@ -1911,90 +1911,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quartz Chemico-structural characterization: a tool for sediment source tracing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lerouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Desvisme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union (EGU)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Vienne (AUT), Austria. 2024</w:t>
@@ -2049,64 +2049,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Desvisme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rizza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2161,90 +2161,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creation of Quartz ID cards for source tracing using a multi-method approach as part of the ANR Quartz project: Lithium as a key element</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lerouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Moncayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on the Characterisation and Quantification of Lithium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
@@ -2318,64 +2318,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Important Is the Hydrothermal Alteration in the Upper Rhine Graben for Geothermal Lithium Assessment?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lerouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2467,274 +2467,274 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic faults triggered early stage serpentinization of peridotites from the Samail Ophiolite, Oman</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Osmium isotope evidence for rapid melt migration towards the Moho in the Oman ophiolite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Klaessens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Reisberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jousselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marguerite Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Aupart</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bjørn Jamtveit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 574, pp.117137. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2021.117137⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 572, pp.117111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2021.117111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03344223v1</w:t>
+                <w:t xml:space="preserve">hal-03328806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osmium isotope evidence for rapid melt migration towards the Moho in the Oman ophiolite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Klaessens</w:t>
+                <w:t xml:space="preserve">Seismic faults triggered early stage serpentinization of peridotites from the Samail Ophiolite, Oman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Aupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Reisberg</w:t>
+                <w:t xml:space="preserve">Luiz Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marguerite Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Jousselin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Aupart</w:t>
+                <w:t xml:space="preserve">Bjørn Jamtveit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 572, pp.117111. </w:t>
+              <w:t xml:space="preserve">, 2021, 574, pp.117137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2021.117111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2021.117137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03328806v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03344223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivine Grain Size Distributions in Faults and Shear Zones: Evidence for Nonsteady State Deformation</w:t>
               </w:r>
@@ -3023,51 +3023,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317299v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Aupart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rizza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Chourio-Camacho" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrix Heller" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934195v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Moradell Casellas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Bodereau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Desaulty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Monfort-Climent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05086962v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Moradell-Casellas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Laperche" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lafaurie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086908v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Nathaly Chourio Camacho" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rixhon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-10339" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483453v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04724590v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lerouge" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lach" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Trichard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Boulay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-8723" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04870218v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tissoux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles&#160; Rixhon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04870158v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Devismes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622839v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03957230v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valla" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03972667v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Voinchet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03972679v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ivanez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Moncayo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070329v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louet Hugo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Colombano" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726106v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Desvisme" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543354v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667768v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320505v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04819397v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Vidal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Traor&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344223v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Morales" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Godard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn Jamtveit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.117137" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03328806v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Klaessens" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Reisberg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jousselin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.117111" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01928529v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina G Dunkel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiza Angheluta" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakon Austrheim" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ildefonse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018jb015836" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483453v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Aupart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rizza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Chourio-Camacho" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrix Heller" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05086962v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Moradell-Casellas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Laperche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lafaurie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Desaulty" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317299v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934195v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Moradell Casellas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Bodereau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Monfort-Climent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086908v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Nathaly Chourio Camacho" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rixhon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-10339" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622839v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tissoux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Devismes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04724590v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lerouge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lach" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Trichard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Boulay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-8723" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04870218v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles&#160; Rixhon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04870158v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03957230v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valla" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03972667v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Voinchet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03972679v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ivanez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Moncayo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070329v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louet Hugo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Colombano" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726106v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Desvisme" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543354v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667768v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320505v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04819397v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Vidal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Traor&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03328806v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Klaessens" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Reisberg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jousselin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Godard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.117111" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344223v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Morales" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn Jamtveit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.117137" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01928529v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina G Dunkel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiza Angheluta" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakon Austrheim" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ildefonse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018jb015836" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>