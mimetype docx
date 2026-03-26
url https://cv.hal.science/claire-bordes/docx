--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1056,295 +1056,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03042015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface-enhanced Raman spectroscopy using uncoated gold nanoparticles for bacteria discrimination</w:t>
+                <w:t xml:space="preserve">Development of enteric polymer-based microspheres by spray-drying for colonic delivery of Lactobacillus rhamnosus GG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Akanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anne Bonhommé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Commun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Farre</w:t>
+                <w:t xml:space="preserve">Anne Doleans-Jordheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 51 (4), pp.619-629. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 584, pp.119414. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jrs.5827⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2020.119414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02456008v1</w:t>
+                <w:t xml:space="preserve">hal-02924127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of enteric polymer-based microspheres by spray-drying for colonic delivery of Lactobacillus rhamnosus GG</w:t>
+                <w:t xml:space="preserve">Surface-enhanced Raman spectroscopy using uncoated gold nanoparticles for bacteria discrimination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Akanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonhommé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Commun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carine Commun</w:t>
+                <w:t xml:space="preserve">Anne Doleans‐jordheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Doleans-Jordheim</w:t>
+                <w:t xml:space="preserve">Carole Farre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 584, pp.119414. </w:t>
+              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51 (4), pp.619-629. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2020.119414⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jrs.5827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02924127v1</w:t>
+                <w:t xml:space="preserve">hal-02456008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and structural characterization of a novel nanoemulsion for oral drug delivery</w:t>
               </w:r>
@@ -1477,77 +1477,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface enhanced Raman spectroscopy for bacteria analysis: a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Akanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonhommé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bessueille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1607,77 +1607,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of uncoated near-spherical gold nanoparticles for the label-free quantification of Lactobacillus rhamnosus GG by surface-enhanced Raman spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Akanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonhommé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Commun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Doleans-Jordheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bessueille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2009,90 +2009,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and Comparison of Surface-Enhanced Raman Scattering Gold Substrates for In Situ Characterization of ‘Model’ Analytes in Organic and Aqueous Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Akanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonhommé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Minot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry Africa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2, pp.1-12. </w:t>
@@ -2143,51 +2143,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of pectin microparticles by using ionotropic gelation with chlorhexidine as cross-linking agent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lascol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Barratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2522,575 +2522,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01515322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of surfactant bio-sourced origin by isotope-ratio mass spectrometry</w:t>
+                <w:t xml:space="preserve">Acute aquatic toxicity of organic solvents modeled by QSARs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Gaubert</w:t>
+                <w:t xml:space="preserve">Amélie Levet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Jame</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yohann Clément</w:t>
+                <w:t xml:space="preserve">Pierre Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Guibert</w:t>
+                <w:t xml:space="preserve">Christophe Morell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 30 (9), pp.1108-1114 </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (12), pp.article number: 288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rcm.7537⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00894-016-3156-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01363813v1</w:t>
+                <w:t xml:space="preserve">hal-01546591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute aquatic toxicity of organic solvents modeled by QSARs.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Determination of surfactant bio-sourced origin by isotope-ratio mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Levet</w:t>
+                <w:t xml:space="preserve">Patrick Jame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Mignon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Morell</w:t>
+                <w:t xml:space="preserve">Sylvie Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Modeling</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 30 (9), pp.1108-1114 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rcm.7537⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00894-016-3156-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01546591v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01363813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solvent database and in silico classification: A new methodology for solvent substitution and its application for microencapsulation process.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Levet</w:t>
+                <w:t xml:space="preserve">Identification and absolute quantification of enzymes in laundry detergents by liquid chromatography tandem mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jéremy Jeudy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Rougemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Henry Chermette</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2016.05.053⟩</w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 408 (17), pp.4669-4681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-016-9550-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01546589v1</w:t>
+                <w:t xml:space="preserve">hal-01356216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and absolute quantification of enzymes in laundry detergents by liquid chromatography tandem mass spectrometry</w:t>
+                <w:t xml:space="preserve">Solvent database and in silico classification: A new methodology for solvent substitution and its application for microencapsulation process.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Gaubert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Blandine Rougemont</w:t>
+                <w:t xml:space="preserve">Amélie Levet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Lemoine</w:t>
+                <w:t xml:space="preserve">Henry Chermette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 408 (17), pp.4669-4681. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 509 (1-2), pp.454-464. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00216-016-9550-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2016.05.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01356216v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response surface optimization of miniemulsion: application to UV synthesis of hexyl acrylate nanoparticles</w:t>
               </w:r>
@@ -3210,77 +3210,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of surfactant complex mixtures using Raman spectroscopy and signal extraction methods: application to laundry detergent deformulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonhommé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3369,51 +3369,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pectin gelation with chlorhexidine: Physico-chemical studies in dilute solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lascol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Guillière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3771,51 +3771,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New validation of molecular mass measurements by means of 2D DOSY H-1 NMR experiments: application to surfactants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Hologne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanglar Corinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4314,103 +4314,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative structure-activity relationship to predict acute fish toxicity of organic solvents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Levet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry Chermette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 93 (6), pp.1094-1103. </w:t>
@@ -4588,531 +4588,531 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00954668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrokinetic properties of bare or nanoparticle-functionalized textile fabrics</w:t>
+                <w:t xml:space="preserve">A design of experiment approach to the sol-gel synthesis of titania monoliths for chromatographic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Ripoll</w:t>
+                <w:t xml:space="preserve">Maguy Abi Jaoudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Randon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lanteri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2012.01.022⟩</w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 403 (4), pp.1145-1155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-012-5761-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00703680v1</w:t>
+                <w:t xml:space="preserve">hal-00807467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photochemical behaviour of propranolol in environmental waters: the hydroxylated photoproducts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Piram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Chermette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Herbreteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Environmental Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 92 (1), pp.96-109. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/03067319.2010.497920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00876038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A design of experiment approach to the sol-gel synthesis of titania monoliths for chromatographic applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrokinetic properties of bare or nanoparticle-functionalized textile fabrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ripoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Marotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maguy Abi Jaoudé</w:t>
+                <w:t xml:space="preserve">Sabrina Etheve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Randon</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abdelhamid Elaissari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 403 (4), pp.1145-1155. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 397, pp.24-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00216-012-5761-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2012.01.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00807467v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00703680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymer particle adsorption at textile/liquid interfaces: a simple approach for a new functionalization route</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ripoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pédro Marotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Etheve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Elaissari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer international</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 61 (7), pp.1127-1135. </w:t>
@@ -5188,51 +5188,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Pliszczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pédro Marotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5467,51 +5467,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of an encapsulation process for the preparation of pro- and prebiotics-loaded bioadhesive microparticles by using experimental design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Pliszczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6321,77 +6321,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of Gold nanoparticles for the characterization of different bacteria by Surface Enhanced Raman Scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Akanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonhommé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Commun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Doleans-Jordheims</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6446,64 +6446,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a Surface Enhanced Raman Scattering method for the quantification of bacteria : Application to the characterization of probiotics encapsulated in microspheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Akanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonhommé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Commun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Doleans-Jordheims</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6571,77 +6571,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of Gold nanoparticles for the detection of Lactobacillus Rhamnosus GG by Surface Enhanced Raman Scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Akanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonhommé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Commun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Doleans-Jordheims</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6877,51 +6877,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interest of blind source separation methods for surfactant mixture deformulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7261,51 +7261,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise au point d'une méthode de déformulation de produits détergents par RMN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Hologne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sanglar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7395,51 +7395,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Hologne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sanglar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7503,51 +7503,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrophobie des composés ionisables étudiée par CCC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Levet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7777,51 +7777,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Tarlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Briançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Bourgeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7911,51 +7911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Quaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Briancon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8334,51 +8334,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raman spectroscopy coupled to blind source separation methods for deformulation of surfactant mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8491,90 +8491,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cationic microparticles and use in the field of cosmetotextiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ripoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Fessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Elaissari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fauré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8921,51 +8921,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microparticules cationiques et utilisation dans le domaine des cosméto-textiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Elaissari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Ethève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9195,51 +9195,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369342v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Andreana" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananga Ghosh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Repellin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Kneppers" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Ben Larbi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2025.101564" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385078v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihen Kallel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa Ben Aissa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basma Ousji" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevalier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhaira Hbaieb" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.126345" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411171v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385028v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najeh Jawed" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaiech Riahi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bordes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.5c09162" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04760029v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tallon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Agusti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gagni&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyao Zhang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.4c02684" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175653v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Rosso" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyad Almouazen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Pontes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Andretto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Leroux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S13346-021-00904-X" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042015v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Cardoso" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Durosoy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2020.10.049" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456008v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Akanny" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonhomm&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Commun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Doleans&#8208;jordheim" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Farre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.5827" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924127v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourgeois" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Doleans-Jordheim" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.119414" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02841383v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Lollo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Troung" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2020.124614" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919975v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bessueille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/05704928.2020.1796698" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437233v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-019-01938-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02187837v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Bouarab-Chibane" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Forquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lant&#233;ri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cl&#233;ment" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie L&#233;onard-Akkari" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00829" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124467v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bonnefoy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fildier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bulet&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Garric" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.04.028" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119126v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Minot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42250-019-00053-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744673v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lascol" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barratier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Marote" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2018.03.011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803310v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanteri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2018.03.006" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515322v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Saad&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Declas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Faure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-016-0696-8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363813v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gaubert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Jame" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guibert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7537" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2VCDWMWC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546591v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Levet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mignon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morell" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-016-3156-0" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546589v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Chermette" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2016.05.053" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356216v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remy Jeudy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rougemont" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lemoine" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-016-9550-8" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252718v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Raffin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hangou&#235;t" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;dro Marote" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00396-015-3778-2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363725v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Burger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Jouan-Rimbaud Bouveresse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2016.02.016" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFTZ15TG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355493v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lascol" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Guilli&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2016.05.014" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186720v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Machon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Cros-Perrial" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Petter Jordheim" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2015.05.069" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187182v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lemerya" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brian&#231;on" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oddos" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2015.01.019" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187373v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Hologne" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanglar Corinne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Casabianca" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2014.05.008" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229882v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Namour" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schmitt" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Moulin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fantino" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.05.057" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8XZH91P4-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850196v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;ta Kiss" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Buisson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lasne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-7199-0" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991047v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gavory" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Abderrahmen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chaussy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Naceur Belgacem" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apt.2013.05.004" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RB5S49D1-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877400v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2013.06.002" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CR50KCXF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954668v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Ouadah" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Doussineau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hamada" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dugourd" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la403516y" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703680v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ripoll" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Marotte" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Etheve" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Elaissari" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2012.01.022" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXRTRN7X-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876038v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Piram" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Faure" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Herbreteau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067319.2010.497920" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807467v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Abi Jaoud&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Randon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-012-5761-9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L3BFDXH6-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877354v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;dro Marotte" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.4190" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CRLLPP0F-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877405v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Pliszczak" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zahouani" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2011.11.039" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBPDPDLH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591902v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Jacquet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Magdeleine Flament-Waton" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Olivier Pa&#239;ss&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques de Ceaurriz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2010.10.030" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MDFM1DLP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703773v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Valour" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Andr&#233;e Mazoyer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2011.06.011" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W2Z7X6SZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703788v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Hnaien" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ruffin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marcillat" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lagarde" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2011.01.013" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KLSWJPW5-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059573v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Tewa-Tagne" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Degobert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Briancon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Gauvrit" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-006-9182-3" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-P7M4NLCN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509829v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carrier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Perol" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Hermann" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bordes Claire" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horikoshi Satoshi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2005.11.014" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701102v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gagni&#232;re" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923108v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gagniere" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519570v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Doleans-Jordheims" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519425v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519436v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864833v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575714v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Pouech" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lafay" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Wiest" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Baudot" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595641v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanglar" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993235v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cren-Oliv&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier L&#233;onard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916986v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Charbonneau" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chabot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Heron" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958380v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870945v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913815v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthod" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Mekaoui" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04743814v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Tingaud" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lawton" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cogn&#233;" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Errazuriz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04791506v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tarlet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bourgeaux" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04791415v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Quaillet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462743v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Thomas" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Arquier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776724v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffanie Salas" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bonnemaire" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandrine Bolzinger" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776718v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595329v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonhomme" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Rutledge" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499260v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Fessi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faur&#233;" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387561v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Couenne" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melaz Tayakout-Fayolle" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Venet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818634-3.50183-1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776729v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966473v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Eth&#232;ve" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369342v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Andreana" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananga Ghosh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Repellin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Kneppers" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Ben Larbi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2025.101564" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385078v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihen Kallel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa Ben Aissa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basma Ousji" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevalier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhaira Hbaieb" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.126345" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411171v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385028v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najeh Jawed" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaiech Riahi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bordes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.5c09162" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04760029v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tallon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Agusti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gagni&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyao Zhang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.4c02684" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175653v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Rosso" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyad Almouazen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Pontes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Andretto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Leroux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S13346-021-00904-X" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042015v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Cardoso" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Durosoy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2020.10.049" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924127v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Akanny" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourgeois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonhomm&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Commun" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Doleans-Jordheim" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.119414" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456008v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Doleans&#8208;jordheim" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Farre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.5827" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02841383v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Lollo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Troung" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2020.124614" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919975v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bessueille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/05704928.2020.1796698" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437233v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-019-01938-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02187837v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Bouarab-Chibane" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Forquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lant&#233;ri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cl&#233;ment" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie L&#233;onard-Akkari" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00829" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124467v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bonnefoy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fildier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bulet&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Garric" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.04.028" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119126v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Minot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42250-019-00053-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744673v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lascol" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barratier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Marote" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2018.03.011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803310v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanteri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2018.03.006" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515322v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Saad&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Declas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Faure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-016-0696-8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546591v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Levet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mignon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morell" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-016-3156-0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363813v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gaubert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Jame" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guibert" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7537" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2VCDWMWC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356216v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remy Jeudy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rougemont" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lemoine" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-016-9550-8" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546589v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Chermette" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2016.05.053" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01252718v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Raffin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hangou&#235;t" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;dro Marote" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00396-015-3778-2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363725v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Burger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Jouan-Rimbaud Bouveresse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2016.02.016" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFTZ15TG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355493v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lascol" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Guilli&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2016.05.014" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186720v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Machon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Cros-Perrial" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Petter Jordheim" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2015.05.069" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187182v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lemerya" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brian&#231;on" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oddos" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2015.01.019" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187373v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Hologne" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanglar Corinne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Casabianca" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2014.05.008" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229882v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Namour" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schmitt" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Moulin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fantino" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.05.057" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8XZH91P4-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850196v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;ta Kiss" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Buisson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lasne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-7199-0" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991047v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gavory" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Abderrahmen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chaussy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Naceur Belgacem" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apt.2013.05.004" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RB5S49D1-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877400v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2013.06.002" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CR50KCXF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954668v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Ouadah" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Doussineau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hamada" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dugourd" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la403516y" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807467v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Abi Jaoud&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Randon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-012-5761-9" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L3BFDXH6-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876038v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Piram" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Faure" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Herbreteau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067319.2010.497920" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703680v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ripoll" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Marotte" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Etheve" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Elaissari" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2012.01.022" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXRTRN7X-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877354v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;dro Marotte" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.4190" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CRLLPP0F-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877405v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Pliszczak" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zahouani" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2011.11.039" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBPDPDLH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591902v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Jacquet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Magdeleine Flament-Waton" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Olivier Pa&#239;ss&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques de Ceaurriz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2010.10.030" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MDFM1DLP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703773v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Valour" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Andr&#233;e Mazoyer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2011.06.011" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W2Z7X6SZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703788v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Hnaien" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ruffin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marcillat" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lagarde" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2011.01.013" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KLSWJPW5-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059573v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Tewa-Tagne" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Degobert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Briancon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Gauvrit" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-006-9182-3" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-P7M4NLCN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509829v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carrier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Perol" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Hermann" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bordes Claire" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horikoshi Satoshi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2005.11.014" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701102v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gagni&#232;re" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923108v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gagniere" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519570v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Doleans-Jordheims" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519425v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519436v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864833v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575714v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Pouech" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lafay" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Wiest" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Baudot" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595641v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanglar" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993235v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cren-Oliv&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier L&#233;onard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916986v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Charbonneau" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chabot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Heron" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958380v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870945v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913815v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthod" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Mekaoui" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04743814v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Tingaud" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lawton" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cogn&#233;" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Errazuriz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04791506v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tarlet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bourgeaux" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04791415v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Quaillet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462743v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Thomas" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Arquier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776724v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffanie Salas" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bonnemaire" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandrine Bolzinger" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776718v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595329v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonhomme" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Rutledge" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499260v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Fessi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faur&#233;" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387561v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Couenne" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melaz Tayakout-Fayolle" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Venet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818634-3.50183-1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776729v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966473v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Eth&#232;ve" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>