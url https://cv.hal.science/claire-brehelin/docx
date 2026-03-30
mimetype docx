--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -4561,64 +4561,64 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Laloi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aaron Setterdahl</w:t>
+                <w:t xml:space="preserve">Aaron T Setterdahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Knaff</w:t>
+                <w:t xml:space="preserve">David B Knaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photosynthesis Research</w:t>
             </w:r>
@@ -4641,51 +4641,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03034831v1</w:t>
+                <w:t xml:space="preserve">hal-02348775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytosolic, Mitochondrial Thioredoxins and Thioredoxin Reductases in Arabidopsis Thaliana</w:t>
               </w:r>
@@ -4703,64 +4703,64 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Laloi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aaron T Setterdahl</w:t>
+                <w:t xml:space="preserve">Aaron Setterdahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David B Knaff</w:t>
+                <w:t xml:space="preserve">David Knaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photosynthesis Research</w:t>
             </w:r>
@@ -4783,51 +4783,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02348775v1</w:t>
+                <w:t xml:space="preserve">hal-03034831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resemblance and Dissemblance of Arabidopsis Type II Peroxiredoxins: Similar Sequences for Divergent Gene Expression, Protein Localization, and Activity</w:t>
               </w:r>
@@ -5451,51 +5451,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404779v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Jambou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Arvy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Quinteau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Doner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347115v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Jambou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648253v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349588v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349599v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347135v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Br&#233;h&#233;lin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114255v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marissal-Arvy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Sofer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Simon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282740v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Chavonet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Besse" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pascal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathleen Mirande-Ney" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282691v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Zhan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282717v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04647910v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Coulon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757436v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. German-Retana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652906v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Nacir" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bahammou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bessoule" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae301" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168007v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bouchnak" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Salis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine D&#8217;andrea" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brehelin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1193905" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357604v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Pyc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satinder Gidda" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Seay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Esnay" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Kretzschmar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koab179" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141513v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Gutbrod" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Reichert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Gutbrod" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amazigh Hamai" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2021.112684" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03347595v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estanislao Burgos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Belen de Luca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidore Diouf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Haro" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Albert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15077" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022855v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Brocard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tuphile" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.09.018" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106333v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Kessler" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1751-1097.2008.00459.x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106324v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Berm&#250;dez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tal&#237;a del Pozo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Silvestre Lira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana de Godoy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Boos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcy191" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346772v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Immel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00894" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606372v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Degraeve-Guilbault" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Haslam" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Sayanova" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glawdys Marie-Luce" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.01467" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01533829v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Garcia Cabanillas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gayral" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rach&#232;le T&#233;plier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pouzoulet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-017-3292-6" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347297v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00114" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106325v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Besagni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Eugeni Piller" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-237-3_12" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347066v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Besagni" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Ksas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rumeau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1104790108" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348698v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#160;maria Zbierzak" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Kanwischer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Wille" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Vidi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giavalisco" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20090704" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479193v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Zbierzak" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02118623v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Gama" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gelhaye" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Meyer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jacquot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.2008.01097.x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z0X0SZX3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347320v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6750-7-4" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347115v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Gaude" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Tischendorf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter D&#246;rmann" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2006.02992.x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106327v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas J van Wijk" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2007.04.003" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348682v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Baginsky" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jotham R Austin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Csucs" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M511939200" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347280v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Lohmann" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Aurel Sch&#246;ttler" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Bock" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M609412200" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348735v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vignols" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Surdin-Kerjan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thomas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0506880102" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034831v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laloi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Setterdahl" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Knaff" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:PRES.0000017165.55488.ca" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-THKT4MQJ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348775v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron T Setterdahl" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B Knaff" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106323v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne H Meyer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul de Souris" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bonnard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.103.022533" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106322v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Mouaheb" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Verdoucq" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lancelin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M002916200" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827442v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1362-7_17" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024939v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404779v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Jambou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Arvy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Quinteau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Doner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347115v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Jambou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648253v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349588v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349599v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347135v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Br&#233;h&#233;lin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114255v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marissal-Arvy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Sofer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Simon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282740v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Chavonet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Besse" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pascal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathleen Mirande-Ney" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282691v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Zhan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282717v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04647910v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Coulon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757436v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. German-Retana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652906v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Nacir" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bahammou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bessoule" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae301" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168007v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bouchnak" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Salis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine D&#8217;andrea" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brehelin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1193905" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357604v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Pyc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satinder Gidda" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Seay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Esnay" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Kretzschmar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koab179" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141513v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Gutbrod" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Reichert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Gutbrod" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amazigh Hamai" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2021.112684" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03347595v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estanislao Burgos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Belen de Luca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidore Diouf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Haro" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Albert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15077" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022855v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Brocard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tuphile" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.09.018" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106333v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Kessler" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1751-1097.2008.00459.x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106324v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Berm&#250;dez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tal&#237;a del Pozo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Silvestre Lira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana de Godoy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Boos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcy191" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346772v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Immel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00894" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606372v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Degraeve-Guilbault" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Haslam" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Sayanova" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glawdys Marie-Luce" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.01467" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01533829v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Garcia Cabanillas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gayral" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rach&#232;le T&#233;plier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pouzoulet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-017-3292-6" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347297v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00114" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106325v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Besagni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Eugeni Piller" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-237-3_12" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347066v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Besagni" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Ksas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rumeau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1104790108" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348698v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#160;maria Zbierzak" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Kanwischer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Wille" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Vidi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giavalisco" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20090704" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479193v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Zbierzak" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02118623v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Gama" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gelhaye" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Meyer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jacquot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.2008.01097.x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z0X0SZX3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347320v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6750-7-4" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347115v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Gaude" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Tischendorf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter D&#246;rmann" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2006.02992.x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106327v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas J van Wijk" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2007.04.003" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348682v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Baginsky" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jotham R Austin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Csucs" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M511939200" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347280v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Lohmann" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Aurel Sch&#246;ttler" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Bock" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M609412200" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348735v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vignols" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Surdin-Kerjan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thomas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0506880102" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348775v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laloi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron T Setterdahl" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B Knaff" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:PRES.0000017165.55488.ca" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-THKT4MQJ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034831v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Setterdahl" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Knaff" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106323v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne H Meyer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul de Souris" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bonnard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.103.022533" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106322v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Mouaheb" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Verdoucq" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lancelin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M002916200" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827442v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1362-7_17" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024939v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>