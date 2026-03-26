--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,138 +66,142 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche coopérative et légitimation : une ingénierie hybride didactique au service de la didactique des langues de spécialité</w:t>
+                <w:t xml:space="preserve">Recherche coopérative et légitimation : une ingénierie hybride didactique au service de la didactique des langues de spécialité à l'Université</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Desvages-vasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Lumière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nathalie Carminatti; Dominique Alvarez; Christine Ducamp; Hejer Ben Jomâa; Marie-France Carnus. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’ingénierie hybride didactique clinique coopérative, un dispositif d’un nouveau genre. Des signatures enseignantes de la maternelle à l’université</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Cépadues Éditions, pp.181-203, 2025</w:t>
+              <w:t xml:space="preserve">, Cépadues Éditions, pp.181-203, 2025, (L'Esperluette, éducation &amp; formation), 978-2-38395-173-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04992959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -277,202 +281,107 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04741364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche coopérative et légitimation : une ingénierie hybride didactique au service de la didactique des langues de spécialité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Desvages-vasselin</w:t>
+                <w:t xml:space="preserve">Introduction Epistémologie à usage didactique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...66 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie O'Connell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claire Chaplier; Anne-Marie O'Connell. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Épistémologie à usage didactique : langues de spécialité (secteur Lansad)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, l'Harmattan, pp.21-31, 2019, 978-2-343-17314-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05033128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -482,522 +391,522 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COURS D’ANGLAIS DE LA GESTION ET APPROCHE PAR COMPÉTENCES : ÉTUDE DE CAS EN ÉCOLE UNIVERSITAIRE DE MANAGEMENT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges CRAPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 46 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05506454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paradigme de l’énaction pour penser et renouveler l’enseignement-apprentissage des langues étrangères. Cas de l’enseignement supérieur français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lumière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de sémiotique des cultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Sciences, épistémologie, arts – Perspectives de l’énaction, 1 (1), pp.105-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04505065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques littératiques universitaires en anglais en contexte scientifique français : cas des doctorants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studii şi cercetări filologice. Seria Limbi Străine Aplicate</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.10404852⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...36 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les facteurs de motivation, l’engagement et l’identité professionnelle des enseignants d’anglais de spécialité en BTS : résultats d’une enquête</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chapus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matices en lenguas extranjeras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pédagogie de la créativité en langue additionnelle en contexte scientifique à l’université.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synergies Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04441017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction orale en anglais entre pairs: cas d’étudiants en LANSAD.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Didáctica (Lengua y Literatura)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 35, pp.127-138. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5209/dill.79588⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Translanguaging: a probable phenomenon among Sri Lankan students in a spontaneous speaking situation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indiwaree Ethpatiyawe Geadra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1013,142 +922,142 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes en didactique des langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, La dispute / Arguing, 39, pp.55-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04397805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From one language to another: creativity in ‘English for science’ and innovation in didactics of sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> International Arab Journal of English for Specific Purposes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04466805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les effets de translanguaging et de transculturing : cas des étudiants sri lankais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1164,1606 +1073,1606 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les langues de spécialité dans l’enseignement supérieur en France : un exemple de littératie enseignante dans le domaine de l’anglais des sciences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Oconnell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 15 (2), pp.85-102. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/educationdidactique.8729⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03263507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction- n° 3 des Langues Modernes « Sens et émotions dans l’enseignement-apprentissage des langues-cultures ».</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lumière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues Modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Sens et émotions dans l'enseignement-apprentissage des langues-cultures, 2, pp.9-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03430343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’engagement de l’enseignant-chercheur en anglais de spécialité : cas d’une université scientifique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Languages for Specific Purposes </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04466813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thoughts on LANSOD Teaching and Learning in France: The Example of English for Science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> International Arab Journal of English for Specific Purposes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2 (1), 17 p. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34874/PRSM.iajesp-vol2iss1.18855⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05033082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...36 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction - n° 2 du vol. 38 de Recherche et pratiques pédagogiques en langues de spécialité, « L'internationalisation des formations et l'enseignement / apprentissage des langues dans l’enseignement supérieur ».</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Joulia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et pratiques pédagogiques en langues. Cahiers de l’APLIUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04739979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of English in the Scientific Community in France: Obstacles and Stakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Baltic Journal of English Language, Literature and Culture </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04466870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Scientific English to English for Science: Determining the Perspectives and Crossing the Limits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arab World English Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24093/awej/vol7no4.23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03617395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ESP / ASP in the Domains of Science and Law in a French Higher Education Context: Preliminary Reflections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie O'Connell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European English Messenger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, The European English Messenger Winter 2015, 24 (2), pp.61-76. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3402/jac.v2i0.5677⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01325906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prolegomena to the Epistemology of Languages for non-Specialists: the Example of CLIL.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie O'Connell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Language and Cultural Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflexions sur la relation enseignant-étudiants dans un dispositif hybride: cas d’étudiants LANSAD-sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Syn-Thèses - Revue annuelle du Département de Langue et de Littérature Françaises de l'Université Aristote de Thessalonique </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 7, pp.3-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prolegomena to the epistemology of languages for non-specialists: the example of CLIL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie O'Connell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Journal of Language and Cultural Studies JoLaCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Journal of Language and Cultural Education, 2015, 3(1), 3 (1), pp.130-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimension et autonomisation psycho-affectives dans deux dispositifs hybrides - Études de cas en Master 12</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Crosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle anglicisation des formations ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie O'Connell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues Modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, L'anglicisation des formations dans l'enseignement supérieur, 1/2014, pp.26-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimension et autonomisation psycho-affectives dans deux dispositifs hybrides – Études de cas en master 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Crosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04483666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimension et autonomisation psycho-affectives dans deux dispositifs hybrides – Études de cas en master 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Crosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04482372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des cours de sciences en anglais à l’EMILE : état des lieux, réflexion et recommandations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication interculturelle: exemples de rhétorique et de pragmatique culturelles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Educaçao, sociedade e culturas </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’aide à l’écriture en anglais chez des étudiants LANSAD-sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues Modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment susciter la prise de conscience phonologique de l’anglais : cas d’étudiants en formation LANSAD-sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, pp.44 - 58. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/apliut.697⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03591899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
-              <w:r>
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">État des lieux : groupes de recherche en didactique des sciences et en didactique des langues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Après-midi de LAIRDIL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Didactique des langues, didactique des sciences, 17, pp.123-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04050840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2773,133 +2682,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transdisciplinarité et interculturalité dans une formation d'enseignants de langue : l'exemple du Master Didalap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Hespert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24e Colloque International, IALIC, Bordeaux, 28 -30 novembre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04833824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paradigme de l'énaction pour penser et renouveler l'enseignement-apprentissage des langues vivantes. Cas de l'enseignement supérieur français. Journées d’étude interdisciplinaires autour de l’énaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2915,609 +2824,609 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences, épistémologie, arts : perspective de l'enaction- Université Toulouse Jean Jaurès-UFR de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation de la cartographie de la didactique de l’anglais - LEA, LLCER, LANSAD.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Maechling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international ARDAA, « Didactique de l’anglais langue étrangère en contexte éducatif : enjeux et spécificités », 26-28 juin, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04833836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rapport au numérique des enseignants durant la continuité pédagogique : lycée professionnel, technologique ou général, quelles influences sur les pratiques enseignantes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Alvarez</w:t>
+                <w:t xml:space="preserve">Nathalie Maumon  de Longevialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Maumon  de Longevialle</w:t>
+                <w:t xml:space="preserve">Nathalie Carminatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Ducamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Faire résultat(s) dans les recherches en sciences de l’éducation, EFTS, 5-7 juin, 2023, Toulouse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04833897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enseignement-apprentissage de l’anglais en Lansad en contexte scientifique depuis une perspective praxéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude à l’INSPE Martinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Fort de France (Martinique), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet des disciplines sur l’adaptabilité au numérique des enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Maumon  de Longevialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Ducamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
-              <w:r>
-[...64 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Carnus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faire résultat(s) dans les recherches en éducation. Pour quoi ? Avec qui ? Comment ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse Jean Jaures UMR EFTS, Jun 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet des disciplines sur l'adaptabilité au numérique des enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Carminatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04400594v1</w:t>
-[...35 lines deleted...]
-                <w:t xml:space="preserve">Dominique Alvarez</w:t>
+                <w:t xml:space="preserve">Marie-France Carnus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Ducamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées internationales d’étude (Pratiques d’enseignement – apprentissage en période de pandémie : entre continuité pédagogique et rupture professionnelle), Université Toulouse Jean Jaurès &amp; Université de Genève, les 30 juin et 1er juillet 2022.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03841749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Légitimation et structuration : une ingénierie hybride didactique clinique coopérative à la recherche du temps vécu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lumière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Desvages-vasselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3532,297 +3441,297 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées internationales d’étude. Pratiques d’enseignement. Apprentissage en période de pandémie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Toulouse; Université de Genève, Jun 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panel interdisciplinaire « Compétences transversales et projets interdisciplinaires dans l'enseignement: le rôle des anglicistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie O'Connell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
-              <w:r>
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanane Boutenbat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la SAES, Tours, 4-6 juin 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04842552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écriture créative d’un point de vue didactique, démarche interdisciplinaire, compétence transversale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la SAES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y a-t-il une « crise » des études anglophones ? ». Atelier Histoire et épistémologie des études anglophones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie O'Connell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la SAES, Tours, 4-6 juin 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04842533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3832,262 +3741,262 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le LANSAD : un continent oublié.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du colloque international sur la gouvernance linguistique des universités et établissements d'enseignement supérieur des 8 et 9 novembre 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04466795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comportements transculturels, production translangagière et réflexion didactique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Narcy-Combes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du Colloque international Approches critiques des identités culturelles dans l’espace public : Comment sortir de la tour d’ivoire ? Dijon les 14 et 15 mai 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04505086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary reflection on Content and language integrated learning as a tool for teaching English in a globalised world</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie O'Connell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Preliminary reflection on Content and language integrated learning as a tool for teaching English in a globalised world</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2 (1), pp.5-8, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04741375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4097,111 +4006,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sens et émotions dans l’enseignement-apprentissage des langues-cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chaplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lumière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues Modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020 (2), 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03430360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4211,180 +4120,180 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Épistémologie à usage didactique : Langues de spécialité (secteur LANSAD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie O'Connell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04739896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Épistémologie à usage didactique : Langues de spécialité (secteur LANSAD)</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+                <w:t xml:space="preserve">L’anglais des sciences : un objet didactique hybride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chaplier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...60 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId84"/>
+      <w:footerReference w:type="default" r:id="rId83"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4531,51 +4440,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992959v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Desvages-vasselin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chaplier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lumi&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741364v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indiwaree Ethpatiyawe Geadra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704014v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033128v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie O'Connell" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506454v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leray" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505065v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lumi&#232;re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440827v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10404852" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466811v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chapus" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441017v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440929v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/dill.79588" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397805v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466805v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505055v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263507v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Oconnell" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.8729" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430343v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466813v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033082v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34874/PRSM.iajesp-vol2iss1.18855" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739979v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Joulia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466870v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617395v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24093/awej/vol7no4.23" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01325906v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3402/jac.v2i0.5677" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704007v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741378v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325655v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235543v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Crosnier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325659v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04483666v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04482372v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703998v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703992v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704002v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591899v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.697" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04050840v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833824v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Hespert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833883v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833836v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Maechling" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833897v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Alvarez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Maumon  de Longevialle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carminatti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ducamp" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854331v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400594v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Carnus" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841749v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507756v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842552v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Boutenbat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833909v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842533v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466795v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505086v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Narcy-Combes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741375v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430360v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739896v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466798v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992959v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Desvages-vasselin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chaplier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lumi&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741364v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indiwaree Ethpatiyawe Geadra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033128v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie O'Connell" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506454v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leray" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505065v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lumi&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440827v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10404852" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466811v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chapus" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441017v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440929v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/dill.79588" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397805v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466805v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505055v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263507v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Oconnell" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.8729" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430343v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466813v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033082v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34874/PRSM.iajesp-vol2iss1.18855" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739979v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Joulia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466870v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617395v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24093/awej/vol7no4.23" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01325906v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3402/jac.v2i0.5677" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704007v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741378v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325655v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235543v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Crosnier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325659v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04483666v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04482372v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703998v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703992v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704002v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591899v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.697" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04050840v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833824v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Hespert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833883v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833836v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Maechling" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833897v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Alvarez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Maumon  de Longevialle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carminatti" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ducamp" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854331v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400594v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Carnus" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841749v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507756v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842552v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Boutenbat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833909v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842533v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466795v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505086v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Narcy-Combes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741375v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430360v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739896v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466798v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>