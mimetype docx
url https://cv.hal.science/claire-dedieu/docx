--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1459,191 +1459,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03204466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ingénierie publique dans le domaine de l’eau à l’épreuve de la pensée gouvernancielle</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">L. Guérin-Schneider</w:t>
+                <w:t xml:space="preserve">French Public Engineering Removal in the Water Field. Between decentralization and recentralization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Ce dont la gouvernance est le nom »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">24th World Congress of Political Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Poznan, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02603495v1</w:t>
+                <w:t xml:space="preserve">hal-03204463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French Public Engineering Removal in the Water Field. Between decentralization and recentralization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Dedieu</w:t>
+                <w:t xml:space="preserve">L’ingénierie publique dans le domaine de l’eau à l’épreuve de la pensée gouvernancielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Guérin-Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th World Congress of Political Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Poznan, Poland</w:t>
+              <w:t xml:space="preserve">Colloque « Ce dont la gouvernance est le nom »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03204463v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02603495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La suppression de l’ingénierie publique au ministère de l’Agriculture : les paradoxes d’une réforme néo-managériale</w:t>
               </w:r>
@@ -2027,203 +2027,203 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire dialoguer les savoirs experts avec les savoirs d’expérience. Bilan de la recherche participative</w:t>
+                <w:t xml:space="preserve">Faire dialoguer les savoirs experts avec les savoirs d’expérience. Éléments de méthode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Martinais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">EVS-RIVES; Cerema. 2023, pp.23</w:t>
+              <w:t xml:space="preserve">EVS-RIVES; CEREMA. 2023, pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04049508v1</w:t>
+                <w:t xml:space="preserve">hal-04044016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire dialoguer les savoirs experts avec les savoirs d’expérience. Éléments de méthode</w:t>
+                <w:t xml:space="preserve">Faire dialoguer les savoirs experts avec les savoirs d’expérience. Bilan de la recherche participative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Martinais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dedieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">EVS-RIVES; CEREMA. 2023, pp.27</w:t>
+              <w:t xml:space="preserve">EVS-RIVES; Cerema. 2023, pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04044016v1</w:t>
+                <w:t xml:space="preserve">halshs-04049508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire dialoguer les savoirs experts avec les savoirs d’expérience. Enquête de terrain</w:t>
               </w:r>
@@ -2689,51 +2689,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246258v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sabourin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Milhorance" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercedes Patrouilleau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;neau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Andr&#233; Niederle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33240/rba.v20i2.56895" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231379v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dedieu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.058.0153" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204495v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204505v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0075" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609482v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alli&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel N&#233;grier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.050.0005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457415v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dedieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin Schneider" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602942v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602940v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182609v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Milhorance de Castro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Niederle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03716462v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martinais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Huet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03898834v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Marchon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281637v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204393v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204466v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603495v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204463v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602244v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478694v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03125087v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=59891" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02421501v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Darbon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04049508v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044016v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044042v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204448v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Dupin-Meynard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Gy&#246;rgy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;bor Ol&#225;h" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604813v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sannier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246258v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sabourin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Milhorance" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercedes Patrouilleau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;neau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Andr&#233; Niederle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33240/rba.v20i2.56895" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231379v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dedieu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.058.0153" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204495v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204505v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0075" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609482v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alli&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel N&#233;grier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.050.0005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457415v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dedieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin Schneider" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602942v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602940v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182609v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Milhorance de Castro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Niederle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03716462v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martinais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Huet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03898834v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Marchon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03281637v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204393v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204466v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204463v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603495v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602244v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478694v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03125087v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=59891" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02421501v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Darbon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044016v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04049508v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044042v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204448v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Dupin-Meynard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Gy&#246;rgy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;bor Ol&#225;h" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604813v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sannier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>