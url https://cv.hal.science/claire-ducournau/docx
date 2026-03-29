--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -564,215 +564,215 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">African Audiences: Making Meaning across Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Bush</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">51 (1), 2020, Reasearch in African Literature, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2979/reseafrilite.51.1.fm⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04500328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Numéro Spécial: La littérature au-delà des nations. Hommage à Pascale Casanova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Leperlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Sapiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 28, 2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/contextes.9188⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/contextes.9188⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04480997v1</w:t>
-              </w:r>
-[...82 lines deleted...]
-                <w:t xml:space="preserve">hal-04500328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presse et littérature africaines</w:t>
               </w:r>
@@ -1068,51 +1068,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représenter la colonisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Sapiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Steinmetz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1351,174 +1351,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04464360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Une autre Mpodol » : diffractions postcoloniales de la figure de Ruben Um Nyobè</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Passés Futurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03726254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Patrice Nganang, « homme-numérique » à la croisée du littéraire et du politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Continents manuscrits. Génétique des textes littéraires-Afrique, Caraïbe, diaspora</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 18, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/coma.8685⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/coma.8685⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03726248v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03726254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un tombeau pour Chester Himes</w:t>
               </w:r>
@@ -1736,1786 +1736,1786 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03535692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">“Small Readers” and Big Magazines: Reading Publics in &amp;lt;em&amp;gt;Bingo&amp;lt;/em&amp;gt;, &amp;lt;em&amp;gt;La Vie Africaine&amp;lt;/em&amp;gt;, and &amp;lt;em&amp;gt;Awa: la revue de la femme noire&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Bush</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research in African Literatures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51 (1), pp.45-69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2979/reseafrilite.51.1.04⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03125657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La consécration à bas bruit d’un moissonneur de mémoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes Littéraires Africaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Tierno Monénembo : écrire par « excès d’exil », 49, pp.15-32. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7202/1073857ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03125614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">“Small Readers” and Big Magazines: Reading Publics in &amp;lt;em&amp;gt;Bingo&amp;lt;/em&amp;gt;, &amp;lt;em&amp;gt;La Vie Africaine&amp;lt;/em&amp;gt;, and &amp;lt;em&amp;gt;Awa: la revue de la femme noire&amp;lt;/em&amp;gt;</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction: African Audiences: Making Meanings across Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Bush</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in African Literatures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 51 (1), pp.45-69. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2979/reseafrilite.51.1.04⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 51 (1), pp.vii-xv. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2979/reseafrilite.51.1.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Introduction: African Audiences: Making Meanings across Media</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03125667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction: lire Pascale Casanova contre « l’eau tiède de la consécration mondiale ». Suivie d’une bibliographie de ses travaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Leperlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruth Bush</w:t>
+                <w:t xml:space="preserve">Gisèle Sapiro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, La littérature au-delà des nations. Hommage à Pascale Casanova (sous la direction de Claire Ducournau, Tristan Leperlier et Gisèle Sapiro), 28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/contextes.9188⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02958259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une écriture critique. Le prix de l'ethos combatif de Pascale Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/contextes.9363⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03125593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boîte à lettres&amp;quot; et signatures : l’auctorialité partagée des femmes dans Awa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes Littéraires Africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47, pp.43-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1064752ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02891178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Awa : la revue de la femme noire, entre presse et littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes Littéraires Africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47, pp.7-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1064749ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02891217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une visibilité à négocier : &amp;quot;Monde noir&amp;quot; et &amp;quot;Continents noirs&amp;quot;, deux collections françaises de littérature africaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French Cultural Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30 (2), pp.138-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0957155819843466⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02891225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presse et littérature africaines : des relations multiformes aux chantiers de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes Littéraires Africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48, pp.7-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1068429ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03125635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">African literary festivals and world literature: from the map to the territory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of World Literature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (2), pp.237-257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/24056480-00402006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02891168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentations de six bases de données portant sur les arts et la culture : Presentation of Six Databases in Arts and Culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glinoer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, pp.n.c</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01979223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surveying Literary Life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glinoer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, pp.1-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01979222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deux (ou trois) carrières de Richard Hoggart: De la fondation des cultural studies aux appropriations de la sociologie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (3), pp.263-382</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'esprit libre de Richard Hoggart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnauld Chandivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, s.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03066461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production et réceptions d'un classique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hammou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1, pp.1-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La littérature africaine de langue française, à quelle(s) échelle(s) ? Reconnaissances et sociabilités comparées de Sony Labou Tansi et de Sylvain Bemba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compar(a)ison: an international journal of comparative literature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Échelles critiques. Le défi transnational des études littéraires, 1-2/2012, pp.137-156</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Ambivalent Portrayal of Colonization in the Memoirs of Amadou Hampâté Bâ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in African Literatures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 51 (1), pp.vii-xv. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2015, 46 (3), pp.68-84</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Introduction: lire Pascale Casanova contre « l’eau tiède de la consécration mondiale ». Suivie d’une bibliographie de ses travaux</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La littérature africaine de langue française, à quel(s) prix ? Histoire d'une institution de légitimation littéraire méconnue (1924-2012)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Leperlier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gisèle Sapiro</w:t>
+                <w:t xml:space="preserve">Ruth Bush</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers d'études africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 219, pp.535-568</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Une écriture critique. Le prix de l'ethos combatif de Pascale Casanova</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce qu'un classique « africain » ?: Les conditions d'accès à la reconnaissance des écrivain-e-s issu-e-s d'Afrique subsaharienne francophone depuis 1960</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 206-207 (Mars), pp.34-49</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Awa : la revue de la femme noire, entre presse et littérature</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'intermédiaire colonial au mémorialiste postcolonial : les fonctions du déplacement géographique dans les mémoires d'Amadou Hampâté Bâ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes Littéraires Africaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 47, pp.7-10. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2013, Littératures et migrations transafricaines, 36 (janvier), pp.33-45</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Boîte à lettres&amp;quot; et signatures : l’auctorialité partagée des femmes dans Awa</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From One Place to Another : The Transnational Mobility of Contemporary Francophone sub-Saharan African Writers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes Littéraires Africaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Yale French Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 120, pp.49-61</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...884 lines deleted...]
-                <w:t xml:space="preserve">Qu'est-ce qu'un classique « africain » ?: Les conditions d'accès à la reconnaissance des écrivain-e-s issu-e-s d'Afrique subsaharienne francophone depuis 1960</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélancolie postcoloniale ? La réception décalée du roman &amp;quot;Monnè, outrages et défis&amp;quot;, d'Ahmadou Kourouma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 206-207 (Mars), pp.34-49</w:t>
+              <w:t xml:space="preserve">, 2010, 185 (Décembre), pp.82-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...158 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...45 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03062725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production des représentations coloniales et postcoloniales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Sapiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Steinmetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4221,186 +4221,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03125884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Francophone African Literary Prizes and the &amp;quot;Empire of the French Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Bush</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Davis Caroline; Johnson David. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Book in Africa: Critical Debates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp.201-222, 2015, 978-1-137-40161-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03050385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">How African literature Is Made: The Case of Authors from Francophone Sub-Saharan Africa (1960-2010)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Helgesson Stefan; Vermeulen Pieter. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Institutions of World Literature. Writing, Translation, Markets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.160-173, 2015, 978-1-138-83254-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03050384v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-03050385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du texte à l'archive, et inversement: &amp;quot;Monnè, outrages et défis&amp;quot; d'Ahmadou Kourouma (1990) à la lumière de ses archives</w:t>
               </w:r>
@@ -5739,165 +5739,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consécration</w:t>
+                <w:t xml:space="preserve">Reconnaissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, pp.193</w:t>
+              <w:t xml:space="preserve">, 2020, pp.714-715</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04862527v1</w:t>
+                <w:t xml:space="preserve">halshs-04862538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance</w:t>
+                <w:t xml:space="preserve">Consécration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ducournau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire international Bourdieu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, pp.714-715</w:t>
+              <w:t xml:space="preserve">, 2020, pp.193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04862538v1</w:t>
+                <w:t xml:space="preserve">halshs-04862527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId122"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -5973,51 +5973,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BE6B4A4F"/>
+    <w:nsid w:val="D9CA03B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6204,51 +6204,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claire-ducournau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6965-047X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/167180649" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05301635v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ducournau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050428v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/arts-et-essais-litteraires/la-fabrique-des-classiques-africains/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051138v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Alix" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Catalan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Harpin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Olivier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480997v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Leperlier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Sapiro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.9188" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500328v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Bush" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2979/reseafrilite.51.1.fm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500335v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500339v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500343v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Glinoer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.207" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932757v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hammou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500349v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Steinmetz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04831044v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Demoulin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Lagrave" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17540-7.p.0215" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464360v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.11268" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726248v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/coma.8685" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726254v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464752v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/franc.2022.15" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03556903v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.125.0135" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535692v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25200/SLJ.v10.n2.2021.439" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125614v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1073857ar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125657v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2979/reseafrilite.51.1.04" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125667v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2979/reseafrilite.51.1.01" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02958259v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125593v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.9363" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891217v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1064749ar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891178v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1064752ar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125635v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1068429ar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891225v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0957155819843466" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891168v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/24056480-00402006" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979223v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979222v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067574v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062970v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066461v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Chandivert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062810v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062723v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062811v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062894v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067377v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062724v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062725v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01621136v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.185.0004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067378v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185339v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00923548v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.77" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725804v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Hommel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464760v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464755v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125891v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liverpooluniversitypress.co.uk/books/id/51593/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125884v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=65596" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050384v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050385v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057002v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056864v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056865v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Vettorato" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725791v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891660v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elara Bertho" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265394v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614093v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077360v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077361v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077362v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898790v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077364v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.159.0249" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077363v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00690442v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04859572v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04859586v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04862527v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04862538v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claire-ducournau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6965-047X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/167180649" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05301635v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ducournau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050428v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/arts-et-essais-litteraires/la-fabrique-des-classiques-africains/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051138v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Alix" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Catalan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Harpin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Olivier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500328v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Bush" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2979/reseafrilite.51.1.fm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480997v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Leperlier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Sapiro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.9188" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500335v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500339v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500343v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Glinoer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.207" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932757v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hammou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500349v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Steinmetz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04831044v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Demoulin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Lagrave" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17540-7.p.0215" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464360v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.11268" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726254v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726248v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/coma.8685" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464752v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/franc.2022.15" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03556903v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.125.0135" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535692v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25200/SLJ.v10.n2.2021.439" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125657v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2979/reseafrilite.51.1.04" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125614v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1073857ar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125667v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2979/reseafrilite.51.1.01" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02958259v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125593v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.9363" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891178v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1064752ar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891217v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1064749ar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891225v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0957155819843466" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125635v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1068429ar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891168v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/24056480-00402006" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979223v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979222v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062970v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066461v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Chandivert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067574v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062810v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062723v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062811v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062894v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067377v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062724v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062725v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01621136v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.185.0004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067378v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185339v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00923548v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.77" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725804v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Hommel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464760v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464755v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125891v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liverpooluniversitypress.co.uk/books/id/51593/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125884v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=65596" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050385v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050384v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057002v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056864v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056865v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Vettorato" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725791v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891660v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elara Bertho" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265394v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614093v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077360v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077361v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077362v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898790v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077364v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.159.0249" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077363v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00690442v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04859572v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04859586v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04862538v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04862527v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>